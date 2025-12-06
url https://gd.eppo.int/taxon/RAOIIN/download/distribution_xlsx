--- v0 (2025-10-09)
+++ v1 (2025-12-06)
@@ -1465,51 +1465,51 @@
       <c r="B32" t="s">
         <v>71</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>72</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>30</v>
       </c>
       <c r="B33" t="s">
         <v>73</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>74</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>30</v>
       </c>
       <c r="B34" t="s">
         <v>75</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>76</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>30</v>
       </c>
       <c r="B35" t="s">
         <v>77</v>
       </c>