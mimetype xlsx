--- v1 (2025-12-06)
+++ v2 (2026-02-18)
@@ -497,51 +497,51 @@
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>