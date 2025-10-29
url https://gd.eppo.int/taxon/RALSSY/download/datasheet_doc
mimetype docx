--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sumatra disease, banana blood disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId808468e707d080d79" w:history="1">
+            <w:hyperlink r:id="rId38496901fa87e0c18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548668e707d080dc1" w:history="1">
+            <w:hyperlink r:id="rId34366901fa87e0c60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57187406" name="name501468e707d0826bd" descr="RALSSY_distribution_map.jpg"/>
+            <wp:docPr id="14271509" name="name68646901fa87e2269" descr="RALSSY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId154268e707d0826ba" cstate="print"/>
+                    <a:blip r:embed="rId47686901fa87e2266" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4781,51 +4781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId171468e707d083df1" w:history="1">
+      <w:hyperlink r:id="rId42486901fa87e3992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577268e707d08437b" w:history="1">
+      <w:hyperlink r:id="rId23666901fa87e3f1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacteria wilt on eucalyptus in Brazil. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978568e707d0844c0" w:history="1">
+      <w:hyperlink r:id="rId21326901fa87e4067" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-24-2229-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6281,51 +6281,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212468e707d084747" w:history="1">
+      <w:hyperlink r:id="rId25316901fa87e4300" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6371,51 +6371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653968e707d0847d5" w:history="1">
+      <w:hyperlink r:id="rId24286901fa87e4392" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.00419</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6517,51 +6517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId628468e707d0848cc" w:history="1">
+      <w:hyperlink r:id="rId82726901fa87e4495" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.23960/j.hptt.1847-54</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7215,51 +7215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547968e707d084d29" w:history="1">
+      <w:hyperlink r:id="rId12026901fa87e490d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7272,63 +7272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65443701" name="name351468e707d084dd7" descr="eu_funding_250.png"/>
+            <wp:docPr id="8712723" name="name46606901fa87e4be8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId970768e707d084dd6" cstate="print"/>
+                    <a:blip r:embed="rId12246901fa87e4be7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7426,137 +7426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54154468">
+  <w:abstractNum w:abstractNumId="28247137">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10409866">
+    <w:lvl w:ilvl="0" w:tplc="48756153">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10409866" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48756153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10409866" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48756153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10409866" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48756153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10409866" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48756153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10409866" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48756153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10409866" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48756153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10409866" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48756153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10409866" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48756153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54154467">
+  <w:abstractNum w:abstractNumId="28247136">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39720014">
+    <w:lvl w:ilvl="0" w:tplc="48241920">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8308,55 +8308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54154467">
-    <w:abstractNumId w:val="54154467"/>
+  <w:num w:numId="28247136">
+    <w:abstractNumId w:val="28247136"/>
   </w:num>
-  <w:num w:numId="54154468">
-    <w:abstractNumId w:val="54154468"/>
+  <w:num w:numId="28247137">
+    <w:abstractNumId w:val="28247137"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19906,51 +19906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987677630" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId312976731" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId808468e707d080d79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId548668e707d080dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId171468e707d083df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId577268e707d08437b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId978568e707d0844c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId212468e707d084747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId653968e707d0847d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId628468e707d0848cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId547968e707d084d29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId154268e707d0826ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId154268e707d0826ba.jpg"/><Relationship Id="rId970768e707d084dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970768e707d084dd6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId421538114" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId578790183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId38496901fa87e0c18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId34366901fa87e0c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId42486901fa87e3992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId23666901fa87e3f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId21326901fa87e4067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId25316901fa87e4300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId24286901fa87e4392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId82726901fa87e4495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId12026901fa87e490d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId47686901fa87e2266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47686901fa87e2266.jpg"/><Relationship Id="rId12246901fa87e4be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12246901fa87e4be7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>