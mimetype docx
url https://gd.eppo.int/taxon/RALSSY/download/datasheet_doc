--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sumatra disease, banana blood disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38496901fa87e0c18" w:history="1">
+            <w:hyperlink r:id="rId9815691cc50417734" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34366901fa87e0c60" w:history="1">
+            <w:hyperlink r:id="rId9279691cc504177ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14271509" name="name68646901fa87e2269" descr="RALSSY_distribution_map.jpg"/>
+            <wp:docPr id="1365669" name="name1169691cc5041b464" descr="RALSSY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47686901fa87e2266" cstate="print"/>
+                    <a:blip r:embed="rId8218691cc5041b45f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4781,51 +4781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42486901fa87e3992" w:history="1">
+      <w:hyperlink r:id="rId7780691cc5041d4c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23666901fa87e3f1f" w:history="1">
+      <w:hyperlink r:id="rId9787691cc5041dacc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacteria wilt on eucalyptus in Brazil. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21326901fa87e4067" w:history="1">
+      <w:hyperlink r:id="rId5185691cc5041dc19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-24-2229-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6281,51 +6281,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25316901fa87e4300" w:history="1">
+      <w:hyperlink r:id="rId3874691cc5041deaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6371,51 +6371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24286901fa87e4392" w:history="1">
+      <w:hyperlink r:id="rId3518691cc5041df3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.00419</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6517,51 +6517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82726901fa87e4495" w:history="1">
+      <w:hyperlink r:id="rId6681691cc5041e02d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.23960/j.hptt.1847-54</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7215,51 +7215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12026901fa87e490d" w:history="1">
+      <w:hyperlink r:id="rId7493691cc5041e71a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7272,63 +7272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8712723" name="name46606901fa87e4be8" descr="eu_funding_250.png"/>
+            <wp:docPr id="94952917" name="name7278691cc5041e7d6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12246901fa87e4be7" cstate="print"/>
+                    <a:blip r:embed="rId6972691cc5041e7d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7426,137 +7426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28247137">
+  <w:abstractNum w:abstractNumId="73258044">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48756153">
+    <w:lvl w:ilvl="0" w:tplc="97653907">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48756153" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97653907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48756153" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97653907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48756153" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97653907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48756153" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97653907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48756153" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97653907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48756153" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97653907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48756153" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97653907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48756153" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97653907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28247136">
+  <w:abstractNum w:abstractNumId="73258043">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48241920">
+    <w:lvl w:ilvl="0" w:tplc="32714674">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8308,55 +8308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28247136">
-    <w:abstractNumId w:val="28247136"/>
+  <w:num w:numId="73258043">
+    <w:abstractNumId w:val="73258043"/>
   </w:num>
-  <w:num w:numId="28247137">
-    <w:abstractNumId w:val="28247137"/>
+  <w:num w:numId="73258044">
+    <w:abstractNumId w:val="73258044"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19906,51 +19906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId421538114" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId578790183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId38496901fa87e0c18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId34366901fa87e0c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId42486901fa87e3992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId23666901fa87e3f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId21326901fa87e4067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId25316901fa87e4300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId24286901fa87e4392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId82726901fa87e4495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId12026901fa87e490d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId47686901fa87e2266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47686901fa87e2266.jpg"/><Relationship Id="rId12246901fa87e4be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12246901fa87e4be7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId967497564" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328289276" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9815691cc50417734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId9279691cc504177ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId7780691cc5041d4c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId9787691cc5041dacc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId5185691cc5041dc19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId3874691cc5041deaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId3518691cc5041df3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId6681691cc5041e02d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId7493691cc5041e71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8218691cc5041b45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8218691cc5041b45f.jpg"/><Relationship Id="rId6972691cc5041e7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6972691cc5041e7d5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>