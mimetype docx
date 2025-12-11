--- v2 (2025-11-18)
+++ v3 (2025-12-11)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sumatra disease, banana blood disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9815691cc50417734" w:history="1">
+            <w:hyperlink r:id="rId8556693aa173d16de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9279691cc504177ac" w:history="1">
+            <w:hyperlink r:id="rId4535693aa173d1723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1365669" name="name1169691cc5041b464" descr="RALSSY_distribution_map.jpg"/>
+            <wp:docPr id="80566492" name="name6541693aa173d3434" descr="RALSSY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8218691cc5041b45f" cstate="print"/>
+                    <a:blip r:embed="rId6310693aa173d3431" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4781,51 +4781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7780691cc5041d4c8" w:history="1">
+      <w:hyperlink r:id="rId5585693aa173d65bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9787691cc5041dacc" w:history="1">
+      <w:hyperlink r:id="rId4537693aa173d6d08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacteria wilt on eucalyptus in Brazil. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5185691cc5041dc19" w:history="1">
+      <w:hyperlink r:id="rId2858693aa173d6e6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-24-2229-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6281,51 +6281,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3874691cc5041deaf" w:history="1">
+      <w:hyperlink r:id="rId3123693aa173d70fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6371,51 +6371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3518691cc5041df3f" w:history="1">
+      <w:hyperlink r:id="rId3863693aa173d718d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.00419</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6517,51 +6517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6681691cc5041e02d" w:history="1">
+      <w:hyperlink r:id="rId3288693aa173d7278" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.23960/j.hptt.1847-54</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7215,51 +7215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7493691cc5041e71a" w:history="1">
+      <w:hyperlink r:id="rId5485693aa173d76cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7272,63 +7272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94952917" name="name7278691cc5041e7d6" descr="eu_funding_250.png"/>
+            <wp:docPr id="49022741" name="name5191693aa173d778d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6972691cc5041e7d5" cstate="print"/>
+                    <a:blip r:embed="rId4170693aa173d778c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7426,137 +7426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73258044">
+  <w:abstractNum w:abstractNumId="72260195">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97653907">
+    <w:lvl w:ilvl="0" w:tplc="47704654">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97653907" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47704654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97653907" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47704654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97653907" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47704654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97653907" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47704654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97653907" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47704654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97653907" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47704654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97653907" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47704654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97653907" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47704654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73258043">
+  <w:abstractNum w:abstractNumId="72260194">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32714674">
+    <w:lvl w:ilvl="0" w:tplc="56203100">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8308,55 +8308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73258043">
-    <w:abstractNumId w:val="73258043"/>
+  <w:num w:numId="72260194">
+    <w:abstractNumId w:val="72260194"/>
   </w:num>
-  <w:num w:numId="73258044">
-    <w:abstractNumId w:val="73258044"/>
+  <w:num w:numId="72260195">
+    <w:abstractNumId w:val="72260195"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19906,51 +19906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId967497564" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328289276" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9815691cc50417734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId9279691cc504177ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId7780691cc5041d4c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId9787691cc5041dacc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId5185691cc5041dc19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId3874691cc5041deaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId3518691cc5041df3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId6681691cc5041e02d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId7493691cc5041e71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8218691cc5041b45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8218691cc5041b45f.jpg"/><Relationship Id="rId6972691cc5041e7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6972691cc5041e7d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId261745571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId196664033" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8556693aa173d16de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId4535693aa173d1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId5585693aa173d65bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId4537693aa173d6d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId2858693aa173d6e6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId3123693aa173d70fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId3863693aa173d718d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId3288693aa173d7278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId5485693aa173d76cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6310693aa173d3431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6310693aa173d3431.jpg"/><Relationship Id="rId4170693aa173d778c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4170693aa173d778c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>