--- v3 (2025-12-11)
+++ v4 (2026-01-17)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sumatra disease, banana blood disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8556693aa173d16de" w:history="1">
+            <w:hyperlink r:id="rId4666696be0a5bf345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4535693aa173d1723" w:history="1">
+            <w:hyperlink r:id="rId6750696be0a5bf38c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80566492" name="name6541693aa173d3434" descr="RALSSY_distribution_map.jpg"/>
+            <wp:docPr id="80978242" name="name4725696be0a5c0ae5" descr="RALSSY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6310693aa173d3431" cstate="print"/>
+                    <a:blip r:embed="rId8391696be0a5c0ae3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4781,51 +4781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5585693aa173d65bc" w:history="1">
+      <w:hyperlink r:id="rId8007696be0a5c256f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4537693aa173d6d08" w:history="1">
+      <w:hyperlink r:id="rId9684696be0a5c2bd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacteria wilt on eucalyptus in Brazil. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2858693aa173d6e6e" w:history="1">
+      <w:hyperlink r:id="rId2989696be0a5c2d26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-24-2229-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6281,51 +6281,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3123693aa173d70fe" w:history="1">
+      <w:hyperlink r:id="rId9981696be0a5c2fb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6371,51 +6371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3863693aa173d718d" w:history="1">
+      <w:hyperlink r:id="rId1527696be0a5c3063" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.00419</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6517,51 +6517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3288693aa173d7278" w:history="1">
+      <w:hyperlink r:id="rId8418696be0a5c31a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.23960/j.hptt.1847-54</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7193,73 +7193,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5485693aa173d76cf" w:history="1">
+      <w:hyperlink r:id="rId3021696be0a5c3652" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7272,63 +7272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49022741" name="name5191693aa173d778d" descr="eu_funding_250.png"/>
+            <wp:docPr id="50488601" name="name5291696be0a5c36fd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4170693aa173d778c" cstate="print"/>
+                    <a:blip r:embed="rId7393696be0a5c36fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7426,137 +7426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72260195">
+  <w:abstractNum w:abstractNumId="93779357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47704654">
+    <w:lvl w:ilvl="0" w:tplc="60595259">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47704654" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60595259" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47704654" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60595259" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47704654" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60595259" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47704654" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60595259" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47704654" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60595259" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47704654" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60595259" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47704654" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60595259" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47704654" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60595259" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72260194">
+  <w:abstractNum w:abstractNumId="93779356">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56203100">
+    <w:lvl w:ilvl="0" w:tplc="42726342">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8308,55 +8308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72260194">
-    <w:abstractNumId w:val="72260194"/>
+  <w:num w:numId="93779356">
+    <w:abstractNumId w:val="93779356"/>
   </w:num>
-  <w:num w:numId="72260195">
-    <w:abstractNumId w:val="72260195"/>
+  <w:num w:numId="93779357">
+    <w:abstractNumId w:val="93779357"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19906,51 +19906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId261745571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId196664033" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8556693aa173d16de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId4535693aa173d1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId5585693aa173d65bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId4537693aa173d6d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId2858693aa173d6e6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId3123693aa173d70fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId3863693aa173d718d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId3288693aa173d7278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId5485693aa173d76cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6310693aa173d3431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6310693aa173d3431.jpg"/><Relationship Id="rId4170693aa173d778c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4170693aa173d778c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId553953764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351103700" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4666696be0a5bf345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId6750696be0a5bf38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId8007696be0a5c256f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId9684696be0a5c2bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId2989696be0a5c2d26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId9981696be0a5c2fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId1527696be0a5c3063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId8418696be0a5c31a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId3021696be0a5c3652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8391696be0a5c0ae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8391696be0a5c0ae3.jpg"/><Relationship Id="rId7393696be0a5c36fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7393696be0a5c36fc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>