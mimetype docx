--- v4 (2026-01-17)
+++ v5 (2026-02-09)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sumatra disease, banana blood disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4666696be0a5bf345" w:history="1">
+            <w:hyperlink r:id="rId85146989415483ef7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6750696be0a5bf38c" w:history="1">
+            <w:hyperlink r:id="rId92306989415483f41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80978242" name="name4725696be0a5c0ae5" descr="RALSSY_distribution_map.jpg"/>
+            <wp:docPr id="33918702" name="name94446989415484e69" descr="RALSSY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8391696be0a5c0ae3" cstate="print"/>
+                    <a:blip r:embed="rId49356989415484e66" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4781,51 +4781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8007696be0a5c256f" w:history="1">
+      <w:hyperlink r:id="rId503869894154862bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9684696be0a5c2bd8" w:history="1">
+      <w:hyperlink r:id="rId23126989415486859" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacteria wilt on eucalyptus in Brazil. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2989696be0a5c2d26" w:history="1">
+      <w:hyperlink r:id="rId213069894154869a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-24-2229-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6281,51 +6281,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9981696be0a5c2fb3" w:history="1">
+      <w:hyperlink r:id="rId51546989415486c4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6371,51 +6371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1527696be0a5c3063" w:history="1">
+      <w:hyperlink r:id="rId40516989415486cdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.00419</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6517,51 +6517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8418696be0a5c31a9" w:history="1">
+      <w:hyperlink r:id="rId96036989415486dcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.23960/j.hptt.1847-54</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7215,51 +7215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3021696be0a5c3652" w:history="1">
+      <w:hyperlink r:id="rId95856989415487229" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7272,63 +7272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50488601" name="name5291696be0a5c36fd" descr="eu_funding_250.png"/>
+            <wp:docPr id="72530762" name="name2646698941548730d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7393696be0a5c36fc" cstate="print"/>
+                    <a:blip r:embed="rId9521698941548730c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7426,137 +7426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93779357">
+  <w:abstractNum w:abstractNumId="94196692">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60595259">
+    <w:lvl w:ilvl="0" w:tplc="28005561">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60595259" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28005561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60595259" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28005561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60595259" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28005561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60595259" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28005561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60595259" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28005561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60595259" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28005561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60595259" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28005561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60595259" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28005561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93779356">
+  <w:abstractNum w:abstractNumId="94196691">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42726342">
+    <w:lvl w:ilvl="0" w:tplc="36578563">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8308,55 +8308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93779356">
-    <w:abstractNumId w:val="93779356"/>
+  <w:num w:numId="94196691">
+    <w:abstractNumId w:val="94196691"/>
   </w:num>
-  <w:num w:numId="93779357">
-    <w:abstractNumId w:val="93779357"/>
+  <w:num w:numId="94196692">
+    <w:abstractNumId w:val="94196692"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19906,51 +19906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId553953764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351103700" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4666696be0a5bf345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId6750696be0a5bf38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId8007696be0a5c256f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId9684696be0a5c2bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId2989696be0a5c2d26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId9981696be0a5c2fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId1527696be0a5c3063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId8418696be0a5c31a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId3021696be0a5c3652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8391696be0a5c0ae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8391696be0a5c0ae3.jpg"/><Relationship Id="rId7393696be0a5c36fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7393696be0a5c36fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId979593997" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId336804723" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId85146989415483ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId92306989415483f41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId503869894154862bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId23126989415486859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId213069894154869a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId51546989415486c4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId40516989415486cdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId96036989415486dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId95856989415487229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49356989415484e66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49356989415484e66.jpg"/><Relationship Id="rId9521698941548730c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9521698941548730c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>