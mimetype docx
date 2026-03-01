--- v5 (2026-02-09)
+++ v6 (2026-03-01)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sumatra disease, banana blood disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85146989415483ef7" w:history="1">
+            <w:hyperlink r:id="rId457569a43eb4701b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92306989415483f41" w:history="1">
+            <w:hyperlink r:id="rId838769a43eb4701f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33918702" name="name94446989415484e69" descr="RALSSY_distribution_map.jpg"/>
+            <wp:docPr id="7520416" name="name512069a43eb4719eb" descr="RALSSY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49356989415484e66" cstate="print"/>
+                    <a:blip r:embed="rId153769a43eb4719e7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4781,51 +4781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503869894154862bb" w:history="1">
+      <w:hyperlink r:id="rId319169a43eb473092" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23126989415486859" w:history="1">
+      <w:hyperlink r:id="rId760769a43eb47365c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacteria wilt on eucalyptus in Brazil. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213069894154869a4" w:history="1">
+      <w:hyperlink r:id="rId660169a43eb4737a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-24-2229-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6281,51 +6281,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51546989415486c4b" w:history="1">
+      <w:hyperlink r:id="rId842769a43eb473a32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6371,51 +6371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40516989415486cdf" w:history="1">
+      <w:hyperlink r:id="rId973169a43eb473ac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.00419</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6517,51 +6517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96036989415486dcf" w:history="1">
+      <w:hyperlink r:id="rId663469a43eb473bb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.23960/j.hptt.1847-54</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7215,51 +7215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95856989415487229" w:history="1">
+      <w:hyperlink r:id="rId150869a43eb47400d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7272,63 +7272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72530762" name="name2646698941548730d" descr="eu_funding_250.png"/>
+            <wp:docPr id="6374255" name="name150469a43eb4740eb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9521698941548730c" cstate="print"/>
+                    <a:blip r:embed="rId149069a43eb4740e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7426,137 +7426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94196692">
+  <w:abstractNum w:abstractNumId="32127626">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28005561">
+    <w:lvl w:ilvl="0" w:tplc="46954715">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28005561" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46954715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28005561" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46954715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28005561" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46954715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28005561" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46954715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28005561" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46954715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28005561" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46954715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28005561" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46954715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28005561" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46954715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94196691">
+  <w:abstractNum w:abstractNumId="32127625">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36578563">
+    <w:lvl w:ilvl="0" w:tplc="31893892">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8308,55 +8308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94196691">
-    <w:abstractNumId w:val="94196691"/>
+  <w:num w:numId="32127625">
+    <w:abstractNumId w:val="32127625"/>
   </w:num>
-  <w:num w:numId="94196692">
-    <w:abstractNumId w:val="94196692"/>
+  <w:num w:numId="32127626">
+    <w:abstractNumId w:val="32127626"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19906,51 +19906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId979593997" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId336804723" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId85146989415483ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId92306989415483f41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId503869894154862bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId23126989415486859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId213069894154869a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId51546989415486c4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId40516989415486cdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId96036989415486dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId95856989415487229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49356989415484e66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49356989415484e66.jpg"/><Relationship Id="rId9521698941548730c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9521698941548730c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId734470537" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId188234956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId457569a43eb4701b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId838769a43eb4701f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId319169a43eb473092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId760769a43eb47365c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId660169a43eb4737a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId842769a43eb473a32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId973169a43eb473ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId663469a43eb473bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId150869a43eb47400d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId153769a43eb4719e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId153769a43eb4719e7.jpg"/><Relationship Id="rId149069a43eb4740e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId149069a43eb4740e9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>