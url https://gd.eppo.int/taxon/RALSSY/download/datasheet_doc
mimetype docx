--- v6 (2026-03-01)
+++ v7 (2026-03-28)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sumatra disease, banana blood disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457569a43eb4701b2" w:history="1">
+            <w:hyperlink r:id="rId987569c747c245f8c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId838769a43eb4701f8" w:history="1">
+            <w:hyperlink r:id="rId119869c747c245fd2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7520416" name="name512069a43eb4719eb" descr="RALSSY_distribution_map.jpg"/>
+            <wp:docPr id="21120565" name="name350169c747c2476a0" descr="RALSSY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId153769a43eb4719e7" cstate="print"/>
+                    <a:blip r:embed="rId530769c747c24769d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4781,51 +4781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319169a43eb473092" w:history="1">
+      <w:hyperlink r:id="rId430169c747c248e1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760769a43eb47365c" w:history="1">
+      <w:hyperlink r:id="rId567069c747c2493bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacteria wilt on eucalyptus in Brazil. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660169a43eb4737a6" w:history="1">
+      <w:hyperlink r:id="rId498269c747c24950b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-24-2229-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6281,51 +6281,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842769a43eb473a32" w:history="1">
+      <w:hyperlink r:id="rId607969c747c24979c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6371,51 +6371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973169a43eb473ac4" w:history="1">
+      <w:hyperlink r:id="rId854669c747c24982c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.00419</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6517,51 +6517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663469a43eb473bb0" w:history="1">
+      <w:hyperlink r:id="rId487369c747c249924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.23960/j.hptt.1847-54</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7215,51 +7215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia syzygii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150869a43eb47400d" w:history="1">
+      <w:hyperlink r:id="rId440769c747c249d77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7272,63 +7272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6374255" name="name150469a43eb4740eb" descr="eu_funding_250.png"/>
+            <wp:docPr id="56705155" name="name890069c747c24a17e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId149069a43eb4740e9" cstate="print"/>
+                    <a:blip r:embed="rId434469c747c24a17d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7426,137 +7426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32127626">
+  <w:abstractNum w:abstractNumId="77225199">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46954715">
+    <w:lvl w:ilvl="0" w:tplc="52715557">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46954715" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52715557" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46954715" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52715557" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46954715" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52715557" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46954715" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52715557" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46954715" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52715557" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46954715" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52715557" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46954715" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52715557" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46954715" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52715557" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32127625">
+  <w:abstractNum w:abstractNumId="77225198">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31893892">
+    <w:lvl w:ilvl="0" w:tplc="40378145">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8308,55 +8308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32127625">
-    <w:abstractNumId w:val="32127625"/>
+  <w:num w:numId="77225198">
+    <w:abstractNumId w:val="77225198"/>
   </w:num>
-  <w:num w:numId="32127626">
-    <w:abstractNumId w:val="32127626"/>
+  <w:num w:numId="77225199">
+    <w:abstractNumId w:val="77225199"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19906,51 +19906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId734470537" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId188234956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId457569a43eb4701b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId838769a43eb4701f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId319169a43eb473092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId760769a43eb47365c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId660169a43eb4737a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId842769a43eb473a32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId973169a43eb473ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId663469a43eb473bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId150869a43eb47400d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId153769a43eb4719e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId153769a43eb4719e7.jpg"/><Relationship Id="rId149069a43eb4740e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId149069a43eb4740e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId431566066" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163170454" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId987569c747c245f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/" TargetMode="External"/><Relationship Id="rId119869c747c245fd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSY/categorization" TargetMode="External"/><Relationship Id="rId430169c747c248e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId567069c747c2493bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId498269c747c24950b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-24-2229-PDN" TargetMode="External"/><Relationship Id="rId607969c747c24979c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId854669c747c24982c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.00419" TargetMode="External"/><Relationship Id="rId487369c747c249924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23960/j.hptt.1847-54" TargetMode="External"/><Relationship Id="rId440769c747c249d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId530769c747c24769d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId530769c747c24769d.jpg"/><Relationship Id="rId434469c747c24a17d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId434469c747c24a17d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>