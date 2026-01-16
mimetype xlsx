--- v0 (2025-10-08)
+++ v1 (2026-01-16)
@@ -6600,51 +6600,51 @@
         <v>508</v>
       </c>
       <c r="D252" t="s">
         <v>502</v>
       </c>
       <c r="E252" t="s">
         <v>509</v>
       </c>
       <c r="F252" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
         <v>438</v>
       </c>
       <c r="B253" t="s">
         <v>510</v>
       </c>
       <c r="C253"/>
       <c r="D253" t="s">
         <v>511</v>
       </c>
       <c r="E253"/>
       <c r="F253" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
         <v>438</v>
       </c>
       <c r="B254" t="s">
         <v>512</v>
       </c>
       <c r="C254"/>
       <c r="D254" t="s">
         <v>513</v>
       </c>
       <c r="E254"/>
       <c r="F254" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
         <v>438</v>
       </c>
       <c r="B255" t="s">
         <v>514</v>
       </c>