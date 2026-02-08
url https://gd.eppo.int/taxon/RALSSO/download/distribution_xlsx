--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -1517,51 +1517,51 @@
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>