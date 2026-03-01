--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -6732,51 +6732,51 @@
       <c r="B260" t="s">
         <v>524</v>
       </c>
       <c r="C260"/>
       <c r="D260" t="s">
         <v>525</v>
       </c>
       <c r="E260"/>
       <c r="F260" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
         <v>438</v>
       </c>
       <c r="B261" t="s">
         <v>526</v>
       </c>
       <c r="C261"/>
       <c r="D261" t="s">
         <v>527</v>
       </c>
       <c r="E261"/>
       <c r="F261" t="s">
-        <v>457</v>
+        <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
         <v>438</v>
       </c>
       <c r="B262" t="s">
         <v>528</v>
       </c>
       <c r="C262"/>
       <c r="D262" t="s">
         <v>529</v>
       </c>
       <c r="E262"/>
       <c r="F262" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
         <v>530</v>
       </c>
       <c r="B263" t="s">
         <v>531</v>
       </c>