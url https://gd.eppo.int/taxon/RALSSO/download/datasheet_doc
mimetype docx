--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId819168e095a310bf8" w:history="1">
+            <w:hyperlink r:id="rId701568fc6e7851a8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524768e095a310c3e" w:history="1">
+            <w:hyperlink r:id="rId106168fc6e7851ad3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69504447" name="name946668e095a310d1b" descr="4180.jpg"/>
+                  <wp:docPr id="96261758" name="name441168fc6e7851b99" descr="4180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId445168e095a310d1a" cstate="print"/>
+                          <a:blip r:embed="rId104868fc6e7851b97" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId839268e095a310e27" w:history="1">
+            <w:hyperlink r:id="rId761768fc6e7851c65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5092,51 +5092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex, each phylotype is thought to have a different geographical origin. Phylotype I is regarded to be of Asian origin, Phylotype II of Central and South American Origin, Phylotype III of African origin and Phylotype IV of Indonesian origin. Whereas Phylotypes III and IV appear to have largely remained in their centres of origin, Phylotypes I and II have been dispersed worldwide. International transmission of distinct genotypes is likely to have occurred through trade in infected, often asymptomatic, vegetatively propagated crops (e.g. banana/plantain, potato and ginger) and ornamental host plants and plant parts). Specific maps for the different species of the RSSC complex is available in EPPO Global Database and a meta-analysis of the known global distribution and host range of the RSSC compiled at the University of California Davis (Lowe-Power </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021) has resulted in a database of phylotype and sequevar distribution, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284468e095a314b05" w:history="1">
+      <w:hyperlink r:id="rId944068fc6e785393f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://github.com/lowepowerlab/Ralstonia_Global_Diversity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5157,63 +5157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51819066" name="name941668e095a315e05" descr="RALSSO_distribution_map.jpg"/>
+            <wp:docPr id="54848663" name="name594468fc6e7853abb" descr="RALSSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId453068e095a315e01" cstate="print"/>
+                    <a:blip r:embed="rId974868fc6e7853ab9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6004,51 +6004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moko disease on AAA Cavendish banana or Bugtok disease on AAB type cooking banana, caused by some strains of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phylotype II, first appears on young and fast-growing plants, the youngest leaves turn pale-green or yellow, and wilt. Within a week all leaves may collapse. Young suckers may be blackened, stunted or twisted. The pseudostems show brown vascular discoloration (Hayward, 1983). Moko disease is easily confused with Panama disease caused by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755968e095a3165b9" w:history="1">
+      <w:hyperlink r:id="rId107868fc6e785419b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Fusarium oxysporum</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> f. sp. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135768e095a3172a4" w:history="1">
+      <w:hyperlink r:id="rId682468fc6e7854e21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8057,51 +8057,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293968e095a3173b7" w:history="1">
+      <w:hyperlink r:id="rId191068fc6e7854f4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8263,51 +8263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955068e095a317512" w:history="1">
+      <w:hyperlink r:id="rId882268fc6e785509a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8331,231 +8331,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId495468e095a317589" w:history="1">
+      <w:hyperlink r:id="rId831968fc6e785510f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908968e095a3175db" w:history="1">
+      <w:hyperlink r:id="rId493868fc6e785515f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413568e095a31760d" w:history="1">
+      <w:hyperlink r:id="rId499268fc6e785518f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375168e095a317660" w:history="1">
+      <w:hyperlink r:id="rId502568fc6e78551e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315968e095a3176af" w:history="1">
+      <w:hyperlink r:id="rId856668fc6e7855232" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8775,51 +8775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631168e095a317869" w:history="1">
+      <w:hyperlink r:id="rId774568fc6e78553d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9197,51 +9197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747568e095a317b0d" w:history="1">
+      <w:hyperlink r:id="rId452968fc6e785566a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9256,51 +9256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowe-Power T, Avalos J, Munoz MC, Chipman K (2021) A meta-analysis of the known global distribution and host range of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100768e095a317b6f" w:history="1">
+      <w:hyperlink r:id="rId816468fc6e78556ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2020.07.13.189936</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9326,51 +9326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100468e095a317be1" w:history="1">
+      <w:hyperlink r:id="rId310668fc6e7855739" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9681,51 +9681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId500668e095a317e2a" w:history="1">
+      <w:hyperlink r:id="rId492268fc6e785596e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9751,51 +9751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939568e095a317e9e" w:history="1">
+      <w:hyperlink r:id="rId240168fc6e78559df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10444,51 +10444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718868e095a318306" w:history="1">
+      <w:hyperlink r:id="rId436968fc6e7855e30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10730,51 +10730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305868e095a3184d2" w:history="1">
+      <w:hyperlink r:id="rId250168fc6e7856002" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10818,51 +10818,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59-163</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856468e095a318565" w:history="1">
+      <w:hyperlink r:id="rId757568fc6e7856094" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179268e095a31a8f6" w:history="1">
+      <w:hyperlink r:id="rId461268fc6e7856454" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518968e095a31aa4c" w:history="1">
+      <w:hyperlink r:id="rId140968fc6e7856581" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11843,90 +11843,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 53-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216368e095a31abec" w:history="1">
+      <w:hyperlink r:id="rId368468fc6e785679d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02770.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68065847" name="name318468e095a31ac70" descr="eu_funding_250.png"/>
+            <wp:docPr id="33361295" name="name990968fc6e7856805" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId851668e095a31ac6f" cstate="print"/>
+                    <a:blip r:embed="rId597968fc6e7856804" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12024,137 +12024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32799392">
+  <w:abstractNum w:abstractNumId="79585249">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96892238">
+    <w:lvl w:ilvl="0" w:tplc="68308088">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96892238" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68308088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96892238" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68308088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96892238" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68308088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96892238" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68308088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96892238" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68308088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96892238" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68308088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96892238" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68308088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96892238" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68308088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32799391">
+  <w:abstractNum w:abstractNumId="79585248">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43069311">
+    <w:lvl w:ilvl="0" w:tplc="14152911">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12906,55 +12906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32799391">
-    <w:abstractNumId w:val="32799391"/>
+  <w:num w:numId="79585248">
+    <w:abstractNumId w:val="79585248"/>
   </w:num>
-  <w:num w:numId="32799392">
-    <w:abstractNumId w:val="32799392"/>
+  <w:num w:numId="79585249">
+    <w:abstractNumId w:val="79585249"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24504,51 +24504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId775183815" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId291680778" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId819168e095a310bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId524768e095a310c3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId839268e095a310e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId284468e095a314b05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId755968e095a3165b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId135768e095a3172a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId293968e095a3173b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId955068e095a317512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId495468e095a317589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId908968e095a3175db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId413568e095a31760d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId375168e095a317660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId315968e095a3176af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId631168e095a317869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId747568e095a317b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId100768e095a317b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId100468e095a317be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId500668e095a317e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId939568e095a317e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId718868e095a318306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId305868e095a3184d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId856468e095a318565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId179268e095a31a8f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId518968e095a31aa4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId216368e095a31abec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId445168e095a310d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId445168e095a310d1a.jpg"/><Relationship Id="rId453068e095a315e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId453068e095a315e01.jpg"/><Relationship Id="rId851668e095a31ac6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId851668e095a31ac6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId445347595" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId827918642" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId701568fc6e7851a8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId106168fc6e7851ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId761768fc6e7851c65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId944068fc6e785393f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId107868fc6e785419b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId682468fc6e7854e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId191068fc6e7854f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId882268fc6e785509a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId831968fc6e785510f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId493868fc6e785515f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId499268fc6e785518f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId502568fc6e78551e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId856668fc6e7855232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId774568fc6e78553d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId452968fc6e785566a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId816468fc6e78556ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId310668fc6e7855739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId492268fc6e785596e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId240168fc6e78559df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId436968fc6e7855e30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId250168fc6e7856002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId757568fc6e7856094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId461268fc6e7856454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId140968fc6e7856581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId368468fc6e785679d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId104868fc6e7851b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId104868fc6e7851b97.jpg"/><Relationship Id="rId974868fc6e7853ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId974868fc6e7853ab9.jpg"/><Relationship Id="rId597968fc6e7856804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597968fc6e7856804.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>