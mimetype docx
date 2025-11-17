--- v1 (2025-10-25)
+++ v2 (2025-11-17)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId701568fc6e7851a8e" w:history="1">
+            <w:hyperlink r:id="rId2332691b0fd8b069f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106168fc6e7851ad3" w:history="1">
+            <w:hyperlink r:id="rId3420691b0fd8b06e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96261758" name="name441168fc6e7851b99" descr="4180.jpg"/>
+                  <wp:docPr id="39302417" name="name6958691b0fd8b0b7e" descr="4180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId104868fc6e7851b97" cstate="print"/>
+                          <a:blip r:embed="rId5159691b0fd8b0b7c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId761768fc6e7851c65" w:history="1">
+            <w:hyperlink r:id="rId1201691b0fd8b0ccd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5092,51 +5092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex, each phylotype is thought to have a different geographical origin. Phylotype I is regarded to be of Asian origin, Phylotype II of Central and South American Origin, Phylotype III of African origin and Phylotype IV of Indonesian origin. Whereas Phylotypes III and IV appear to have largely remained in their centres of origin, Phylotypes I and II have been dispersed worldwide. International transmission of distinct genotypes is likely to have occurred through trade in infected, often asymptomatic, vegetatively propagated crops (e.g. banana/plantain, potato and ginger) and ornamental host plants and plant parts). Specific maps for the different species of the RSSC complex is available in EPPO Global Database and a meta-analysis of the known global distribution and host range of the RSSC compiled at the University of California Davis (Lowe-Power </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021) has resulted in a database of phylotype and sequevar distribution, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944068fc6e785393f" w:history="1">
+      <w:hyperlink r:id="rId1763691b0fd8b298d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://github.com/lowepowerlab/Ralstonia_Global_Diversity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5157,63 +5157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54848663" name="name594468fc6e7853abb" descr="RALSSO_distribution_map.jpg"/>
+            <wp:docPr id="7215216" name="name9435691b0fd8b367d" descr="RALSSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId974868fc6e7853ab9" cstate="print"/>
+                    <a:blip r:embed="rId8670691b0fd8b367b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6004,51 +6004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moko disease on AAA Cavendish banana or Bugtok disease on AAB type cooking banana, caused by some strains of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phylotype II, first appears on young and fast-growing plants, the youngest leaves turn pale-green or yellow, and wilt. Within a week all leaves may collapse. Young suckers may be blackened, stunted or twisted. The pseudostems show brown vascular discoloration (Hayward, 1983). Moko disease is easily confused with Panama disease caused by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107868fc6e785419b" w:history="1">
+      <w:hyperlink r:id="rId7921691b0fd8b3dae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Fusarium oxysporum</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> f. sp. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682468fc6e7854e21" w:history="1">
+      <w:hyperlink r:id="rId2258691b0fd8b4a1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8057,51 +8057,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191068fc6e7854f4b" w:history="1">
+      <w:hyperlink r:id="rId5642691b0fd8b4b97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8263,51 +8263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId882268fc6e785509a" w:history="1">
+      <w:hyperlink r:id="rId2342691b0fd8b4ce5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8331,231 +8331,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831968fc6e785510f" w:history="1">
+      <w:hyperlink r:id="rId4549691b0fd8b4d9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493868fc6e785515f" w:history="1">
+      <w:hyperlink r:id="rId7213691b0fd8b4df3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499268fc6e785518f" w:history="1">
+      <w:hyperlink r:id="rId9899691b0fd8b4e24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502568fc6e78551e2" w:history="1">
+      <w:hyperlink r:id="rId7165691b0fd8b4e76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856668fc6e7855232" w:history="1">
+      <w:hyperlink r:id="rId3108691b0fd8b4ec6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8775,51 +8775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId774568fc6e78553d4" w:history="1">
+      <w:hyperlink r:id="rId4495691b0fd8b506f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9197,51 +9197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452968fc6e785566a" w:history="1">
+      <w:hyperlink r:id="rId3195691b0fd8b5307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9256,51 +9256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowe-Power T, Avalos J, Munoz MC, Chipman K (2021) A meta-analysis of the known global distribution and host range of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816468fc6e78556ca" w:history="1">
+      <w:hyperlink r:id="rId8622691b0fd8b5365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2020.07.13.189936</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9326,51 +9326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310668fc6e7855739" w:history="1">
+      <w:hyperlink r:id="rId6426691b0fd8b53d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9681,51 +9681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492268fc6e785596e" w:history="1">
+      <w:hyperlink r:id="rId6004691b0fd8b5624" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9751,51 +9751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240168fc6e78559df" w:history="1">
+      <w:hyperlink r:id="rId8231691b0fd8b5697" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10444,51 +10444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436968fc6e7855e30" w:history="1">
+      <w:hyperlink r:id="rId9526691b0fd8b5af5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10730,51 +10730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250168fc6e7856002" w:history="1">
+      <w:hyperlink r:id="rId4000691b0fd8b5cc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10818,51 +10818,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59-163</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757568fc6e7856094" w:history="1">
+      <w:hyperlink r:id="rId5818691b0fd8b5d59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461268fc6e7856454" w:history="1">
+      <w:hyperlink r:id="rId6532691b0fd8b6122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140968fc6e7856581" w:history="1">
+      <w:hyperlink r:id="rId2997691b0fd8b6265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11843,90 +11843,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 53-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368468fc6e785679d" w:history="1">
+      <w:hyperlink r:id="rId6009691b0fd8b63fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02770.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33361295" name="name990968fc6e7856805" descr="eu_funding_250.png"/>
+            <wp:docPr id="96998113" name="name3696691b0fd8b680f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId597968fc6e7856804" cstate="print"/>
+                    <a:blip r:embed="rId7065691b0fd8b680e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12024,137 +12024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79585249">
+  <w:abstractNum w:abstractNumId="73584690">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68308088">
+    <w:lvl w:ilvl="0" w:tplc="39642072">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68308088" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39642072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68308088" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39642072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68308088" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39642072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68308088" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39642072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68308088" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39642072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68308088" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39642072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68308088" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39642072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68308088" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39642072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79585248">
+  <w:abstractNum w:abstractNumId="73584689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14152911">
+    <w:lvl w:ilvl="0" w:tplc="29759008">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12906,55 +12906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79585248">
-    <w:abstractNumId w:val="79585248"/>
+  <w:num w:numId="73584689">
+    <w:abstractNumId w:val="73584689"/>
   </w:num>
-  <w:num w:numId="79585249">
-    <w:abstractNumId w:val="79585249"/>
+  <w:num w:numId="73584690">
+    <w:abstractNumId w:val="73584690"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24504,51 +24504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId445347595" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId827918642" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId701568fc6e7851a8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId106168fc6e7851ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId761768fc6e7851c65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId944068fc6e785393f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId107868fc6e785419b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId682468fc6e7854e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId191068fc6e7854f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId882268fc6e785509a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId831968fc6e785510f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId493868fc6e785515f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId499268fc6e785518f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId502568fc6e78551e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId856668fc6e7855232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId774568fc6e78553d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId452968fc6e785566a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId816468fc6e78556ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId310668fc6e7855739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId492268fc6e785596e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId240168fc6e78559df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId436968fc6e7855e30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId250168fc6e7856002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId757568fc6e7856094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId461268fc6e7856454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId140968fc6e7856581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId368468fc6e785679d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId104868fc6e7851b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId104868fc6e7851b97.jpg"/><Relationship Id="rId974868fc6e7853ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId974868fc6e7853ab9.jpg"/><Relationship Id="rId597968fc6e7856804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597968fc6e7856804.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId434432719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId408278008" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2332691b0fd8b069f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId3420691b0fd8b06e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId1201691b0fd8b0ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId1763691b0fd8b298d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId7921691b0fd8b3dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId2258691b0fd8b4a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId5642691b0fd8b4b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId2342691b0fd8b4ce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId4549691b0fd8b4d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7213691b0fd8b4df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9899691b0fd8b4e24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7165691b0fd8b4e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3108691b0fd8b4ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4495691b0fd8b506f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId3195691b0fd8b5307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId8622691b0fd8b5365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId6426691b0fd8b53d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId6004691b0fd8b5624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId8231691b0fd8b5697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId9526691b0fd8b5af5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId4000691b0fd8b5cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId5818691b0fd8b5d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId6532691b0fd8b6122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId2997691b0fd8b6265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6009691b0fd8b63fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId5159691b0fd8b0b7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5159691b0fd8b0b7c.jpg"/><Relationship Id="rId8670691b0fd8b367b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8670691b0fd8b367b.jpg"/><Relationship Id="rId7065691b0fd8b680e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7065691b0fd8b680e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>