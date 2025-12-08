--- v2 (2025-11-17)
+++ v3 (2025-12-08)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2332691b0fd8b069f" w:history="1">
+            <w:hyperlink r:id="rId83716936b93f7a9f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3420691b0fd8b06e5" w:history="1">
+            <w:hyperlink r:id="rId34126936b93f7aa3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39302417" name="name6958691b0fd8b0b7e" descr="4180.jpg"/>
+                  <wp:docPr id="19391465" name="name11886936b93f7ab14" descr="4180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5159691b0fd8b0b7c" cstate="print"/>
+                          <a:blip r:embed="rId56586936b93f7ab13" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1201691b0fd8b0ccd" w:history="1">
+            <w:hyperlink r:id="rId98036936b93f7ac4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5092,51 +5092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex, each phylotype is thought to have a different geographical origin. Phylotype I is regarded to be of Asian origin, Phylotype II of Central and South American Origin, Phylotype III of African origin and Phylotype IV of Indonesian origin. Whereas Phylotypes III and IV appear to have largely remained in their centres of origin, Phylotypes I and II have been dispersed worldwide. International transmission of distinct genotypes is likely to have occurred through trade in infected, often asymptomatic, vegetatively propagated crops (e.g. banana/plantain, potato and ginger) and ornamental host plants and plant parts). Specific maps for the different species of the RSSC complex is available in EPPO Global Database and a meta-analysis of the known global distribution and host range of the RSSC compiled at the University of California Davis (Lowe-Power </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021) has resulted in a database of phylotype and sequevar distribution, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1763691b0fd8b298d" w:history="1">
+      <w:hyperlink r:id="rId98696936b93f7ca3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://github.com/lowepowerlab/Ralstonia_Global_Diversity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5157,63 +5157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7215216" name="name9435691b0fd8b367d" descr="RALSSO_distribution_map.jpg"/>
+            <wp:docPr id="45493944" name="name93306936b93f7ded0" descr="RALSSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8670691b0fd8b367b" cstate="print"/>
+                    <a:blip r:embed="rId91706936b93f7decd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6004,51 +6004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moko disease on AAA Cavendish banana or Bugtok disease on AAB type cooking banana, caused by some strains of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phylotype II, first appears on young and fast-growing plants, the youngest leaves turn pale-green or yellow, and wilt. Within a week all leaves may collapse. Young suckers may be blackened, stunted or twisted. The pseudostems show brown vascular discoloration (Hayward, 1983). Moko disease is easily confused with Panama disease caused by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7921691b0fd8b3dae" w:history="1">
+      <w:hyperlink r:id="rId55356936b93f7e643" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Fusarium oxysporum</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> f. sp. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2258691b0fd8b4a1d" w:history="1">
+      <w:hyperlink r:id="rId11796936b93f7f4c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8057,51 +8057,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5642691b0fd8b4b97" w:history="1">
+      <w:hyperlink r:id="rId36426936b93f7f5d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8263,51 +8263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2342691b0fd8b4ce5" w:history="1">
+      <w:hyperlink r:id="rId19946936b93f7f728" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8331,231 +8331,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4549691b0fd8b4d9d" w:history="1">
+      <w:hyperlink r:id="rId94636936b93f7f80e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7213691b0fd8b4df3" w:history="1">
+      <w:hyperlink r:id="rId32766936b93f7f864" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9899691b0fd8b4e24" w:history="1">
+      <w:hyperlink r:id="rId68116936b93f7f896" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7165691b0fd8b4e76" w:history="1">
+      <w:hyperlink r:id="rId16656936b93f7f8e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3108691b0fd8b4ec6" w:history="1">
+      <w:hyperlink r:id="rId57716936b93f7f939" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8775,51 +8775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4495691b0fd8b506f" w:history="1">
+      <w:hyperlink r:id="rId41226936b93f7fae4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9197,51 +9197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3195691b0fd8b5307" w:history="1">
+      <w:hyperlink r:id="rId19526936b93f7fd80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9256,51 +9256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowe-Power T, Avalos J, Munoz MC, Chipman K (2021) A meta-analysis of the known global distribution and host range of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8622691b0fd8b5365" w:history="1">
+      <w:hyperlink r:id="rId97646936b93f7fdde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2020.07.13.189936</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9326,51 +9326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6426691b0fd8b53d5" w:history="1">
+      <w:hyperlink r:id="rId66956936b93f7fe4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9681,51 +9681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6004691b0fd8b5624" w:history="1">
+      <w:hyperlink r:id="rId89246936b93f800af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9751,51 +9751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8231691b0fd8b5697" w:history="1">
+      <w:hyperlink r:id="rId71376936b93f80124" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10444,51 +10444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9526691b0fd8b5af5" w:history="1">
+      <w:hyperlink r:id="rId62096936b93f8056f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10730,51 +10730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4000691b0fd8b5cc7" w:history="1">
+      <w:hyperlink r:id="rId64466936b93f80737" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10818,51 +10818,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59-163</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5818691b0fd8b5d59" w:history="1">
+      <w:hyperlink r:id="rId15936936b93f807d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6532691b0fd8b6122" w:history="1">
+      <w:hyperlink r:id="rId37116936b93f80b9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2997691b0fd8b6265" w:history="1">
+      <w:hyperlink r:id="rId67216936b93f80cd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11843,90 +11843,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 53-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6009691b0fd8b63fb" w:history="1">
+      <w:hyperlink r:id="rId50966936b93f80e75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02770.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96998113" name="name3696691b0fd8b680f" descr="eu_funding_250.png"/>
+            <wp:docPr id="17428507" name="name17276936b93f80eef" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7065691b0fd8b680e" cstate="print"/>
+                    <a:blip r:embed="rId33196936b93f80eee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12024,137 +12024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73584690">
+  <w:abstractNum w:abstractNumId="40690367">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39642072">
+    <w:lvl w:ilvl="0" w:tplc="95433189">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39642072" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95433189" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39642072" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95433189" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39642072" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95433189" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39642072" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95433189" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39642072" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95433189" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39642072" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95433189" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39642072" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95433189" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39642072" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95433189" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73584689">
+  <w:abstractNum w:abstractNumId="40690366">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29759008">
+    <w:lvl w:ilvl="0" w:tplc="10342170">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12906,55 +12906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73584689">
-    <w:abstractNumId w:val="73584689"/>
+  <w:num w:numId="40690366">
+    <w:abstractNumId w:val="40690366"/>
   </w:num>
-  <w:num w:numId="73584690">
-    <w:abstractNumId w:val="73584690"/>
+  <w:num w:numId="40690367">
+    <w:abstractNumId w:val="40690367"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24504,51 +24504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId434432719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId408278008" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2332691b0fd8b069f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId3420691b0fd8b06e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId1201691b0fd8b0ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId1763691b0fd8b298d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId7921691b0fd8b3dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId2258691b0fd8b4a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId5642691b0fd8b4b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId2342691b0fd8b4ce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId4549691b0fd8b4d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7213691b0fd8b4df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9899691b0fd8b4e24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7165691b0fd8b4e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3108691b0fd8b4ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4495691b0fd8b506f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId3195691b0fd8b5307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId8622691b0fd8b5365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId6426691b0fd8b53d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId6004691b0fd8b5624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId8231691b0fd8b5697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId9526691b0fd8b5af5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId4000691b0fd8b5cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId5818691b0fd8b5d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId6532691b0fd8b6122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId2997691b0fd8b6265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6009691b0fd8b63fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId5159691b0fd8b0b7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5159691b0fd8b0b7c.jpg"/><Relationship Id="rId8670691b0fd8b367b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8670691b0fd8b367b.jpg"/><Relationship Id="rId7065691b0fd8b680e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7065691b0fd8b680e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId854529935" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId632637512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83716936b93f7a9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId34126936b93f7aa3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId98036936b93f7ac4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId98696936b93f7ca3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId55356936b93f7e643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId11796936b93f7f4c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId36426936b93f7f5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId19946936b93f7f728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId94636936b93f7f80e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId32766936b93f7f864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId68116936b93f7f896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId16656936b93f7f8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId57716936b93f7f939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId41226936b93f7fae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId19526936b93f7fd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId97646936b93f7fdde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId66956936b93f7fe4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId89246936b93f800af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId71376936b93f80124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId62096936b93f8056f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId64466936b93f80737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId15936936b93f807d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId37116936b93f80b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId67216936b93f80cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50966936b93f80e75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId56586936b93f7ab13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56586936b93f7ab13.jpg"/><Relationship Id="rId91706936b93f7decd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91706936b93f7decd.jpg"/><Relationship Id="rId33196936b93f80eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33196936b93f80eee.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>