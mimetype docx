--- v3 (2025-12-08)
+++ v4 (2025-12-28)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83716936b93f7a9f4" w:history="1">
+            <w:hyperlink r:id="rId24286951441cb471d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34126936b93f7aa3d" w:history="1">
+            <w:hyperlink r:id="rId72916951441cb4762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19391465" name="name11886936b93f7ab14" descr="4180.jpg"/>
+                  <wp:docPr id="39132798" name="name66696951441cb4ea4" descr="4180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId56586936b93f7ab13" cstate="print"/>
+                          <a:blip r:embed="rId96636951441cb4ea2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId98036936b93f7ac4d" w:history="1">
+            <w:hyperlink r:id="rId35246951441cb4fd1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5092,51 +5092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex, each phylotype is thought to have a different geographical origin. Phylotype I is regarded to be of Asian origin, Phylotype II of Central and South American Origin, Phylotype III of African origin and Phylotype IV of Indonesian origin. Whereas Phylotypes III and IV appear to have largely remained in their centres of origin, Phylotypes I and II have been dispersed worldwide. International transmission of distinct genotypes is likely to have occurred through trade in infected, often asymptomatic, vegetatively propagated crops (e.g. banana/plantain, potato and ginger) and ornamental host plants and plant parts). Specific maps for the different species of the RSSC complex is available in EPPO Global Database and a meta-analysis of the known global distribution and host range of the RSSC compiled at the University of California Davis (Lowe-Power </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021) has resulted in a database of phylotype and sequevar distribution, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98696936b93f7ca3e" w:history="1">
+      <w:hyperlink r:id="rId69876951441cb6c87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://github.com/lowepowerlab/Ralstonia_Global_Diversity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5157,63 +5157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45493944" name="name93306936b93f7ded0" descr="RALSSO_distribution_map.jpg"/>
+            <wp:docPr id="56707532" name="name42656951441cb7e22" descr="RALSSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId91706936b93f7decd" cstate="print"/>
+                    <a:blip r:embed="rId52726951441cb7e1e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6004,51 +6004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moko disease on AAA Cavendish banana or Bugtok disease on AAB type cooking banana, caused by some strains of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phylotype II, first appears on young and fast-growing plants, the youngest leaves turn pale-green or yellow, and wilt. Within a week all leaves may collapse. Young suckers may be blackened, stunted or twisted. The pseudostems show brown vascular discoloration (Hayward, 1983). Moko disease is easily confused with Panama disease caused by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55356936b93f7e643" w:history="1">
+      <w:hyperlink r:id="rId89406951441cb8966" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Fusarium oxysporum</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> f. sp. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11796936b93f7f4c1" w:history="1">
+      <w:hyperlink r:id="rId59636951441cb9748" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8057,51 +8057,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36426936b93f7f5d7" w:history="1">
+      <w:hyperlink r:id="rId72346951441cb9896" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8263,51 +8263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19946936b93f7f728" w:history="1">
+      <w:hyperlink r:id="rId88766951441cb9a1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8331,231 +8331,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94636936b93f7f80e" w:history="1">
+      <w:hyperlink r:id="rId34366951441cb9a97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32766936b93f7f864" w:history="1">
+      <w:hyperlink r:id="rId65536951441cb9aea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68116936b93f7f896" w:history="1">
+      <w:hyperlink r:id="rId34766951441cb9b1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16656936b93f7f8e9" w:history="1">
+      <w:hyperlink r:id="rId37376951441cb9b6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57716936b93f7f939" w:history="1">
+      <w:hyperlink r:id="rId58996951441cb9bbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8775,51 +8775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41226936b93f7fae4" w:history="1">
+      <w:hyperlink r:id="rId57916951441cb9db8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9197,51 +9197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19526936b93f7fd80" w:history="1">
+      <w:hyperlink r:id="rId74926951441cba0e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9256,51 +9256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowe-Power T, Avalos J, Munoz MC, Chipman K (2021) A meta-analysis of the known global distribution and host range of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97646936b93f7fdde" w:history="1">
+      <w:hyperlink r:id="rId87026951441cba147" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2020.07.13.189936</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9326,51 +9326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66956936b93f7fe4f" w:history="1">
+      <w:hyperlink r:id="rId51906951441cba1de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9681,51 +9681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89246936b93f800af" w:history="1">
+      <w:hyperlink r:id="rId86036951441cba45e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9751,51 +9751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71376936b93f80124" w:history="1">
+      <w:hyperlink r:id="rId72746951441cba4d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10444,51 +10444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62096936b93f8056f" w:history="1">
+      <w:hyperlink r:id="rId19706951441cba9da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10730,51 +10730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64466936b93f80737" w:history="1">
+      <w:hyperlink r:id="rId31626951441cbaef7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10818,51 +10818,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59-163</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15936936b93f807d3" w:history="1">
+      <w:hyperlink r:id="rId31756951441cbaff2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37116936b93f80b9d" w:history="1">
+      <w:hyperlink r:id="rId99696951441cbb5a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67216936b93f80cd2" w:history="1">
+      <w:hyperlink r:id="rId12206951441cbb71a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11843,90 +11843,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 53-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50966936b93f80e75" w:history="1">
+      <w:hyperlink r:id="rId42706951441cbb93f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02770.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17428507" name="name17276936b93f80eef" descr="eu_funding_250.png"/>
+            <wp:docPr id="67176653" name="name53646951441cbb9b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33196936b93f80eee" cstate="print"/>
+                    <a:blip r:embed="rId49736951441cbb9b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12024,137 +12024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40690367">
+  <w:abstractNum w:abstractNumId="70160485">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95433189">
+    <w:lvl w:ilvl="0" w:tplc="84886238">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95433189" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84886238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95433189" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84886238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95433189" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84886238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95433189" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84886238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95433189" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84886238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95433189" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84886238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95433189" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84886238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95433189" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84886238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40690366">
+  <w:abstractNum w:abstractNumId="70160484">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10342170">
+    <w:lvl w:ilvl="0" w:tplc="64050196">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12906,55 +12906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40690366">
-    <w:abstractNumId w:val="40690366"/>
+  <w:num w:numId="70160484">
+    <w:abstractNumId w:val="70160484"/>
   </w:num>
-  <w:num w:numId="40690367">
-    <w:abstractNumId w:val="40690367"/>
+  <w:num w:numId="70160485">
+    <w:abstractNumId w:val="70160485"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24504,51 +24504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId854529935" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId632637512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83716936b93f7a9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId34126936b93f7aa3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId98036936b93f7ac4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId98696936b93f7ca3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId55356936b93f7e643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId11796936b93f7f4c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId36426936b93f7f5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId19946936b93f7f728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId94636936b93f7f80e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId32766936b93f7f864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId68116936b93f7f896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId16656936b93f7f8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId57716936b93f7f939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId41226936b93f7fae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId19526936b93f7fd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId97646936b93f7fdde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId66956936b93f7fe4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId89246936b93f800af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId71376936b93f80124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId62096936b93f8056f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId64466936b93f80737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId15936936b93f807d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId37116936b93f80b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId67216936b93f80cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50966936b93f80e75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId56586936b93f7ab13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56586936b93f7ab13.jpg"/><Relationship Id="rId91706936b93f7decd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91706936b93f7decd.jpg"/><Relationship Id="rId33196936b93f80eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33196936b93f80eee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId141384523" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId657143743" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24286951441cb471d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId72916951441cb4762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId35246951441cb4fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId69876951441cb6c87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId89406951441cb8966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId59636951441cb9748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId72346951441cb9896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId88766951441cb9a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId34366951441cb9a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId65536951441cb9aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId34766951441cb9b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId37376951441cb9b6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId58996951441cb9bbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId57916951441cb9db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId74926951441cba0e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId87026951441cba147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId51906951441cba1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId86036951441cba45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId72746951441cba4d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId19706951441cba9da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId31626951441cbaef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId31756951441cbaff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId99696951441cbb5a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId12206951441cbb71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42706951441cbb93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId96636951441cb4ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96636951441cb4ea2.jpg"/><Relationship Id="rId52726951441cb7e1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52726951441cb7e1e.jpg"/><Relationship Id="rId49736951441cbb9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49736951441cbb9b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>