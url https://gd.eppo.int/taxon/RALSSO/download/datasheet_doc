--- v4 (2025-12-28)
+++ v5 (2026-01-18)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24286951441cb471d" w:history="1">
+            <w:hyperlink r:id="rId2533696c4e1f0034a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72916951441cb4762" w:history="1">
+            <w:hyperlink r:id="rId9395696c4e1f00390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39132798" name="name66696951441cb4ea4" descr="4180.jpg"/>
+                  <wp:docPr id="37605547" name="name5542696c4e1f0092a" descr="4180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId96636951441cb4ea2" cstate="print"/>
+                          <a:blip r:embed="rId2916696c4e1f00928" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId35246951441cb4fd1" w:history="1">
+            <w:hyperlink r:id="rId5926696c4e1f00a50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5092,51 +5092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex, each phylotype is thought to have a different geographical origin. Phylotype I is regarded to be of Asian origin, Phylotype II of Central and South American Origin, Phylotype III of African origin and Phylotype IV of Indonesian origin. Whereas Phylotypes III and IV appear to have largely remained in their centres of origin, Phylotypes I and II have been dispersed worldwide. International transmission of distinct genotypes is likely to have occurred through trade in infected, often asymptomatic, vegetatively propagated crops (e.g. banana/plantain, potato and ginger) and ornamental host plants and plant parts). Specific maps for the different species of the RSSC complex is available in EPPO Global Database and a meta-analysis of the known global distribution and host range of the RSSC compiled at the University of California Davis (Lowe-Power </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021) has resulted in a database of phylotype and sequevar distribution, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69876951441cb6c87" w:history="1">
+      <w:hyperlink r:id="rId1999696c4e1f03007" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://github.com/lowepowerlab/Ralstonia_Global_Diversity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5157,63 +5157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56707532" name="name42656951441cb7e22" descr="RALSSO_distribution_map.jpg"/>
+            <wp:docPr id="38953183" name="name3065696c4e1f0426d" descr="RALSSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52726951441cb7e1e" cstate="print"/>
+                    <a:blip r:embed="rId5713696c4e1f0426a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6004,51 +6004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moko disease on AAA Cavendish banana or Bugtok disease on AAB type cooking banana, caused by some strains of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phylotype II, first appears on young and fast-growing plants, the youngest leaves turn pale-green or yellow, and wilt. Within a week all leaves may collapse. Young suckers may be blackened, stunted or twisted. The pseudostems show brown vascular discoloration (Hayward, 1983). Moko disease is easily confused with Panama disease caused by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89406951441cb8966" w:history="1">
+      <w:hyperlink r:id="rId5002696c4e1f04fff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Fusarium oxysporum</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> f. sp. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59636951441cb9748" w:history="1">
+      <w:hyperlink r:id="rId8002696c4e1f05f04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8057,51 +8057,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72346951441cb9896" w:history="1">
+      <w:hyperlink r:id="rId2042696c4e1f0601a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8263,51 +8263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88766951441cb9a1e" w:history="1">
+      <w:hyperlink r:id="rId2259696c4e1f0616a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8331,231 +8331,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34366951441cb9a97" w:history="1">
+      <w:hyperlink r:id="rId3829696c4e1f061dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65536951441cb9aea" w:history="1">
+      <w:hyperlink r:id="rId8145696c4e1f0622e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34766951441cb9b1b" w:history="1">
+      <w:hyperlink r:id="rId9934696c4e1f0625e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37376951441cb9b6e" w:history="1">
+      <w:hyperlink r:id="rId5460696c4e1f062ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58996951441cb9bbe" w:history="1">
+      <w:hyperlink r:id="rId7121696c4e1f062ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8775,51 +8775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57916951441cb9db8" w:history="1">
+      <w:hyperlink r:id="rId8067696c4e1f064a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9197,51 +9197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74926951441cba0e3" w:history="1">
+      <w:hyperlink r:id="rId7803696c4e1f0674d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9256,51 +9256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowe-Power T, Avalos J, Munoz MC, Chipman K (2021) A meta-analysis of the known global distribution and host range of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87026951441cba147" w:history="1">
+      <w:hyperlink r:id="rId8572696c4e1f067ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2020.07.13.189936</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9326,51 +9326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51906951441cba1de" w:history="1">
+      <w:hyperlink r:id="rId6421696c4e1f0681e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9681,51 +9681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86036951441cba45e" w:history="1">
+      <w:hyperlink r:id="rId5239696c4e1f06a55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9751,51 +9751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72746951441cba4d3" w:history="1">
+      <w:hyperlink r:id="rId6073696c4e1f06ac7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10444,51 +10444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19706951441cba9da" w:history="1">
+      <w:hyperlink r:id="rId9812696c4e1f06f2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10730,51 +10730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31626951441cbaef7" w:history="1">
+      <w:hyperlink r:id="rId5699696c4e1f070f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10818,51 +10818,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59-163</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31756951441cbaff2" w:history="1">
+      <w:hyperlink r:id="rId9121696c4e1f0718d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99696951441cbb5a1" w:history="1">
+      <w:hyperlink r:id="rId4995696c4e1f07554" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11595,73 +11595,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12206951441cbb71a" w:history="1">
+      <w:hyperlink r:id="rId6699696c4e1f07689" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11843,90 +11843,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 53-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42706951441cbb93f" w:history="1">
+      <w:hyperlink r:id="rId6136696c4e1f07811" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02770.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67176653" name="name53646951441cbb9b8" descr="eu_funding_250.png"/>
+            <wp:docPr id="99637052" name="name7841696c4e1f078b7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49736951441cbb9b7" cstate="print"/>
+                    <a:blip r:embed="rId3894696c4e1f078b6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12024,137 +12024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70160485">
+  <w:abstractNum w:abstractNumId="99948228">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84886238">
+    <w:lvl w:ilvl="0" w:tplc="49744048">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84886238" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49744048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84886238" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49744048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84886238" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49744048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84886238" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49744048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84886238" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49744048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84886238" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49744048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84886238" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49744048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84886238" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49744048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70160484">
+  <w:abstractNum w:abstractNumId="99948227">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64050196">
+    <w:lvl w:ilvl="0" w:tplc="31469875">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12906,55 +12906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70160484">
-    <w:abstractNumId w:val="70160484"/>
+  <w:num w:numId="99948227">
+    <w:abstractNumId w:val="99948227"/>
   </w:num>
-  <w:num w:numId="70160485">
-    <w:abstractNumId w:val="70160485"/>
+  <w:num w:numId="99948228">
+    <w:abstractNumId w:val="99948228"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24504,51 +24504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId141384523" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId657143743" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24286951441cb471d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId72916951441cb4762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId35246951441cb4fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId69876951441cb6c87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId89406951441cb8966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId59636951441cb9748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId72346951441cb9896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId88766951441cb9a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId34366951441cb9a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId65536951441cb9aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId34766951441cb9b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId37376951441cb9b6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId58996951441cb9bbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId57916951441cb9db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId74926951441cba0e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId87026951441cba147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId51906951441cba1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId86036951441cba45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId72746951441cba4d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId19706951441cba9da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId31626951441cbaef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId31756951441cbaff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId99696951441cbb5a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId12206951441cbb71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42706951441cbb93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId96636951441cb4ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96636951441cb4ea2.jpg"/><Relationship Id="rId52726951441cb7e1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52726951441cb7e1e.jpg"/><Relationship Id="rId49736951441cbb9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49736951441cbb9b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319648926" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607427390" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2533696c4e1f0034a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId9395696c4e1f00390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId5926696c4e1f00a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId1999696c4e1f03007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId5002696c4e1f04fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId8002696c4e1f05f04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId2042696c4e1f0601a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId2259696c4e1f0616a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId3829696c4e1f061dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8145696c4e1f0622e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9934696c4e1f0625e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5460696c4e1f062ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7121696c4e1f062ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8067696c4e1f064a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId7803696c4e1f0674d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId8572696c4e1f067ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId6421696c4e1f0681e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId5239696c4e1f06a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId6073696c4e1f06ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId9812696c4e1f06f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId5699696c4e1f070f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId9121696c4e1f0718d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId4995696c4e1f07554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId6699696c4e1f07689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6136696c4e1f07811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId2916696c4e1f00928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2916696c4e1f00928.jpg"/><Relationship Id="rId5713696c4e1f0426a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5713696c4e1f0426a.jpg"/><Relationship Id="rId3894696c4e1f078b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3894696c4e1f078b6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>