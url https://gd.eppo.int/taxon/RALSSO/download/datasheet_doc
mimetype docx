--- v5 (2026-01-18)
+++ v6 (2026-02-08)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2533696c4e1f0034a" w:history="1">
+            <w:hyperlink r:id="rId899969891f8124bb1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9395696c4e1f00390" w:history="1">
+            <w:hyperlink r:id="rId692369891f8124bf9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37605547" name="name5542696c4e1f0092a" descr="4180.jpg"/>
+                  <wp:docPr id="87801547" name="name844669891f81251b4" descr="4180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2916696c4e1f00928" cstate="print"/>
+                          <a:blip r:embed="rId109969891f81251b3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5926696c4e1f00a50" w:history="1">
+            <w:hyperlink r:id="rId212269891f81252e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5092,51 +5092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex, each phylotype is thought to have a different geographical origin. Phylotype I is regarded to be of Asian origin, Phylotype II of Central and South American Origin, Phylotype III of African origin and Phylotype IV of Indonesian origin. Whereas Phylotypes III and IV appear to have largely remained in their centres of origin, Phylotypes I and II have been dispersed worldwide. International transmission of distinct genotypes is likely to have occurred through trade in infected, often asymptomatic, vegetatively propagated crops (e.g. banana/plantain, potato and ginger) and ornamental host plants and plant parts). Specific maps for the different species of the RSSC complex is available in EPPO Global Database and a meta-analysis of the known global distribution and host range of the RSSC compiled at the University of California Davis (Lowe-Power </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021) has resulted in a database of phylotype and sequevar distribution, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1999696c4e1f03007" w:history="1">
+      <w:hyperlink r:id="rId927669891f8126fc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://github.com/lowepowerlab/Ralstonia_Global_Diversity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5157,105 +5157,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38953183" name="name3065696c4e1f0426d" descr="RALSSO_distribution_map.jpg"/>
+            <wp:docPr id="81194814" name="name808169891f8127985" descr="RALSSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5713696c4e1f0426a" cstate="print"/>
+                    <a:blip r:embed="rId547869891f8127982" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Bulgaria, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Jordan, Kyrgyzstan, Moldova, Republic of, Netherlands, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Central Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Belgium, Bulgaria, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Jordan, Kyrgyzstan, Moldova, Republic of, Netherlands, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Central Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angola, Benin, Burkina Faso, Burundi, Cameroon, Comoros, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Eswatini, Ethiopia, Gambia, Ghana, Guinea, Kenya, Lesotho, Madagascar, Malawi, Mali, Mauritius, Mayotte, Niger, Nigeria, Reunion, Rwanda, Senegal, Seychelles, Somalia, South Africa, Tanzania, United Republic of, Togo, Uganda, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6004,51 +6004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moko disease on AAA Cavendish banana or Bugtok disease on AAB type cooking banana, caused by some strains of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phylotype II, first appears on young and fast-growing plants, the youngest leaves turn pale-green or yellow, and wilt. Within a week all leaves may collapse. Young suckers may be blackened, stunted or twisted. The pseudostems show brown vascular discoloration (Hayward, 1983). Moko disease is easily confused with Panama disease caused by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5002696c4e1f04fff" w:history="1">
+      <w:hyperlink r:id="rId459069891f81286de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Fusarium oxysporum</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> f. sp. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8002696c4e1f05f04" w:history="1">
+      <w:hyperlink r:id="rId996169891f8129885" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8057,51 +8057,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2042696c4e1f0601a" w:history="1">
+      <w:hyperlink r:id="rId489669891f81299a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8263,51 +8263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2259696c4e1f0616a" w:history="1">
+      <w:hyperlink r:id="rId256369891f8129af0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8331,231 +8331,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3829696c4e1f061dc" w:history="1">
+      <w:hyperlink r:id="rId548069891f8129ba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8145696c4e1f0622e" w:history="1">
+      <w:hyperlink r:id="rId728969891f8129bf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9934696c4e1f0625e" w:history="1">
+      <w:hyperlink r:id="rId488769891f8129c29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5460696c4e1f062ae" w:history="1">
+      <w:hyperlink r:id="rId131969891f8129c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7121696c4e1f062ff" w:history="1">
+      <w:hyperlink r:id="rId622569891f8129ccb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8775,51 +8775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8067696c4e1f064a2" w:history="1">
+      <w:hyperlink r:id="rId964469891f8129f13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9197,51 +9197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7803696c4e1f0674d" w:history="1">
+      <w:hyperlink r:id="rId825169891f812a239" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9256,51 +9256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowe-Power T, Avalos J, Munoz MC, Chipman K (2021) A meta-analysis of the known global distribution and host range of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8572696c4e1f067ad" w:history="1">
+      <w:hyperlink r:id="rId638769891f812a2d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2020.07.13.189936</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9326,51 +9326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6421696c4e1f0681e" w:history="1">
+      <w:hyperlink r:id="rId919069891f812a34d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9681,51 +9681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5239696c4e1f06a55" w:history="1">
+      <w:hyperlink r:id="rId131169891f812a5f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9751,51 +9751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6073696c4e1f06ac7" w:history="1">
+      <w:hyperlink r:id="rId185369891f812a66a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10444,51 +10444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9812696c4e1f06f2b" w:history="1">
+      <w:hyperlink r:id="rId812469891f812ab52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10730,51 +10730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5699696c4e1f070f5" w:history="1">
+      <w:hyperlink r:id="rId998569891f812ad3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10818,51 +10818,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59-163</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9121696c4e1f0718d" w:history="1">
+      <w:hyperlink r:id="rId465169891f812adce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4995696c4e1f07554" w:history="1">
+      <w:hyperlink r:id="rId765069891f812b1b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6699696c4e1f07689" w:history="1">
+      <w:hyperlink r:id="rId522969891f812b2ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11843,90 +11843,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 53-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6136696c4e1f07811" w:history="1">
+      <w:hyperlink r:id="rId757769891f812b451" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02770.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99637052" name="name7841696c4e1f078b7" descr="eu_funding_250.png"/>
+            <wp:docPr id="18143305" name="name800969891f812b4d1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3894696c4e1f078b6" cstate="print"/>
+                    <a:blip r:embed="rId976469891f812b4d0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12024,137 +12024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99948228">
+  <w:abstractNum w:abstractNumId="16901928">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49744048">
+    <w:lvl w:ilvl="0" w:tplc="79065732">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49744048" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79065732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49744048" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79065732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49744048" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79065732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49744048" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79065732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49744048" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79065732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49744048" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79065732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49744048" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79065732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49744048" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79065732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99948227">
+  <w:abstractNum w:abstractNumId="16901927">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31469875">
+    <w:lvl w:ilvl="0" w:tplc="99617583">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12906,55 +12906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99948227">
-    <w:abstractNumId w:val="99948227"/>
+  <w:num w:numId="16901927">
+    <w:abstractNumId w:val="16901927"/>
   </w:num>
-  <w:num w:numId="99948228">
-    <w:abstractNumId w:val="99948228"/>
+  <w:num w:numId="16901928">
+    <w:abstractNumId w:val="16901928"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24504,51 +24504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319648926" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607427390" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2533696c4e1f0034a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId9395696c4e1f00390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId5926696c4e1f00a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId1999696c4e1f03007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId5002696c4e1f04fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId8002696c4e1f05f04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId2042696c4e1f0601a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId2259696c4e1f0616a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId3829696c4e1f061dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8145696c4e1f0622e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9934696c4e1f0625e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5460696c4e1f062ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7121696c4e1f062ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8067696c4e1f064a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId7803696c4e1f0674d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId8572696c4e1f067ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId6421696c4e1f0681e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId5239696c4e1f06a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId6073696c4e1f06ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId9812696c4e1f06f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId5699696c4e1f070f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId9121696c4e1f0718d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId4995696c4e1f07554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId6699696c4e1f07689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6136696c4e1f07811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId2916696c4e1f00928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2916696c4e1f00928.jpg"/><Relationship Id="rId5713696c4e1f0426a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5713696c4e1f0426a.jpg"/><Relationship Id="rId3894696c4e1f078b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3894696c4e1f078b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId272098428" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId405197486" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId899969891f8124bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId692369891f8124bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId212269891f81252e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId927669891f8126fc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId459069891f81286de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId996169891f8129885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId489669891f81299a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId256369891f8129af0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId548069891f8129ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId728969891f8129bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId488769891f8129c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId131969891f8129c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId622569891f8129ccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId964469891f8129f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId825169891f812a239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId638769891f812a2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId919069891f812a34d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId131169891f812a5f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId185369891f812a66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId812469891f812ab52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId998569891f812ad3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId465169891f812adce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId765069891f812b1b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId522969891f812b2ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId757769891f812b451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId109969891f81251b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109969891f81251b3.jpg"/><Relationship Id="rId547869891f8127982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId547869891f8127982.jpg"/><Relationship Id="rId976469891f812b4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId976469891f812b4d0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>