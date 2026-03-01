--- v6 (2026-02-08)
+++ v7 (2026-03-01)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId899969891f8124bb1" w:history="1">
+            <w:hyperlink r:id="rId924469a41ba4b2f22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId692369891f8124bf9" w:history="1">
+            <w:hyperlink r:id="rId221069a41ba4b2f68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87801547" name="name844669891f81251b4" descr="4180.jpg"/>
+                  <wp:docPr id="61092044" name="name268269a41ba4b3722" descr="4180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId109969891f81251b3" cstate="print"/>
+                          <a:blip r:embed="rId848269a41ba4b3720" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId212269891f81252e6" w:history="1">
+            <w:hyperlink r:id="rId157969a41ba4b3856" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5092,51 +5092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex, each phylotype is thought to have a different geographical origin. Phylotype I is regarded to be of Asian origin, Phylotype II of Central and South American Origin, Phylotype III of African origin and Phylotype IV of Indonesian origin. Whereas Phylotypes III and IV appear to have largely remained in their centres of origin, Phylotypes I and II have been dispersed worldwide. International transmission of distinct genotypes is likely to have occurred through trade in infected, often asymptomatic, vegetatively propagated crops (e.g. banana/plantain, potato and ginger) and ornamental host plants and plant parts). Specific maps for the different species of the RSSC complex is available in EPPO Global Database and a meta-analysis of the known global distribution and host range of the RSSC compiled at the University of California Davis (Lowe-Power </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021) has resulted in a database of phylotype and sequevar distribution, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927669891f8126fc8" w:history="1">
+      <w:hyperlink r:id="rId829769a41ba4b5559" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://github.com/lowepowerlab/Ralstonia_Global_Diversity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5157,105 +5157,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81194814" name="name808169891f8127985" descr="RALSSO_distribution_map.jpg"/>
+            <wp:docPr id="65889399" name="name124869a41ba4b6555" descr="RALSSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId547869891f8127982" cstate="print"/>
+                    <a:blip r:embed="rId546369a41ba4b6552" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Bulgaria, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Jordan, Kyrgyzstan, Moldova, Republic of, Netherlands, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Central Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Belgium, Bulgaria, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Jordan, Kyrgyzstan, Moldova, Republic of, Netherlands, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Central Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angola, Benin, Burkina Faso, Burundi, Cameroon, Comoros, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Eswatini, Ethiopia, Gambia, Ghana, Guinea, Kenya, Lesotho, Madagascar, Malawi, Mali, Mauritius, Mayotte, Niger, Nigeria, Reunion, Rwanda, Senegal, Seychelles, Somalia, South Africa, Tanzania, United Republic of, Togo, Uganda, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6004,51 +6004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moko disease on AAA Cavendish banana or Bugtok disease on AAB type cooking banana, caused by some strains of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phylotype II, first appears on young and fast-growing plants, the youngest leaves turn pale-green or yellow, and wilt. Within a week all leaves may collapse. Young suckers may be blackened, stunted or twisted. The pseudostems show brown vascular discoloration (Hayward, 1983). Moko disease is easily confused with Panama disease caused by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459069891f81286de" w:history="1">
+      <w:hyperlink r:id="rId129269a41ba4b6cde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Fusarium oxysporum</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> f. sp. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996169891f8129885" w:history="1">
+      <w:hyperlink r:id="rId751869a41ba4b797e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8057,51 +8057,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489669891f81299a2" w:history="1">
+      <w:hyperlink r:id="rId363069a41ba4b7a92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8263,51 +8263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256369891f8129af0" w:history="1">
+      <w:hyperlink r:id="rId962769a41ba4b7be1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8331,231 +8331,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548069891f8129ba5" w:history="1">
+      <w:hyperlink r:id="rId656169a41ba4b7c60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728969891f8129bf8" w:history="1">
+      <w:hyperlink r:id="rId857369a41ba4b7cb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488769891f8129c29" w:history="1">
+      <w:hyperlink r:id="rId440569a41ba4b7ce4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131969891f8129c7b" w:history="1">
+      <w:hyperlink r:id="rId586669a41ba4b7d36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId622569891f8129ccb" w:history="1">
+      <w:hyperlink r:id="rId185569a41ba4b7d85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8775,51 +8775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964469891f8129f13" w:history="1">
+      <w:hyperlink r:id="rId841269a41ba4b7f2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9197,51 +9197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825169891f812a239" w:history="1">
+      <w:hyperlink r:id="rId552469a41ba4b81cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9256,51 +9256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowe-Power T, Avalos J, Munoz MC, Chipman K (2021) A meta-analysis of the known global distribution and host range of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638769891f812a2d8" w:history="1">
+      <w:hyperlink r:id="rId922869a41ba4b822b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2020.07.13.189936</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9326,51 +9326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919069891f812a34d" w:history="1">
+      <w:hyperlink r:id="rId643469a41ba4b829c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9681,51 +9681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131169891f812a5f7" w:history="1">
+      <w:hyperlink r:id="rId659269a41ba4b84d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9751,51 +9751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185369891f812a66a" w:history="1">
+      <w:hyperlink r:id="rId262669a41ba4b8547" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10444,51 +10444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812469891f812ab52" w:history="1">
+      <w:hyperlink r:id="rId728969a41ba4b89b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10730,51 +10730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId998569891f812ad3e" w:history="1">
+      <w:hyperlink r:id="rId797969a41ba4b8b86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10818,51 +10818,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59-163</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465169891f812adce" w:history="1">
+      <w:hyperlink r:id="rId394869a41ba4b8c19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765069891f812b1b7" w:history="1">
+      <w:hyperlink r:id="rId102369a41ba4b8fe7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522969891f812b2ed" w:history="1">
+      <w:hyperlink r:id="rId975069a41ba4b911c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11843,90 +11843,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 53-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757769891f812b451" w:history="1">
+      <w:hyperlink r:id="rId872869a41ba4b936f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02770.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18143305" name="name800969891f812b4d1" descr="eu_funding_250.png"/>
+            <wp:docPr id="72695529" name="name379869a41ba4b97e4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId976469891f812b4d0" cstate="print"/>
+                    <a:blip r:embed="rId336869a41ba4b97e2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12024,137 +12024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16901928">
+  <w:abstractNum w:abstractNumId="42538708">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79065732">
+    <w:lvl w:ilvl="0" w:tplc="71963699">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79065732" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71963699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79065732" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71963699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79065732" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71963699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79065732" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71963699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79065732" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71963699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79065732" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71963699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79065732" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71963699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79065732" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71963699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16901927">
+  <w:abstractNum w:abstractNumId="42538707">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99617583">
+    <w:lvl w:ilvl="0" w:tplc="49122683">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12906,55 +12906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16901927">
-    <w:abstractNumId w:val="16901927"/>
+  <w:num w:numId="42538707">
+    <w:abstractNumId w:val="42538707"/>
   </w:num>
-  <w:num w:numId="16901928">
-    <w:abstractNumId w:val="16901928"/>
+  <w:num w:numId="42538708">
+    <w:abstractNumId w:val="42538708"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24504,51 +24504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId272098428" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId405197486" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId899969891f8124bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId692369891f8124bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId212269891f81252e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId927669891f8126fc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId459069891f81286de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId996169891f8129885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId489669891f81299a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId256369891f8129af0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId548069891f8129ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId728969891f8129bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId488769891f8129c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId131969891f8129c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId622569891f8129ccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId964469891f8129f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId825169891f812a239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId638769891f812a2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId919069891f812a34d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId131169891f812a5f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId185369891f812a66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId812469891f812ab52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId998569891f812ad3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId465169891f812adce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId765069891f812b1b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId522969891f812b2ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId757769891f812b451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId109969891f81251b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109969891f81251b3.jpg"/><Relationship Id="rId547869891f8127982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId547869891f8127982.jpg"/><Relationship Id="rId976469891f812b4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId976469891f812b4d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104029855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId421449756" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId924469a41ba4b2f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId221069a41ba4b2f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId157969a41ba4b3856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId829769a41ba4b5559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId129269a41ba4b6cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId751869a41ba4b797e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId363069a41ba4b7a92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId962769a41ba4b7be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId656169a41ba4b7c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId857369a41ba4b7cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId440569a41ba4b7ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId586669a41ba4b7d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId185569a41ba4b7d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId841269a41ba4b7f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId552469a41ba4b81cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId922869a41ba4b822b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId643469a41ba4b829c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId659269a41ba4b84d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId262669a41ba4b8547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId728969a41ba4b89b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId797969a41ba4b8b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId394869a41ba4b8c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId102369a41ba4b8fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId975069a41ba4b911c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId872869a41ba4b936f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId848269a41ba4b3720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId848269a41ba4b3720.jpg"/><Relationship Id="rId546369a41ba4b6552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId546369a41ba4b6552.jpg"/><Relationship Id="rId336869a41ba4b97e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId336869a41ba4b97e2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>