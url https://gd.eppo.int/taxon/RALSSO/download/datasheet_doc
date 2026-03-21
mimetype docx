--- v7 (2026-03-01)
+++ v8 (2026-03-21)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId924469a41ba4b2f22" w:history="1">
+            <w:hyperlink r:id="rId808569be8bd02bd85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221069a41ba4b2f68" w:history="1">
+            <w:hyperlink r:id="rId892069be8bd02bdca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61092044" name="name268269a41ba4b3722" descr="4180.jpg"/>
+                  <wp:docPr id="7776912" name="name810969be8bd02c236" descr="4180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId848269a41ba4b3720" cstate="print"/>
+                          <a:blip r:embed="rId404169be8bd02c234" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId157969a41ba4b3856" w:history="1">
+            <w:hyperlink r:id="rId339569be8bd02c35c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5092,51 +5092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex, each phylotype is thought to have a different geographical origin. Phylotype I is regarded to be of Asian origin, Phylotype II of Central and South American Origin, Phylotype III of African origin and Phylotype IV of Indonesian origin. Whereas Phylotypes III and IV appear to have largely remained in their centres of origin, Phylotypes I and II have been dispersed worldwide. International transmission of distinct genotypes is likely to have occurred through trade in infected, often asymptomatic, vegetatively propagated crops (e.g. banana/plantain, potato and ginger) and ornamental host plants and plant parts). Specific maps for the different species of the RSSC complex is available in EPPO Global Database and a meta-analysis of the known global distribution and host range of the RSSC compiled at the University of California Davis (Lowe-Power </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021) has resulted in a database of phylotype and sequevar distribution, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829769a41ba4b5559" w:history="1">
+      <w:hyperlink r:id="rId965769be8bd02e367" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://github.com/lowepowerlab/Ralstonia_Global_Diversity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5157,63 +5157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65889399" name="name124869a41ba4b6555" descr="RALSSO_distribution_map.jpg"/>
+            <wp:docPr id="78147589" name="name964569be8bd02f4f0" descr="RALSSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId546369a41ba4b6552" cstate="print"/>
+                    <a:blip r:embed="rId352769be8bd02f4ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6004,51 +6004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Moko disease on AAA Cavendish banana or Bugtok disease on AAB type cooking banana, caused by some strains of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phylotype II, first appears on young and fast-growing plants, the youngest leaves turn pale-green or yellow, and wilt. Within a week all leaves may collapse. Young suckers may be blackened, stunted or twisted. The pseudostems show brown vascular discoloration (Hayward, 1983). Moko disease is easily confused with Panama disease caused by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId129269a41ba4b6cde" w:history="1">
+      <w:hyperlink r:id="rId221569be8bd02ff2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Fusarium oxysporum</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> f. sp. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751869a41ba4b797e" w:history="1">
+      <w:hyperlink r:id="rId469569be8bd03162c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8057,51 +8057,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363069a41ba4b7a92" w:history="1">
+      <w:hyperlink r:id="rId186969be8bd03175c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8263,51 +8263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962769a41ba4b7be1" w:history="1">
+      <w:hyperlink r:id="rId913569be8bd031916" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8331,231 +8331,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656169a41ba4b7c60" w:history="1">
+      <w:hyperlink r:id="rId663169be8bd031991" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId857369a41ba4b7cb3" w:history="1">
+      <w:hyperlink r:id="rId270369be8bd0319e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440569a41ba4b7ce4" w:history="1">
+      <w:hyperlink r:id="rId702569be8bd031a19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId586669a41ba4b7d36" w:history="1">
+      <w:hyperlink r:id="rId653969be8bd031a88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185569a41ba4b7d85" w:history="1">
+      <w:hyperlink r:id="rId661269be8bd031adf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8775,51 +8775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId841269a41ba4b7f2d" w:history="1">
+      <w:hyperlink r:id="rId532069be8bd031daa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9197,51 +9197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552469a41ba4b81cb" w:history="1">
+      <w:hyperlink r:id="rId150069be8bd032150" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9256,51 +9256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowe-Power T, Avalos J, Munoz MC, Chipman K (2021) A meta-analysis of the known global distribution and host range of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species complex. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922869a41ba4b822b" w:history="1">
+      <w:hyperlink r:id="rId598369be8bd0321cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2020.07.13.189936</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9326,51 +9326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643469a41ba4b829c" w:history="1">
+      <w:hyperlink r:id="rId581869be8bd0322b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9681,51 +9681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659269a41ba4b84d4" w:history="1">
+      <w:hyperlink r:id="rId605069be8bd03259c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9751,51 +9751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262669a41ba4b8547" w:history="1">
+      <w:hyperlink r:id="rId288469be8bd032618" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10444,51 +10444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087-3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728969a41ba4b89b8" w:history="1">
+      <w:hyperlink r:id="rId305769be8bd032b1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10730,51 +10730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797969a41ba4b8b86" w:history="1">
+      <w:hyperlink r:id="rId740169be8bd032d5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10818,51 +10818,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59-163</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394869a41ba4b8c19" w:history="1">
+      <w:hyperlink r:id="rId208769be8bd032df5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId102369a41ba4b8fe7" w:history="1">
+      <w:hyperlink r:id="rId870369be8bd0331de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975069a41ba4b911c" w:history="1">
+      <w:hyperlink r:id="rId756569be8bd033321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11843,90 +11843,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 53-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872869a41ba4b936f" w:history="1">
+      <w:hyperlink r:id="rId120769be8bd0334b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02770.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72695529" name="name379869a41ba4b97e4" descr="eu_funding_250.png"/>
+            <wp:docPr id="81005325" name="name587869be8bd03353e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId336869a41ba4b97e2" cstate="print"/>
+                    <a:blip r:embed="rId634969be8bd03353c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12024,137 +12024,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42538708">
+  <w:abstractNum w:abstractNumId="69364918">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71963699">
+    <w:lvl w:ilvl="0" w:tplc="92257933">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71963699" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92257933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71963699" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92257933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71963699" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92257933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71963699" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92257933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71963699" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92257933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71963699" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92257933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71963699" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92257933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71963699" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92257933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42538707">
+  <w:abstractNum w:abstractNumId="69364917">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49122683">
+    <w:lvl w:ilvl="0" w:tplc="42068045">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12906,55 +12906,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42538707">
-    <w:abstractNumId w:val="42538707"/>
+  <w:num w:numId="69364917">
+    <w:abstractNumId w:val="69364917"/>
   </w:num>
-  <w:num w:numId="42538708">
-    <w:abstractNumId w:val="42538708"/>
+  <w:num w:numId="69364918">
+    <w:abstractNumId w:val="69364918"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24504,51 +24504,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104029855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId421449756" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId924469a41ba4b2f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId221069a41ba4b2f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId157969a41ba4b3856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId829769a41ba4b5559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId129269a41ba4b6cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId751869a41ba4b797e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId363069a41ba4b7a92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId962769a41ba4b7be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId656169a41ba4b7c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId857369a41ba4b7cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId440569a41ba4b7ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId586669a41ba4b7d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId185569a41ba4b7d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId841269a41ba4b7f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId552469a41ba4b81cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId922869a41ba4b822b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId643469a41ba4b829c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId659269a41ba4b84d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId262669a41ba4b8547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId728969a41ba4b89b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId797969a41ba4b8b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId394869a41ba4b8c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId102369a41ba4b8fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId975069a41ba4b911c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId872869a41ba4b936f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId848269a41ba4b3720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId848269a41ba4b3720.jpg"/><Relationship Id="rId546369a41ba4b6552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId546369a41ba4b6552.jpg"/><Relationship Id="rId336869a41ba4b97e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId336869a41ba4b97e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId376184067" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId949423998" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId808569be8bd02bd85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/" TargetMode="External"/><Relationship Id="rId892069be8bd02bdca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/categorization" TargetMode="External"/><Relationship Id="rId339569be8bd02c35c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSO/photos" TargetMode="External"/><Relationship Id="rId965769be8bd02e367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lowepowerlab/Ralstonia_Global_Diversity" TargetMode="External"/><Relationship Id="rId221569be8bd02ff2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAC4" TargetMode="External"/><Relationship Id="rId469569be8bd03162c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId186969be8bd03175c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId913569be8bd031916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId663169be8bd031991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId270369be8bd0319e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId702569be8bd031a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId653969be8bd031a88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId661269be8bd031adf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId532069be8bd031daa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId150069be8bd032150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId598369be8bd0321cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2020.07.13.189936" TargetMode="External"/><Relationship Id="rId581869be8bd0322b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId605069be8bd03259c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId288469be8bd032618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId305769be8bd032b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId740169be8bd032d5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId208769be8bd032df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId870369be8bd0331de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId756569be8bd033321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId120769be8bd0334b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02770.x" TargetMode="External"/><Relationship Id="rId404169be8bd02c234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId404169be8bd02c234.jpg"/><Relationship Id="rId352769be8bd02f4ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId352769be8bd02f4ec.jpg"/><Relationship Id="rId634969be8bd03353c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634969be8bd03353c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>