--- v0 (2025-10-07)
+++ v1 (2026-02-09)
@@ -962,51 +962,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>