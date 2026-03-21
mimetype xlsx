--- v1 (2026-02-09)
+++ v2 (2026-03-21)
@@ -4284,51 +4284,51 @@
       <c r="B161" t="s">
         <v>334</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>335</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
         <v>259</v>
       </c>
       <c r="B162" t="s">
         <v>336</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>337</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
         <v>259</v>
       </c>
       <c r="B163" t="s">
         <v>338</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>339</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
         <v>259</v>
       </c>
       <c r="B164" t="s">
         <v>338</v>
       </c>