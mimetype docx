--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown rot of potato, moko disease of banana</w:t>
             </w:r>
-            <w:hyperlink r:id="rId682568e43b00d5ebe" w:history="1">
+            <w:hyperlink r:id="rId494269002b7cdd319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389968e43b00d5f0b" w:history="1">
+            <w:hyperlink r:id="rId627769002b7cdd383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56653639" name="name335968e43b00d5f85" descr="18069.jpg"/>
+                  <wp:docPr id="42912979" name="name217269002b7cdd455" descr="18069.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18069.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId242368e43b00d5f84" cstate="print"/>
+                          <a:blip r:embed="rId861169002b7cdd453" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId538068e43b00d6056" w:history="1">
+            <w:hyperlink r:id="rId569169002b7cdd580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3044,63 +3044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(RSSC phylotype II), is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2919145" name="name497868e43b00d6d24" descr="RALSSL_distribution_map.jpg"/>
+            <wp:docPr id="13117165" name="name144469002b7cdf058" descr="RALSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId705568e43b00d6d23" cstate="print"/>
+                    <a:blip r:embed="rId628569002b7cdf055" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5303,51 +5303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId454668e43b00d78f5" w:history="1">
+      <w:hyperlink r:id="rId962169002b7ce00f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5451,51 +5451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2367-2375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361868e43b00d79a4" w:history="1">
+      <w:hyperlink r:id="rId306469002b7ce01e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.06123-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5755,51 +5755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892968e43b00d7b02" w:history="1">
+      <w:hyperlink r:id="rId529969002b7ce03c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5841,231 +5841,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312568e43b00d7b68" w:history="1">
+      <w:hyperlink r:id="rId946069002b7ce0455" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465768e43b00d7ba2" w:history="1">
+      <w:hyperlink r:id="rId536569002b7ce04a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247268e43b00d7bc6" w:history="1">
+      <w:hyperlink r:id="rId829269002b7ce04d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from</w:t>
       </w:r>
-      <w:hyperlink r:id="rId830868e43b00d7c00" w:history="1">
+      <w:hyperlink r:id="rId925469002b7ce0525" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680768e43b00d7c39" w:history="1">
+      <w:hyperlink r:id="rId520769002b7ce0574" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6285,51 +6285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999568e43b00d7d75" w:history="1">
+      <w:hyperlink r:id="rId472769002b7ce0726" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6364,51 +6364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 679-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId301268e43b00d7dd1" w:history="1">
+      <w:hyperlink r:id="rId447569002b7ce07a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01512.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6815,51 +6815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509068e43b00d7fe2" w:history="1">
+      <w:hyperlink r:id="rId134069002b7ce0a83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6894,51 +6894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632168e43b00d8041" w:history="1">
+      <w:hyperlink r:id="rId367369002b7ce0b00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7318,51 +7318,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199468e43b00d822b" w:history="1">
+      <w:hyperlink r:id="rId654269002b7ce0da2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7933,81 +7933,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId555768e43b00d84ec" w:history="1">
+      <w:hyperlink r:id="rId761169002b7ce1166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397868e43b00d8512" w:history="1">
+      <w:hyperlink r:id="rId774269002b7ce119a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8701,51 +8701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861368e43b00d885a" w:history="1">
+      <w:hyperlink r:id="rId827369002b7ce162a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8987,51 +8987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180268e43b00d89a5" w:history="1">
+      <w:hyperlink r:id="rId986869002b7ce17f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99238789" name="name606968e43b00d8a10" descr="eu_funding_250.png"/>
+            <wp:docPr id="20548456" name="name586169002b7ce1891" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId243568e43b00d8a0f" cstate="print"/>
+                    <a:blip r:embed="rId718969002b7ce1890" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31668736">
+  <w:abstractNum w:abstractNumId="84712991">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21596587">
+    <w:lvl w:ilvl="0" w:tplc="26185785">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21596587" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26185785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21596587" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26185785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21596587" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26185785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21596587" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26185785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21596587" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26185785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21596587" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26185785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21596587" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26185785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21596587" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26185785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31668735">
+  <w:abstractNum w:abstractNumId="84712990">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12391028">
+    <w:lvl w:ilvl="0" w:tplc="21713462">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31668735">
-    <w:abstractNumId w:val="31668735"/>
+  <w:num w:numId="84712990">
+    <w:abstractNumId w:val="84712990"/>
   </w:num>
-  <w:num w:numId="31668736">
-    <w:abstractNumId w:val="31668736"/>
+  <w:num w:numId="84712991">
+    <w:abstractNumId w:val="84712991"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId492848124" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId855170340" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId682568e43b00d5ebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId389968e43b00d5f0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId538068e43b00d6056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId454668e43b00d78f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId361868e43b00d79a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId892968e43b00d7b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId312568e43b00d7b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId465768e43b00d7ba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId247268e43b00d7bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId830868e43b00d7c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId680768e43b00d7c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId999568e43b00d7d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId301268e43b00d7dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId509068e43b00d7fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId632168e43b00d8041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId199468e43b00d822b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId555768e43b00d84ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId397868e43b00d8512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId861368e43b00d885a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId180268e43b00d89a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId242368e43b00d5f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId242368e43b00d5f84.jpg"/><Relationship Id="rId705568e43b00d6d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId705568e43b00d6d23.jpg"/><Relationship Id="rId243568e43b00d8a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId243568e43b00d8a0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId418834976" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669467857" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId494269002b7cdd319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId627769002b7cdd383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId569169002b7cdd580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId962169002b7ce00f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId306469002b7ce01e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId529969002b7ce03c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId946069002b7ce0455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId536569002b7ce04a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId829269002b7ce04d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId925469002b7ce0525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId520769002b7ce0574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId472769002b7ce0726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId447569002b7ce07a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId134069002b7ce0a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId367369002b7ce0b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId654269002b7ce0da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId761169002b7ce1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId774269002b7ce119a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId827369002b7ce162a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId986869002b7ce17f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId861169002b7cdd453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId861169002b7cdd453.jpg"/><Relationship Id="rId628569002b7cdf055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId628569002b7cdf055.jpg"/><Relationship Id="rId718969002b7ce1890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718969002b7ce1890.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>