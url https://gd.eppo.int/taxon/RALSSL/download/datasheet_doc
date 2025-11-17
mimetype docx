--- v1 (2025-10-28)
+++ v2 (2025-11-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown rot of potato, moko disease of banana</w:t>
             </w:r>
-            <w:hyperlink r:id="rId494269002b7cdd319" w:history="1">
+            <w:hyperlink r:id="rId6360691b1af7e6ac4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId627769002b7cdd383" w:history="1">
+            <w:hyperlink r:id="rId1207691b1af7e6b32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42912979" name="name217269002b7cdd455" descr="18069.jpg"/>
+                  <wp:docPr id="42386150" name="name5359691b1af7e6c07" descr="18069.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18069.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId861169002b7cdd453" cstate="print"/>
+                          <a:blip r:embed="rId8217691b1af7e6c06" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId569169002b7cdd580" w:history="1">
+            <w:hyperlink r:id="rId2766691b1af7e6d3a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3044,63 +3044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(RSSC phylotype II), is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13117165" name="name144469002b7cdf058" descr="RALSSL_distribution_map.jpg"/>
+            <wp:docPr id="50481154" name="name3464691b1af7e9016" descr="RALSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId628569002b7cdf055" cstate="print"/>
+                    <a:blip r:embed="rId8019691b1af7e9012" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5303,51 +5303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962169002b7ce00f3" w:history="1">
+      <w:hyperlink r:id="rId7640691b1af7ea3a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5451,51 +5451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2367-2375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306469002b7ce01e4" w:history="1">
+      <w:hyperlink r:id="rId1007691b1af7ea4ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.06123-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5755,51 +5755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529969002b7ce03c8" w:history="1">
+      <w:hyperlink r:id="rId8931691b1af7ea6bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5841,231 +5841,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946069002b7ce0455" w:history="1">
+      <w:hyperlink r:id="rId7825691b1af7ea752" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536569002b7ce04a5" w:history="1">
+      <w:hyperlink r:id="rId5747691b1af7ea7a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829269002b7ce04d5" w:history="1">
+      <w:hyperlink r:id="rId9251691b1af7ea7d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from</w:t>
       </w:r>
-      <w:hyperlink r:id="rId925469002b7ce0525" w:history="1">
+      <w:hyperlink r:id="rId3709691b1af7ea82a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520769002b7ce0574" w:history="1">
+      <w:hyperlink r:id="rId7381691b1af7ea87c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6285,51 +6285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472769002b7ce0726" w:history="1">
+      <w:hyperlink r:id="rId4418691b1af7eaa36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6364,51 +6364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 679-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447569002b7ce07a3" w:history="1">
+      <w:hyperlink r:id="rId4440691b1af7eaab8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01512.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6815,51 +6815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134069002b7ce0a83" w:history="1">
+      <w:hyperlink r:id="rId2804691b1af7eadb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6894,51 +6894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367369002b7ce0b00" w:history="1">
+      <w:hyperlink r:id="rId5103691b1af7eae3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7318,51 +7318,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654269002b7ce0da2" w:history="1">
+      <w:hyperlink r:id="rId4076691b1af7eb0f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7933,81 +7933,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761169002b7ce1166" w:history="1">
+      <w:hyperlink r:id="rId1321691b1af7eb4d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId774269002b7ce119a" w:history="1">
+      <w:hyperlink r:id="rId1391691b1af7eb50c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8701,51 +8701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827369002b7ce162a" w:history="1">
+      <w:hyperlink r:id="rId5111691b1af7eb9f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8987,51 +8987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId986869002b7ce17f3" w:history="1">
+      <w:hyperlink r:id="rId9025691b1af7ebbc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20548456" name="name586169002b7ce1891" descr="eu_funding_250.png"/>
+            <wp:docPr id="89515668" name="name8835691b1af7ebc92" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId718969002b7ce1890" cstate="print"/>
+                    <a:blip r:embed="rId4012691b1af7ebc91" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84712991">
+  <w:abstractNum w:abstractNumId="90250391">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26185785">
+    <w:lvl w:ilvl="0" w:tplc="16261148">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26185785" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16261148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26185785" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16261148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26185785" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16261148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26185785" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16261148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26185785" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16261148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26185785" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16261148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26185785" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16261148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26185785" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16261148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84712990">
+  <w:abstractNum w:abstractNumId="90250390">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21713462">
+    <w:lvl w:ilvl="0" w:tplc="52843887">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84712990">
-    <w:abstractNumId w:val="84712990"/>
+  <w:num w:numId="90250390">
+    <w:abstractNumId w:val="90250390"/>
   </w:num>
-  <w:num w:numId="84712991">
-    <w:abstractNumId w:val="84712991"/>
+  <w:num w:numId="90250391">
+    <w:abstractNumId w:val="90250391"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId418834976" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669467857" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId494269002b7cdd319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId627769002b7cdd383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId569169002b7cdd580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId962169002b7ce00f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId306469002b7ce01e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId529969002b7ce03c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId946069002b7ce0455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId536569002b7ce04a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId829269002b7ce04d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId925469002b7ce0525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId520769002b7ce0574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId472769002b7ce0726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId447569002b7ce07a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId134069002b7ce0a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId367369002b7ce0b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId654269002b7ce0da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId761169002b7ce1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId774269002b7ce119a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId827369002b7ce162a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId986869002b7ce17f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId861169002b7cdd453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId861169002b7cdd453.jpg"/><Relationship Id="rId628569002b7cdf055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId628569002b7cdf055.jpg"/><Relationship Id="rId718969002b7ce1890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718969002b7ce1890.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId507144091" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259874839" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6360691b1af7e6ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId1207691b1af7e6b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId2766691b1af7e6d3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId7640691b1af7ea3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId1007691b1af7ea4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId8931691b1af7ea6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId7825691b1af7ea752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5747691b1af7ea7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9251691b1af7ea7d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3709691b1af7ea82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7381691b1af7ea87c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4418691b1af7eaa36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId4440691b1af7eaab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId2804691b1af7eadb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId5103691b1af7eae3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId4076691b1af7eb0f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId1321691b1af7eb4d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId1391691b1af7eb50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId5111691b1af7eb9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId9025691b1af7ebbc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8217691b1af7e6c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8217691b1af7e6c06.jpg"/><Relationship Id="rId8019691b1af7e9012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8019691b1af7e9012.jpg"/><Relationship Id="rId4012691b1af7ebc91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4012691b1af7ebc91.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>