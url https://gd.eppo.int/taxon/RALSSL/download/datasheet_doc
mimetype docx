--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown rot of potato, moko disease of banana</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6360691b1af7e6ac4" w:history="1">
+            <w:hyperlink r:id="rId28916935a258724c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1207691b1af7e6b32" w:history="1">
+            <w:hyperlink r:id="rId89786935a25872532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42386150" name="name5359691b1af7e6c07" descr="18069.jpg"/>
+                  <wp:docPr id="27944117" name="name31966935a2587260b" descr="18069.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18069.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8217691b1af7e6c06" cstate="print"/>
+                          <a:blip r:embed="rId99976935a25872609" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2766691b1af7e6d3a" w:history="1">
+            <w:hyperlink r:id="rId94146935a2587271b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3044,63 +3044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(RSSC phylotype II), is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50481154" name="name3464691b1af7e9016" descr="RALSSL_distribution_map.jpg"/>
+            <wp:docPr id="5662224" name="name82776935a2587427e" descr="RALSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8019691b1af7e9012" cstate="print"/>
+                    <a:blip r:embed="rId94426935a2587427b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5303,51 +5303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7640691b1af7ea3a4" w:history="1">
+      <w:hyperlink r:id="rId43196935a25875374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5451,51 +5451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2367-2375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1007691b1af7ea4ae" w:history="1">
+      <w:hyperlink r:id="rId11176935a25875469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.06123-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5755,51 +5755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8931691b1af7ea6bd" w:history="1">
+      <w:hyperlink r:id="rId52776935a25875650" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5841,231 +5841,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7825691b1af7ea752" w:history="1">
+      <w:hyperlink r:id="rId13356935a258756de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5747691b1af7ea7a4" w:history="1">
+      <w:hyperlink r:id="rId43376935a2587572f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9251691b1af7ea7d8" w:history="1">
+      <w:hyperlink r:id="rId71796935a25875761" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3709691b1af7ea82a" w:history="1">
+      <w:hyperlink r:id="rId96796935a258757b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7381691b1af7ea87c" w:history="1">
+      <w:hyperlink r:id="rId83646935a25875801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6285,51 +6285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4418691b1af7eaa36" w:history="1">
+      <w:hyperlink r:id="rId94436935a258759b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6364,51 +6364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 679-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4440691b1af7eaab8" w:history="1">
+      <w:hyperlink r:id="rId37996935a25875a33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01512.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6815,51 +6815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2804691b1af7eadb7" w:history="1">
+      <w:hyperlink r:id="rId43956935a25875d06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6894,51 +6894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5103691b1af7eae3b" w:history="1">
+      <w:hyperlink r:id="rId63746935a25875d84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7318,51 +7318,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4076691b1af7eb0f0" w:history="1">
+      <w:hyperlink r:id="rId47426935a2587602a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7933,81 +7933,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1321691b1af7eb4d7" w:history="1">
+      <w:hyperlink r:id="rId85556935a25876406" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1391691b1af7eb50c" w:history="1">
+      <w:hyperlink r:id="rId13256935a2587643c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8701,51 +8701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5111691b1af7eb9f3" w:history="1">
+      <w:hyperlink r:id="rId29366935a258768d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8987,51 +8987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9025691b1af7ebbc8" w:history="1">
+      <w:hyperlink r:id="rId75186935a25876aa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89515668" name="name8835691b1af7ebc92" descr="eu_funding_250.png"/>
+            <wp:docPr id="53542144" name="name66006935a25876b5f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4012691b1af7ebc91" cstate="print"/>
+                    <a:blip r:embed="rId35976935a25876b5e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90250391">
+  <w:abstractNum w:abstractNumId="17627565">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16261148">
+    <w:lvl w:ilvl="0" w:tplc="53487216">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16261148" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53487216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16261148" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53487216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16261148" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53487216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16261148" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53487216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16261148" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53487216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16261148" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53487216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16261148" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53487216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16261148" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53487216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90250390">
+  <w:abstractNum w:abstractNumId="17627564">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52843887">
+    <w:lvl w:ilvl="0" w:tplc="41479200">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90250390">
-    <w:abstractNumId w:val="90250390"/>
+  <w:num w:numId="17627564">
+    <w:abstractNumId w:val="17627564"/>
   </w:num>
-  <w:num w:numId="90250391">
-    <w:abstractNumId w:val="90250391"/>
+  <w:num w:numId="17627565">
+    <w:abstractNumId w:val="17627565"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId507144091" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259874839" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6360691b1af7e6ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId1207691b1af7e6b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId2766691b1af7e6d3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId7640691b1af7ea3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId1007691b1af7ea4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId8931691b1af7ea6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId7825691b1af7ea752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5747691b1af7ea7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9251691b1af7ea7d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3709691b1af7ea82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7381691b1af7ea87c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4418691b1af7eaa36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId4440691b1af7eaab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId2804691b1af7eadb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId5103691b1af7eae3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId4076691b1af7eb0f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId1321691b1af7eb4d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId1391691b1af7eb50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId5111691b1af7eb9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId9025691b1af7ebbc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8217691b1af7e6c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8217691b1af7e6c06.jpg"/><Relationship Id="rId8019691b1af7e9012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8019691b1af7e9012.jpg"/><Relationship Id="rId4012691b1af7ebc91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4012691b1af7ebc91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId802571657" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId951866228" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28916935a258724c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId89786935a25872532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId94146935a2587271b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId43196935a25875374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId11176935a25875469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId52776935a25875650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId13356935a258756de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId43376935a2587572f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId71796935a25875761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId96796935a258757b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId83646935a25875801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId94436935a258759b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId37996935a25875a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId43956935a25875d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId63746935a25875d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId47426935a2587602a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId85556935a25876406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId13256935a2587643c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId29366935a258768d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId75186935a25876aa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99976935a25872609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99976935a25872609.jpg"/><Relationship Id="rId94426935a2587427b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94426935a2587427b.jpg"/><Relationship Id="rId35976935a25876b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35976935a25876b5e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>