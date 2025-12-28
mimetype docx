--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown rot of potato, moko disease of banana</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28916935a258724c8" w:history="1">
+            <w:hyperlink r:id="rId37736950da3773fcd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89786935a25872532" w:history="1">
+            <w:hyperlink r:id="rId82306950da3774039" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27944117" name="name31966935a2587260b" descr="18069.jpg"/>
+                  <wp:docPr id="42536169" name="name89346950da3774117" descr="18069.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18069.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId99976935a25872609" cstate="print"/>
+                          <a:blip r:embed="rId76696950da3774116" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId94146935a2587271b" w:history="1">
+            <w:hyperlink r:id="rId86866950da377426f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3044,63 +3044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(RSSC phylotype II), is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5662224" name="name82776935a2587427e" descr="RALSSL_distribution_map.jpg"/>
+            <wp:docPr id="55369815" name="name63216950da3775491" descr="RALSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId94426935a2587427b" cstate="print"/>
+                    <a:blip r:embed="rId23306950da377548f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5303,51 +5303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43196935a25875374" w:history="1">
+      <w:hyperlink r:id="rId49976950da377659e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5451,51 +5451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2367-2375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11176935a25875469" w:history="1">
+      <w:hyperlink r:id="rId73106950da3776695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.06123-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5755,51 +5755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52776935a25875650" w:history="1">
+      <w:hyperlink r:id="rId79966950da377688e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5841,231 +5841,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13356935a258756de" w:history="1">
+      <w:hyperlink r:id="rId82896950da377691d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43376935a2587572f" w:history="1">
+      <w:hyperlink r:id="rId55466950da3776970" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71796935a25875761" w:history="1">
+      <w:hyperlink r:id="rId72076950da37769a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from</w:t>
       </w:r>
-      <w:hyperlink r:id="rId96796935a258757b1" w:history="1">
+      <w:hyperlink r:id="rId67136950da37769f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83646935a25875801" w:history="1">
+      <w:hyperlink r:id="rId58376950da3776a44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6285,51 +6285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94436935a258759b2" w:history="1">
+      <w:hyperlink r:id="rId80266950da3776c00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6364,51 +6364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 679-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37996935a25875a33" w:history="1">
+      <w:hyperlink r:id="rId19486950da3776c80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01512.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6815,51 +6815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43956935a25875d06" w:history="1">
+      <w:hyperlink r:id="rId48566950da3776f5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6894,51 +6894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63746935a25875d84" w:history="1">
+      <w:hyperlink r:id="rId17516950da3776fdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7318,51 +7318,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47426935a2587602a" w:history="1">
+      <w:hyperlink r:id="rId55106950da37772aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7933,81 +7933,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85556935a25876406" w:history="1">
+      <w:hyperlink r:id="rId71306950da3777686" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13256935a2587643c" w:history="1">
+      <w:hyperlink r:id="rId74886950da37776c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8701,51 +8701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29366935a258768d8" w:history="1">
+      <w:hyperlink r:id="rId13026950da3777b6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8987,51 +8987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75186935a25876aa2" w:history="1">
+      <w:hyperlink r:id="rId79696950da3777d3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53542144" name="name66006935a25876b5f" descr="eu_funding_250.png"/>
+            <wp:docPr id="8259552" name="name47456950da3777dfc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35976935a25876b5e" cstate="print"/>
+                    <a:blip r:embed="rId30266950da3777dfb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17627565">
+  <w:abstractNum w:abstractNumId="23605291">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53487216">
+    <w:lvl w:ilvl="0" w:tplc="95807174">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53487216" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95807174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53487216" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95807174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53487216" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95807174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53487216" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95807174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53487216" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95807174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53487216" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95807174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53487216" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95807174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53487216" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95807174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17627564">
+  <w:abstractNum w:abstractNumId="23605290">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41479200">
+    <w:lvl w:ilvl="0" w:tplc="36459280">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17627564">
-    <w:abstractNumId w:val="17627564"/>
+  <w:num w:numId="23605290">
+    <w:abstractNumId w:val="23605290"/>
   </w:num>
-  <w:num w:numId="17627565">
-    <w:abstractNumId w:val="17627565"/>
+  <w:num w:numId="23605291">
+    <w:abstractNumId w:val="23605291"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId802571657" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId951866228" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28916935a258724c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId89786935a25872532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId94146935a2587271b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId43196935a25875374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId11176935a25875469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId52776935a25875650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId13356935a258756de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId43376935a2587572f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId71796935a25875761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId96796935a258757b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId83646935a25875801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId94436935a258759b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId37996935a25875a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId43956935a25875d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId63746935a25875d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId47426935a2587602a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId85556935a25876406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId13256935a2587643c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId29366935a258768d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId75186935a25876aa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99976935a25872609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99976935a25872609.jpg"/><Relationship Id="rId94426935a2587427b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94426935a2587427b.jpg"/><Relationship Id="rId35976935a25876b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35976935a25876b5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId780384587" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId330035062" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37736950da3773fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId82306950da3774039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId86866950da377426f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId49976950da377659e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId73106950da3776695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId79966950da377688e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId82896950da377691d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId55466950da3776970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId72076950da37769a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId67136950da37769f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId58376950da3776a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId80266950da3776c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId19486950da3776c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId48566950da3776f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId17516950da3776fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId55106950da37772aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId71306950da3777686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId74886950da37776c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId13026950da3777b6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId79696950da3777d3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId76696950da3774116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76696950da3774116.jpg"/><Relationship Id="rId23306950da377548f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23306950da377548f.jpg"/><Relationship Id="rId30266950da3777dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30266950da3777dfb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>