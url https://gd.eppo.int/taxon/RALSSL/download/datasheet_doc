--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown rot of potato, moko disease of banana</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37736950da3773fcd" w:history="1">
+            <w:hyperlink r:id="rId9404696b5771c484e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82306950da3774039" w:history="1">
+            <w:hyperlink r:id="rId3682696b5771c48b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42536169" name="name89346950da3774117" descr="18069.jpg"/>
+                  <wp:docPr id="14533560" name="name8372696b5771c5037" descr="18069.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18069.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId76696950da3774116" cstate="print"/>
+                          <a:blip r:embed="rId6729696b5771c5035" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId86866950da377426f" w:history="1">
+            <w:hyperlink r:id="rId8061696b5771c5197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3044,63 +3044,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(RSSC phylotype II), is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55369815" name="name63216950da3775491" descr="RALSSL_distribution_map.jpg"/>
+            <wp:docPr id="90056057" name="name4611696b5771c70f6" descr="RALSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23306950da377548f" cstate="print"/>
+                    <a:blip r:embed="rId5681696b5771c70f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5303,51 +5303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49976950da377659e" w:history="1">
+      <w:hyperlink r:id="rId7952696b5771c822c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5451,51 +5451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2367-2375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73106950da3776695" w:history="1">
+      <w:hyperlink r:id="rId3226696b5771c8336" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.06123-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5755,51 +5755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79966950da377688e" w:history="1">
+      <w:hyperlink r:id="rId5589696b5771c852c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5841,231 +5841,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82896950da377691d" w:history="1">
+      <w:hyperlink r:id="rId7952696b5771c85bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55466950da3776970" w:history="1">
+      <w:hyperlink r:id="rId1258696b5771c8613" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72076950da37769a3" w:history="1">
+      <w:hyperlink r:id="rId1317696b5771c8647" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from</w:t>
       </w:r>
-      <w:hyperlink r:id="rId67136950da37769f4" w:history="1">
+      <w:hyperlink r:id="rId1041696b5771c8698" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58376950da3776a44" w:history="1">
+      <w:hyperlink r:id="rId7766696b5771c86ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6285,51 +6285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80266950da3776c00" w:history="1">
+      <w:hyperlink r:id="rId6050696b5771c88b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6364,51 +6364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 679-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19486950da3776c80" w:history="1">
+      <w:hyperlink r:id="rId8967696b5771c8932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01512.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6815,51 +6815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48566950da3776f5f" w:history="1">
+      <w:hyperlink r:id="rId6780696b5771c8c11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6894,51 +6894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17516950da3776fdf" w:history="1">
+      <w:hyperlink r:id="rId6785696b5771c8c92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7318,51 +7318,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55106950da37772aa" w:history="1">
+      <w:hyperlink r:id="rId9868696b5771c8fad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7933,81 +7933,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71306950da3777686" w:history="1">
+      <w:hyperlink r:id="rId9002696b5771c93b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74886950da37776c1" w:history="1">
+      <w:hyperlink r:id="rId3083696b5771c93eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8701,51 +8701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13026950da3777b6c" w:history="1">
+      <w:hyperlink r:id="rId4109696b5771c9895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8965,73 +8965,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79696950da3777d3e" w:history="1">
+      <w:hyperlink r:id="rId4049696b5771c9a6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8259552" name="name47456950da3777dfc" descr="eu_funding_250.png"/>
+            <wp:docPr id="1915569" name="name6924696b5771c9c5a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30266950da3777dfb" cstate="print"/>
+                    <a:blip r:embed="rId8905696b5771c9c59" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23605291">
+  <w:abstractNum w:abstractNumId="81180894">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95807174">
+    <w:lvl w:ilvl="0" w:tplc="24235248">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95807174" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24235248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95807174" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24235248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95807174" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24235248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95807174" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24235248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95807174" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24235248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95807174" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24235248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95807174" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24235248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95807174" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24235248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23605290">
+  <w:abstractNum w:abstractNumId="81180893">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36459280">
+    <w:lvl w:ilvl="0" w:tplc="22139382">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23605290">
-    <w:abstractNumId w:val="23605290"/>
+  <w:num w:numId="81180893">
+    <w:abstractNumId w:val="81180893"/>
   </w:num>
-  <w:num w:numId="23605291">
-    <w:abstractNumId w:val="23605291"/>
+  <w:num w:numId="81180894">
+    <w:abstractNumId w:val="81180894"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId780384587" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId330035062" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37736950da3773fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId82306950da3774039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId86866950da377426f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId49976950da377659e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId73106950da3776695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId79966950da377688e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId82896950da377691d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId55466950da3776970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId72076950da37769a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId67136950da37769f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId58376950da3776a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId80266950da3776c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId19486950da3776c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId48566950da3776f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId17516950da3776fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId55106950da37772aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId71306950da3777686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId74886950da37776c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId13026950da3777b6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId79696950da3777d3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId76696950da3774116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76696950da3774116.jpg"/><Relationship Id="rId23306950da377548f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23306950da377548f.jpg"/><Relationship Id="rId30266950da3777dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30266950da3777dfb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764813849" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId589892782" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9404696b5771c484e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId3682696b5771c48b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId8061696b5771c5197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId7952696b5771c822c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId3226696b5771c8336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId5589696b5771c852c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId7952696b5771c85bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1258696b5771c8613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1317696b5771c8647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1041696b5771c8698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7766696b5771c86ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId6050696b5771c88b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId8967696b5771c8932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId6780696b5771c8c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId6785696b5771c8c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId9868696b5771c8fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId9002696b5771c93b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId3083696b5771c93eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId4109696b5771c9895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId4049696b5771c9a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6729696b5771c5035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6729696b5771c5035.jpg"/><Relationship Id="rId5681696b5771c70f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5681696b5771c70f2.jpg"/><Relationship Id="rId8905696b5771c9c59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8905696b5771c9c59.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>