--- v5 (2026-01-17)
+++ v6 (2026-02-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown rot of potato, moko disease of banana</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9404696b5771c484e" w:history="1">
+            <w:hyperlink r:id="rId41206989410b49a91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3682696b5771c48b8" w:history="1">
+            <w:hyperlink r:id="rId36496989410b49afc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14533560" name="name8372696b5771c5037" descr="18069.jpg"/>
+                  <wp:docPr id="98478390" name="name35726989410b4a09d" descr="18069.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18069.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6729696b5771c5035" cstate="print"/>
+                          <a:blip r:embed="rId90476989410b4a09b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8061696b5771c5197" w:history="1">
+            <w:hyperlink r:id="rId26526989410b4a1de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3044,105 +3044,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(RSSC phylotype II), is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90056057" name="name4611696b5771c70f6" descr="RALSSL_distribution_map.jpg"/>
+            <wp:docPr id="53417448" name="name22616989410b4c447" descr="RALSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5681696b5771c70f2" cstate="print"/>
+                    <a:blip r:embed="rId54426989410b4c444" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Bulgaria, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Netherlands, Poland, Portugal (mainland), Romania, Russian Federation (the) (Central Russia), Serbia, Slovenia, Spain (mainland), Sweden, Türkiye, Ukraine, United Kingdom (England, Wales)</w:t>
+        <w:t xml:space="preserve"> Belgium, Bulgaria, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Netherlands, Poland, Portugal (mainland), Romania, Russian Federation (Central Russia), Serbia, Slovenia, Spain (mainland), Sweden, Türkiye, Ukraine, United Kingdom (England, Wales)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Burkina Faso, Burundi, Cameroon, Cote d'Ivoire, Egypt, Ethiopia, Guinea, Kenya, Madagascar, Malawi, Mali, Niger, Nigeria, Reunion, Rwanda, South Africa, Tanzania, United Republic of, Uganda, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5303,51 +5303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7952696b5771c822c" w:history="1">
+      <w:hyperlink r:id="rId32016989410b4d4df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5451,51 +5451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2367-2375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3226696b5771c8336" w:history="1">
+      <w:hyperlink r:id="rId37196989410b4d5d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.06123-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5755,51 +5755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5589696b5771c852c" w:history="1">
+      <w:hyperlink r:id="rId89616989410b4d7ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5841,231 +5841,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7952696b5771c85bf" w:history="1">
+      <w:hyperlink r:id="rId21956989410b4d848" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1258696b5771c8613" w:history="1">
+      <w:hyperlink r:id="rId42096989410b4d899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1317696b5771c8647" w:history="1">
+      <w:hyperlink r:id="rId23476989410b4d8ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1041696b5771c8698" w:history="1">
+      <w:hyperlink r:id="rId52596989410b4d91b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7766696b5771c86ea" w:history="1">
+      <w:hyperlink r:id="rId32846989410b4d96b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6285,51 +6285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6050696b5771c88b1" w:history="1">
+      <w:hyperlink r:id="rId12796989410b4db17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6364,51 +6364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 679-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8967696b5771c8932" w:history="1">
+      <w:hyperlink r:id="rId58466989410b4db97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01512.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6815,51 +6815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6780696b5771c8c11" w:history="1">
+      <w:hyperlink r:id="rId15206989410b4de68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6894,51 +6894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6785696b5771c8c92" w:history="1">
+      <w:hyperlink r:id="rId96816989410b4dee5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7318,51 +7318,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9868696b5771c8fad" w:history="1">
+      <w:hyperlink r:id="rId73586989410b4e188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7933,81 +7933,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9002696b5771c93b3" w:history="1">
+      <w:hyperlink r:id="rId56976989410b4e5b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3083696b5771c93eb" w:history="1">
+      <w:hyperlink r:id="rId83456989410b4e5ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8701,51 +8701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4109696b5771c9895" w:history="1">
+      <w:hyperlink r:id="rId52446989410b4ea92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8987,51 +8987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4049696b5771c9a6b" w:history="1">
+      <w:hyperlink r:id="rId40146989410b4ec5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1915569" name="name6924696b5771c9c5a" descr="eu_funding_250.png"/>
+            <wp:docPr id="87906644" name="name83406989410b4ef6d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8905696b5771c9c59" cstate="print"/>
+                    <a:blip r:embed="rId17476989410b4ef6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81180894">
+  <w:abstractNum w:abstractNumId="91329291">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24235248">
+    <w:lvl w:ilvl="0" w:tplc="31424529">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24235248" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31424529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24235248" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31424529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24235248" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31424529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24235248" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31424529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24235248" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31424529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24235248" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31424529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24235248" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31424529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24235248" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31424529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81180893">
+  <w:abstractNum w:abstractNumId="91329290">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22139382">
+    <w:lvl w:ilvl="0" w:tplc="32540032">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81180893">
-    <w:abstractNumId w:val="81180893"/>
+  <w:num w:numId="91329290">
+    <w:abstractNumId w:val="91329290"/>
   </w:num>
-  <w:num w:numId="81180894">
-    <w:abstractNumId w:val="81180894"/>
+  <w:num w:numId="91329291">
+    <w:abstractNumId w:val="91329291"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764813849" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId589892782" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9404696b5771c484e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId3682696b5771c48b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId8061696b5771c5197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId7952696b5771c822c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId3226696b5771c8336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId5589696b5771c852c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId7952696b5771c85bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1258696b5771c8613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1317696b5771c8647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1041696b5771c8698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7766696b5771c86ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId6050696b5771c88b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId8967696b5771c8932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId6780696b5771c8c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId6785696b5771c8c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId9868696b5771c8fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId9002696b5771c93b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId3083696b5771c93eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId4109696b5771c9895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId4049696b5771c9a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6729696b5771c5035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6729696b5771c5035.jpg"/><Relationship Id="rId5681696b5771c70f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5681696b5771c70f2.jpg"/><Relationship Id="rId8905696b5771c9c59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8905696b5771c9c59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId810546880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560021059" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41206989410b49a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId36496989410b49afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId26526989410b4a1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId32016989410b4d4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId37196989410b4d5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId89616989410b4d7ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId21956989410b4d848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId42096989410b4d899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId23476989410b4d8ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId52596989410b4d91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId32846989410b4d96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId12796989410b4db17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId58466989410b4db97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId15206989410b4de68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId96816989410b4dee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId73586989410b4e188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId56976989410b4e5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId83456989410b4e5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId52446989410b4ea92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId40146989410b4ec5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90476989410b4a09b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90476989410b4a09b.jpg"/><Relationship Id="rId54426989410b4c444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54426989410b4c444.jpg"/><Relationship Id="rId17476989410b4ef6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17476989410b4ef6c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>