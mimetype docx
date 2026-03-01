--- v6 (2026-02-09)
+++ v7 (2026-03-01)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brown rot of potato, moko disease of banana</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41206989410b49a91" w:history="1">
+            <w:hyperlink r:id="rId796469a43fad4f80e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36496989410b49afc" w:history="1">
+            <w:hyperlink r:id="rId294369a43fad4f879" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSSL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98478390" name="name35726989410b4a09d" descr="18069.jpg"/>
+                  <wp:docPr id="86168106" name="name601369a43fad4feba" descr="18069.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18069.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId90476989410b4a09b" cstate="print"/>
+                          <a:blip r:embed="rId313969a43fad4feb8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId26526989410b4a1de" w:history="1">
+            <w:hyperlink r:id="rId642369a43fad4ffde" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3044,105 +3044,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(RSSC phylotype II), is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53417448" name="name22616989410b4c447" descr="RALSSL_distribution_map.jpg"/>
+            <wp:docPr id="36437085" name="name771969a43fad51c6e" descr="RALSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54426989410b4c444" cstate="print"/>
+                    <a:blip r:embed="rId468469a43fad51c6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Bulgaria, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Netherlands, Poland, Portugal (mainland), Romania, Russian Federation (Central Russia), Serbia, Slovenia, Spain (mainland), Sweden, Türkiye, Ukraine, United Kingdom (England, Wales)</w:t>
+        <w:t xml:space="preserve"> Belgium, Bulgaria, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Netherlands, Poland, Portugal (mainland), Romania, Russian Federation (Central Russia), Serbia, Slovenia, Spain (mainland), Sweden, Türkiye, United Kingdom (England, Wales)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Burkina Faso, Burundi, Cameroon, Cote d'Ivoire, Egypt, Ethiopia, Guinea, Kenya, Madagascar, Malawi, Mali, Niger, Nigeria, Reunion, Rwanda, South Africa, Tanzania, United Republic of, Uganda, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5303,51 +5303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32016989410b4d4df" w:history="1">
+      <w:hyperlink r:id="rId198469a43fad52d79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2017.01290</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5451,51 +5451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2367-2375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37196989410b4d5d1" w:history="1">
+      <w:hyperlink r:id="rId403169a43fad52e6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.06123-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5755,51 +5755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89616989410b4d7ba" w:history="1">
+      <w:hyperlink r:id="rId588369a43fad53083" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5841,231 +5841,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21956989410b4d848" w:history="1">
+      <w:hyperlink r:id="rId628569a43fad53117" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42096989410b4d899" w:history="1">
+      <w:hyperlink r:id="rId615769a43fad53169" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23476989410b4d8ca" w:history="1">
+      <w:hyperlink r:id="rId716169a43fad5319e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from</w:t>
       </w:r>
-      <w:hyperlink r:id="rId52596989410b4d91b" w:history="1">
+      <w:hyperlink r:id="rId880269a43fad531f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32846989410b4d96b" w:history="1">
+      <w:hyperlink r:id="rId866969a43fad5324e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6285,51 +6285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12796989410b4db17" w:history="1">
+      <w:hyperlink r:id="rId584969a43fad53408" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6364,51 +6364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 679-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58466989410b4db97" w:history="1">
+      <w:hyperlink r:id="rId473069a43fad53487" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01512.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6815,51 +6815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15206989410b4de68" w:history="1">
+      <w:hyperlink r:id="rId274169a43fad53767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6894,51 +6894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96816989410b4dee5" w:history="1">
+      <w:hyperlink r:id="rId635469a43fad537e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7318,51 +7318,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73586989410b4e188" w:history="1">
+      <w:hyperlink r:id="rId159669a43fad53a9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7933,81 +7933,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56976989410b4e5b5" w:history="1">
+      <w:hyperlink r:id="rId177469a43fad53e81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-APHIS (2004) Minimum sanitation protocols for offshore geranium cutting production.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83456989410b4e5ec" w:history="1">
+      <w:hyperlink r:id="rId132869a43fad53eb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed in 2021-11-05).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8701,51 +8701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52446989410b4ea92" w:history="1">
+      <w:hyperlink r:id="rId184069a43fad54376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8987,51 +8987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40146989410b4ec5f" w:history="1">
+      <w:hyperlink r:id="rId350169a43fad54551" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9044,63 +9044,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87906644" name="name83406989410b4ef6d" descr="eu_funding_250.png"/>
+            <wp:docPr id="79183296" name="name100569a43fad54972" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17476989410b4ef6c" cstate="print"/>
+                    <a:blip r:embed="rId890969a43fad54970" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9198,137 +9198,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91329291">
+  <w:abstractNum w:abstractNumId="48710037">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31424529">
+    <w:lvl w:ilvl="0" w:tplc="60798715">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31424529" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60798715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31424529" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60798715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31424529" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60798715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31424529" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60798715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31424529" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60798715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31424529" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60798715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31424529" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60798715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31424529" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60798715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91329290">
+  <w:abstractNum w:abstractNumId="48710036">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32540032">
+    <w:lvl w:ilvl="0" w:tplc="17654084">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10080,55 +10080,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91329290">
-    <w:abstractNumId w:val="91329290"/>
+  <w:num w:numId="48710036">
+    <w:abstractNumId w:val="48710036"/>
   </w:num>
-  <w:num w:numId="91329291">
-    <w:abstractNumId w:val="91329291"/>
+  <w:num w:numId="48710037">
+    <w:abstractNumId w:val="48710037"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21678,51 +21678,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId810546880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560021059" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41206989410b49a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId36496989410b49afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId26526989410b4a1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId32016989410b4d4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId37196989410b4d5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId89616989410b4d7ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId21956989410b4d848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId42096989410b4d899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId23476989410b4d8ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId52596989410b4d91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId32846989410b4d96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId12796989410b4db17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId58466989410b4db97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId15206989410b4de68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId96816989410b4dee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId73586989410b4e188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId56976989410b4e5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId83456989410b4e5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId52446989410b4ea92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId40146989410b4ec5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90476989410b4a09b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90476989410b4a09b.jpg"/><Relationship Id="rId54426989410b4c444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54426989410b4c444.jpg"/><Relationship Id="rId17476989410b4ef6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17476989410b4ef6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId110273297" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId814313993" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId796469a43fad4f80e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/" TargetMode="External"/><Relationship Id="rId294369a43fad4f879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/categorization" TargetMode="External"/><Relationship Id="rId642369a43fad4ffde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSSL/photos" TargetMode="External"/><Relationship Id="rId198469a43fad52d79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.01290" TargetMode="External"/><Relationship Id="rId403169a43fad52e6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.06123-11" TargetMode="External"/><Relationship Id="rId588369a43fad53083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId628569a43fad53117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId615769a43fad53169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId716169a43fad5319e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId880269a43fad531f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId866969a43fad5324e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId584969a43fad53408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId473069a43fad53487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01512.x" TargetMode="External"/><Relationship Id="rId274169a43fad53767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId635469a43fad537e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId159669a43fad53a9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId177469a43fad53e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId132869a43fad53eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plantpath.ifas.ufl.edu/rsol/RalstoniaPublications_PDF/USDARalstoniaSanitationProtocolsGeraniumOffshore.pdf" TargetMode="External"/><Relationship Id="rId184069a43fad54376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId350169a43fad54551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId313969a43fad4feb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId313969a43fad4feb8.jpg"/><Relationship Id="rId468469a43fad51c6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId468469a43fad51c6b.jpg"/><Relationship Id="rId890969a43fad54970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId890969a43fad54970.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>