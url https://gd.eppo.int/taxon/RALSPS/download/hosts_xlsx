--- v0 (2025-10-09)
+++ v1 (2026-01-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RALSPS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ARHHY</t>
   </si>
   <si>
     <t>Arachis hypogaea</t>
   </si>
   <si>
     <t>* Abdurahman A, Parker ML, Kreuze J, Elphinstone JG, Struik PC, Kigundu A, Arengo E, Sharma K (2019) Molecular epidemiology of Ralstonia solanacearum Species Complex strains causing bacterial wilt of potato in Uganda. Phytopathology 109, 1922-1931 
 * Cellier G, Prior P (2010) Deciphering phenotypic diversity of Ralstonia solanacearum strains pathogenic to potato. Phytopathology 100:1250-1261. 
 * Pan ZC, Xu J, Prior P, Xu JS, Zhang H, Chen KY, Tian Q, Zhang LQ, Liu L, He LY, Feng J (2013) Development of a specific molecular tool for the detection of epidemiologically active mulberry causing-disease strains of Ralstonia solanacearum phylotype I (historically race 5-biovar 5) in China. European journal of plant pathology 137(2), 377-391.
@@ -743,50 +743,60 @@
   <si>
     <t>* Pan ZC, Xu J, Prior P, Xu JS, Zhang H, Chen KY, Tian Q, Zhang LQ, Liu L, He LY, Feng J (2013) Development of a specific molecular tool for the detection of epidemiologically active mulberry causing-disease strains of Ralstonia solanacearum phylotype I (historically race 5-biovar 5) in China. European journal of plant pathology 137(2), 377-391.
 * Xu J, Pan ZC, Prior P, Xu JS, Zhang Z, Zhang H, Zhang LQ, He LY, Feng J (2009) Genetic diversity of Ralstonia solanacearum strains from China. European Journal of Pathology 125(4), 641-653.</t>
   </si>
   <si>
     <t>MORAL</t>
   </si>
   <si>
     <t>Morus alba</t>
   </si>
   <si>
     <t>* Pan ZC, Xu J, Prior P, Xu JS, Zhang H, Chen KY, Tian Q, Zhang LQ, Liu L, He LY, Feng J (2013) Development of a specific molecular tool for the detection of epidemiologically active mulberry causing-disease strains of Ralstonia solanacearum phylotype I (historically race 5-biovar 5) in China. European journal of plant pathology 137(2), 377-391.
 * She X, He Z, Li H (2018) Genetic structure and phylogenetic relationships of Ralstonia solanacearum strains from diverse origins in Guangdong Province, China. Journal of Phytopathology 166(3):177-186.
 * Xu J, Pan ZC, Prior P, Xu JS, Zhang Z, Zhang H, Zhang LQ, He LY, Feng J (2009) Genetic diversity of Ralstonia solanacearum strains from China. European Journal of Pathology 125(4), 641-653.</t>
   </si>
   <si>
     <t>NIOTA</t>
   </si>
   <si>
     <t>Nicotiana tabacum</t>
   </si>
   <si>
     <t xml:space="preserve">* Abdurahman A, Parker ML, Kreuze J, Elphinstone JG, Struik PC, Kigundu A, Arengo E, Sharma K (2019) Molecular epidemiology of Ralstonia solanacearum Species Complex strains causing bacterial wilt of potato in Uganda. Phytopathology 109, 1922-1931
 * Liu Y, Wu D, Liu Q, Zhang S, Tang Y, Jiang G, Li S, Ding W (2017) The sequevar distribution of Ralstonia solanacearum in tobacco-growing zones of China is structured by elevation. European Journal of Plant Pathology 147(3), 541-551.
 ------- confirmed host. </t>
+  </si>
+  <si>
+    <t>OCIGR</t>
+  </si>
+  <si>
+    <t>Ocimum gratissimum</t>
+  </si>
+  <si>
+    <t>* Sikirou R, Dossoumou ME, Cellier G, Aboubakar Souna D, De Troij A, Deberdt P (2025) First report of bacterial wilt on African basil (Ocimum gratissimum L.) caused by Ralstonia pseudosolanacearum phylotype I in Benin. Plant Disease (early view) https://doi.org/10.1094/PDIS-10-25-2043-PDN 
+----found infecting African basil plants in experimental field plots. Koch's postulates confirmed</t>
   </si>
   <si>
     <t>OLVEU</t>
   </si>
   <si>
     <t>Olea europaea</t>
   </si>
   <si>
     <t xml:space="preserve">* Pan ZC, Xu J, Prior P, Xu JS, Zhang H, Chen KY, Tian Q, Zhang LQ, Liu L, He LY, Feng J (2013) Development of a specific molecular tool for the detection of epidemiologically active mulberry causing-disease strains of Ralstonia solanacearum phylotype I (historically race 5-biovar 5) in China. European journal of plant pathology 137(2), 377-391.
 * Xu J, Pan ZC, Prior P, Xu JS, Zhang Z, Zhang H, Zhang LQ, He LY, Feng J (2009) Genetic diversity of Ralstonia solanacearum strains from China. European Journal of Pathology 125(4), 641-653.
 </t>
   </si>
   <si>
     <t>1PELG</t>
   </si>
   <si>
     <t>Pelargonium</t>
   </si>
   <si>
     <t>* Rossato, M, Santiago TR, Mizubuti ESG, Lopes CA (2017) Characterization and pathogenicity to geranium of Brazilian strains of Ralstonia spp.. Tropical Plant Patholology 42(6), 458–467
 * Santiago TR, Lopes CA, Caetano-Anollés G and Mizubutia ESG (2017) Phylotype and sequevar variability of Ralstonia solanacearum in Brazil, an ancient centre of diversity of the pathogen. Plant Pathology 66,383–392
 * Yahiaoui N, Chéron J-J, Ravelomanantsoa S, Hamza AA., Petrousse B, Jeetah R, Jaufeerally-Fakim Y, Félicité J, Fillâtre J, Hostachy B, Guérin F, Cellier G, Prior P, Poussier S (2017) Genetic Diversity of the Ralstonia solanacearum Species Complex in the Southwest Indian Ocean Islands. Frontiers in Plant Science 8, 2139</t>
   </si>
   <si>
     <t>PELZO</t>
@@ -1466,51 +1476,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D122"/>
+  <dimension ref="A1:D123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="478.883" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2667,65 +2677,65 @@
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>35</v>
       </c>
       <c r="B84" t="s">
         <v>230</v>
       </c>
       <c r="C84" t="s">
         <v>231</v>
       </c>
       <c r="D84" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>35</v>
       </c>
       <c r="B85" t="s">
         <v>233</v>
       </c>
       <c r="C85" t="s">
         <v>234</v>
       </c>
       <c r="D85" t="s">
-        <v>46</v>
+        <v>235</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>35</v>
       </c>
       <c r="B86" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C86" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D86" t="s">
-        <v>237</v>
+        <v>46</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>35</v>
       </c>
       <c r="B87" t="s">
         <v>238</v>
       </c>
       <c r="C87" t="s">
         <v>239</v>
       </c>
       <c r="D87" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>35</v>
       </c>
       <c r="B88" t="s">
         <v>241</v>
       </c>
       <c r="C88" t="s">
         <v>242</v>
@@ -2765,191 +2775,191 @@
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>35</v>
       </c>
       <c r="B91" t="s">
         <v>250</v>
       </c>
       <c r="C91" t="s">
         <v>251</v>
       </c>
       <c r="D91" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>35</v>
       </c>
       <c r="B92" t="s">
         <v>253</v>
       </c>
       <c r="C92" t="s">
         <v>254</v>
       </c>
       <c r="D92" t="s">
-        <v>183</v>
+        <v>255</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>35</v>
       </c>
       <c r="B93" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C93" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D93" t="s">
-        <v>257</v>
+        <v>183</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>35</v>
       </c>
       <c r="B94" t="s">
         <v>258</v>
       </c>
       <c r="C94" t="s">
         <v>259</v>
       </c>
       <c r="D94" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>35</v>
       </c>
       <c r="B95" t="s">
         <v>261</v>
       </c>
       <c r="C95" t="s">
         <v>262</v>
       </c>
       <c r="D95" t="s">
-        <v>46</v>
+        <v>263</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>35</v>
       </c>
       <c r="B96" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C96" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D96" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>35</v>
       </c>
       <c r="B97" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C97" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D97" t="s">
-        <v>109</v>
+        <v>70</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>35</v>
       </c>
       <c r="B98" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C98" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D98" t="s">
-        <v>269</v>
+        <v>109</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>35</v>
       </c>
       <c r="B99" t="s">
         <v>270</v>
       </c>
       <c r="C99" t="s">
         <v>271</v>
       </c>
       <c r="D99" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>35</v>
       </c>
       <c r="B100" t="s">
         <v>273</v>
       </c>
       <c r="C100" t="s">
         <v>274</v>
       </c>
       <c r="D100" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>35</v>
       </c>
       <c r="B101" t="s">
         <v>276</v>
       </c>
       <c r="C101" t="s">
         <v>277</v>
       </c>
       <c r="D101" t="s">
-        <v>29</v>
+        <v>278</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>35</v>
       </c>
       <c r="B102" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C102" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D102" t="s">
-        <v>280</v>
+        <v>29</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>35</v>
       </c>
       <c r="B103" t="s">
         <v>281</v>
       </c>
       <c r="C103" t="s">
         <v>282</v>
       </c>
       <c r="D103" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>35</v>
       </c>
       <c r="B104" t="s">
         <v>284</v>
       </c>
       <c r="C104" t="s">
         <v>285</v>
@@ -2975,261 +2985,275 @@
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>35</v>
       </c>
       <c r="B106" t="s">
         <v>290</v>
       </c>
       <c r="C106" t="s">
         <v>291</v>
       </c>
       <c r="D106" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>35</v>
       </c>
       <c r="B107" t="s">
         <v>293</v>
       </c>
       <c r="C107" t="s">
         <v>294</v>
       </c>
       <c r="D107" t="s">
-        <v>73</v>
+        <v>295</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>35</v>
       </c>
       <c r="B108" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C108" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D108" t="s">
-        <v>109</v>
+        <v>73</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>35</v>
       </c>
       <c r="B109" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C109" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D109" t="s">
-        <v>299</v>
+        <v>109</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>35</v>
       </c>
       <c r="B110" t="s">
         <v>300</v>
       </c>
       <c r="C110" t="s">
         <v>301</v>
       </c>
       <c r="D110" t="s">
-        <v>46</v>
+        <v>302</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>35</v>
       </c>
       <c r="B111" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C111" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D111" t="s">
-        <v>304</v>
+        <v>46</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>35</v>
       </c>
       <c r="B112" t="s">
         <v>305</v>
       </c>
       <c r="C112" t="s">
         <v>306</v>
       </c>
       <c r="D112" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>35</v>
       </c>
       <c r="B113" t="s">
         <v>308</v>
       </c>
       <c r="C113" t="s">
         <v>309</v>
       </c>
       <c r="D113" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>35</v>
       </c>
       <c r="B114" t="s">
         <v>311</v>
       </c>
       <c r="C114" t="s">
         <v>312</v>
       </c>
       <c r="D114" t="s">
-        <v>19</v>
+        <v>313</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>35</v>
       </c>
       <c r="B115" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C115" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D115" t="s">
-        <v>315</v>
+        <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>35</v>
       </c>
       <c r="B116" t="s">
         <v>316</v>
       </c>
       <c r="C116" t="s">
         <v>317</v>
       </c>
       <c r="D116" t="s">
-        <v>196</v>
+        <v>318</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>35</v>
       </c>
       <c r="B117" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C117" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D117" t="s">
-        <v>320</v>
+        <v>196</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>35</v>
       </c>
       <c r="B118" t="s">
         <v>321</v>
       </c>
       <c r="C118" t="s">
         <v>322</v>
       </c>
       <c r="D118" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>35</v>
       </c>
       <c r="B119" t="s">
         <v>324</v>
       </c>
       <c r="C119" t="s">
         <v>325</v>
       </c>
       <c r="D119" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>35</v>
       </c>
       <c r="B120" t="s">
         <v>327</v>
       </c>
       <c r="C120" t="s">
         <v>328</v>
       </c>
       <c r="D120" t="s">
-        <v>196</v>
+        <v>329</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>329</v>
+        <v>35</v>
       </c>
       <c r="B121" t="s">
         <v>330</v>
       </c>
       <c r="C121" t="s">
         <v>331</v>
       </c>
       <c r="D121" t="s">
-        <v>332</v>
+        <v>196</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B122" t="s">
         <v>333</v>
       </c>
       <c r="C122" t="s">
         <v>334</v>
       </c>
       <c r="D122" t="s">
         <v>335</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>332</v>
+      </c>
+      <c r="B123" t="s">
+        <v>336</v>
+      </c>
+      <c r="C123" t="s">
+        <v>337</v>
+      </c>
+      <c r="D123" t="s">
+        <v>338</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">