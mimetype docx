--- v0 (2025-10-07)
+++ v1 (2025-11-13)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235168e57f5e04186" w:history="1">
+            <w:hyperlink r:id="rId277669152729b6542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288968e57f5e041ee" w:history="1">
+            <w:hyperlink r:id="rId885569152729b65ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66314118" name="name956268e57f5e048a2" descr="15171.jpg"/>
+                  <wp:docPr id="94306475" name="name180069152729b6de8" descr="15171.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15171.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId287068e57f5e048a0" cstate="print"/>
+                          <a:blip r:embed="rId324569152729b6de6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId818868e57f5e049e9" w:history="1">
+            <w:hyperlink r:id="rId775369152729b6f22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3935,63 +3935,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83826992" name="name754068e57f5e07d36" descr="RALSPS_distribution_map.jpg"/>
+            <wp:docPr id="21202364" name="name450169152729b975a" descr="RALSPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId483968e57f5e07d33" cstate="print"/>
+                    <a:blip r:embed="rId428869152729b9757" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6154,51 +6154,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295868e57f5e08d82" w:history="1">
+      <w:hyperlink r:id="rId461469152729ba80d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6360,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559368e57f5e08ed5" w:history="1">
+      <w:hyperlink r:id="rId183869152729ba986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6428,231 +6428,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313768e57f5e08f47" w:history="1">
+      <w:hyperlink r:id="rId934569152729ba9fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793568e57f5e08f99" w:history="1">
+      <w:hyperlink r:id="rId517369152729baa4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705968e57f5e08fca" w:history="1">
+      <w:hyperlink r:id="rId288569152729baa80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133968e57f5e09019" w:history="1">
+      <w:hyperlink r:id="rId234169152729baad0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710568e57f5e09069" w:history="1">
+      <w:hyperlink r:id="rId396769152729bab2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6903,51 +6903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172468e57f5e0923d" w:history="1">
+      <w:hyperlink r:id="rId599469152729bad10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7285,51 +7285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189368e57f5e094ab" w:history="1">
+      <w:hyperlink r:id="rId960969152729baf7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7355,51 +7355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876168e57f5e0951d" w:history="1">
+      <w:hyperlink r:id="rId992069152729bafed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7895,51 +7895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 377-391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780868e57f5e09870" w:history="1">
+      <w:hyperlink r:id="rId727469152729bb34f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0249-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7985,51 +7985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185568e57f5e098fe" w:history="1">
+      <w:hyperlink r:id="rId738569152729bb3e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8075,51 +8075,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636068e57f5e0998c" w:history="1">
+      <w:hyperlink r:id="rId824369152729bb472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8855,51 +8855,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705168e57f5e09e86" w:history="1">
+      <w:hyperlink r:id="rId975469152729bb97d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9223,51 +9223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509668e57f5e0a0d8" w:history="1">
+      <w:hyperlink r:id="rId769069152729bbbd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9573,51 +9573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 283-294. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401868e57f5e0a317" w:history="1">
+      <w:hyperlink r:id="rId891969152729bbe00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jircas.affrc.go.jp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10144,51 +10144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440668e57f5e0a69f" w:history="1">
+      <w:hyperlink r:id="rId648569152729bc198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10332,51 +10332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId541268e57f5e0a7ce" w:history="1">
+      <w:hyperlink r:id="rId738169152729bc2d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10389,63 +10389,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98065506" name="name863368e57f5e0a9ed" descr="eu_funding_250.png"/>
+            <wp:docPr id="72632052" name="name645369152729bc560" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId355768e57f5e0a9ec" cstate="print"/>
+                    <a:blip r:embed="rId617069152729bc55e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10543,137 +10543,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54924016">
+  <w:abstractNum w:abstractNumId="76181390">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95080836">
+    <w:lvl w:ilvl="0" w:tplc="38913439">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95080836" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38913439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95080836" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38913439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95080836" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38913439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95080836" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38913439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95080836" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38913439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95080836" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38913439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95080836" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38913439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95080836" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38913439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54924015">
+  <w:abstractNum w:abstractNumId="76181389">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15777154">
+    <w:lvl w:ilvl="0" w:tplc="32974211">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11425,55 +11425,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54924015">
-    <w:abstractNumId w:val="54924015"/>
+  <w:num w:numId="76181389">
+    <w:abstractNumId w:val="76181389"/>
   </w:num>
-  <w:num w:numId="54924016">
-    <w:abstractNumId w:val="54924016"/>
+  <w:num w:numId="76181390">
+    <w:abstractNumId w:val="76181390"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23023,51 +23023,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId352461846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId550328966" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId235168e57f5e04186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId288968e57f5e041ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId818868e57f5e049e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId295868e57f5e08d82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId559368e57f5e08ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId313768e57f5e08f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId793568e57f5e08f99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId705968e57f5e08fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId133968e57f5e09019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId710568e57f5e09069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId172468e57f5e0923d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId189368e57f5e094ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId876168e57f5e0951d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId780868e57f5e09870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId185568e57f5e098fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId636068e57f5e0998c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId705168e57f5e09e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId509668e57f5e0a0d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId401868e57f5e0a317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId440668e57f5e0a69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId541268e57f5e0a7ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId287068e57f5e048a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId287068e57f5e048a0.jpg"/><Relationship Id="rId483968e57f5e07d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId483968e57f5e07d33.jpg"/><Relationship Id="rId355768e57f5e0a9ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId355768e57f5e0a9ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId780474689" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId551395215" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId277669152729b6542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId885569152729b65ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId775369152729b6f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId461469152729ba80d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId183869152729ba986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId934569152729ba9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId517369152729baa4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId288569152729baa80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId234169152729baad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId396769152729bab2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId599469152729bad10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId960969152729baf7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId992069152729bafed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId727469152729bb34f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId738569152729bb3e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId824369152729bb472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId975469152729bb97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId769069152729bbbd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId891969152729bbe00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId648569152729bc198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId738169152729bc2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId324569152729b6de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId324569152729b6de6.jpg"/><Relationship Id="rId428869152729b9757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId428869152729b9757.jpg"/><Relationship Id="rId617069152729bc55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId617069152729bc55e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>