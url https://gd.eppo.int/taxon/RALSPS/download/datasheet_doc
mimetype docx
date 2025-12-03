--- v1 (2025-11-13)
+++ v2 (2025-12-03)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277669152729b6542" w:history="1">
+            <w:hyperlink r:id="rId5167692f8fd0420a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId885569152729b65ad" w:history="1">
+            <w:hyperlink r:id="rId1123692f8fd04211b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94306475" name="name180069152729b6de8" descr="15171.jpg"/>
+                  <wp:docPr id="10012031" name="name1386692f8fd0421de" descr="15171.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15171.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId324569152729b6de6" cstate="print"/>
+                          <a:blip r:embed="rId4821692f8fd0421dc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId775369152729b6f22" w:history="1">
+            <w:hyperlink r:id="rId4397692f8fd0422df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3935,63 +3935,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21202364" name="name450169152729b975a" descr="RALSPS_distribution_map.jpg"/>
+            <wp:docPr id="99144783" name="name4379692f8fd043e37" descr="RALSPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId428869152729b9757" cstate="print"/>
+                    <a:blip r:embed="rId6799692f8fd043e34" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6154,51 +6154,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461469152729ba80d" w:history="1">
+      <w:hyperlink r:id="rId7078692f8fd045140" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6360,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183869152729ba986" w:history="1">
+      <w:hyperlink r:id="rId8317692f8fd0452a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6428,231 +6428,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934569152729ba9fa" w:history="1">
+      <w:hyperlink r:id="rId5319692f8fd045319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517369152729baa4e" w:history="1">
+      <w:hyperlink r:id="rId2977692f8fd04536c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288569152729baa80" w:history="1">
+      <w:hyperlink r:id="rId7314692f8fd04539e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234169152729baad0" w:history="1">
+      <w:hyperlink r:id="rId4800692f8fd0453f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396769152729bab2d" w:history="1">
+      <w:hyperlink r:id="rId8167692f8fd045443" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6903,51 +6903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599469152729bad10" w:history="1">
+      <w:hyperlink r:id="rId9337692f8fd0457bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7285,51 +7285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960969152729baf7a" w:history="1">
+      <w:hyperlink r:id="rId9866692f8fd045a36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7355,51 +7355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId992069152729bafed" w:history="1">
+      <w:hyperlink r:id="rId2862692f8fd045aa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7895,51 +7895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 377-391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId727469152729bb34f" w:history="1">
+      <w:hyperlink r:id="rId6658692f8fd045e06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0249-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7985,51 +7985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738569152729bb3e0" w:history="1">
+      <w:hyperlink r:id="rId3636692f8fd045e96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8075,51 +8075,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824369152729bb472" w:history="1">
+      <w:hyperlink r:id="rId1614692f8fd045f27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8855,51 +8855,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975469152729bb97d" w:history="1">
+      <w:hyperlink r:id="rId8725692f8fd046409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9223,51 +9223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769069152729bbbd2" w:history="1">
+      <w:hyperlink r:id="rId9997692f8fd04666b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9573,51 +9573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 283-294. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891969152729bbe00" w:history="1">
+      <w:hyperlink r:id="rId8312692f8fd04689c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jircas.affrc.go.jp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10144,51 +10144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648569152729bc198" w:history="1">
+      <w:hyperlink r:id="rId1111692f8fd046c5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10332,51 +10332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738169152729bc2d7" w:history="1">
+      <w:hyperlink r:id="rId5623692f8fd046d96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10389,63 +10389,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72632052" name="name645369152729bc560" descr="eu_funding_250.png"/>
+            <wp:docPr id="16568657" name="name7661692f8fd046e2f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId617069152729bc55e" cstate="print"/>
+                    <a:blip r:embed="rId3426692f8fd046e2e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10543,137 +10543,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76181390">
+  <w:abstractNum w:abstractNumId="55512404">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38913439">
+    <w:lvl w:ilvl="0" w:tplc="85436879">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38913439" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85436879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38913439" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85436879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38913439" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85436879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38913439" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85436879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38913439" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85436879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38913439" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85436879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38913439" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85436879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38913439" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85436879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76181389">
+  <w:abstractNum w:abstractNumId="55512403">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32974211">
+    <w:lvl w:ilvl="0" w:tplc="94259125">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11425,55 +11425,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76181389">
-    <w:abstractNumId w:val="76181389"/>
+  <w:num w:numId="55512403">
+    <w:abstractNumId w:val="55512403"/>
   </w:num>
-  <w:num w:numId="76181390">
-    <w:abstractNumId w:val="76181390"/>
+  <w:num w:numId="55512404">
+    <w:abstractNumId w:val="55512404"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23023,51 +23023,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId780474689" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId551395215" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId277669152729b6542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId885569152729b65ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId775369152729b6f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId461469152729ba80d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId183869152729ba986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId934569152729ba9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId517369152729baa4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId288569152729baa80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId234169152729baad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId396769152729bab2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId599469152729bad10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId960969152729baf7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId992069152729bafed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId727469152729bb34f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId738569152729bb3e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId824369152729bb472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId975469152729bb97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId769069152729bbbd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId891969152729bbe00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId648569152729bc198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId738169152729bc2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId324569152729b6de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId324569152729b6de6.jpg"/><Relationship Id="rId428869152729b9757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId428869152729b9757.jpg"/><Relationship Id="rId617069152729bc55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId617069152729bc55e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId533072050" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId561008876" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5167692f8fd0420a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId1123692f8fd04211b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId4397692f8fd0422df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId7078692f8fd045140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId8317692f8fd0452a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId5319692f8fd045319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId2977692f8fd04536c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7314692f8fd04539e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4800692f8fd0453f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8167692f8fd045443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9337692f8fd0457bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId9866692f8fd045a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId2862692f8fd045aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId6658692f8fd045e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId3636692f8fd045e96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId1614692f8fd045f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId8725692f8fd046409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId9997692f8fd04666b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId8312692f8fd04689c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId1111692f8fd046c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId5623692f8fd046d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4821692f8fd0421dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4821692f8fd0421dc.jpg"/><Relationship Id="rId6799692f8fd043e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6799692f8fd043e34.jpg"/><Relationship Id="rId3426692f8fd046e2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3426692f8fd046e2e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>