--- v2 (2025-12-03)
+++ v3 (2025-12-23)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5167692f8fd0420a4" w:history="1">
+            <w:hyperlink r:id="rId3609694a34b6414e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1123692f8fd04211b" w:history="1">
+            <w:hyperlink r:id="rId1235694a34b64154e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10012031" name="name1386692f8fd0421de" descr="15171.jpg"/>
+                  <wp:docPr id="92737668" name="name5751694a34b641e18" descr="15171.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15171.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4821692f8fd0421dc" cstate="print"/>
+                          <a:blip r:embed="rId3010694a34b641e16" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4397692f8fd0422df" w:history="1">
+            <w:hyperlink r:id="rId3160694a34b641f2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3935,63 +3935,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99144783" name="name4379692f8fd043e37" descr="RALSPS_distribution_map.jpg"/>
+            <wp:docPr id="88393564" name="name7473694a34b644259" descr="RALSPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6799692f8fd043e34" cstate="print"/>
+                    <a:blip r:embed="rId9746694a34b644255" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6154,51 +6154,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7078692f8fd045140" w:history="1">
+      <w:hyperlink r:id="rId3487694a34b6452b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6360,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8317692f8fd0452a1" w:history="1">
+      <w:hyperlink r:id="rId2161694a34b645409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6428,231 +6428,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5319692f8fd045319" w:history="1">
+      <w:hyperlink r:id="rId3433694a34b64547b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2977692f8fd04536c" w:history="1">
+      <w:hyperlink r:id="rId8346694a34b6454cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7314692f8fd04539e" w:history="1">
+      <w:hyperlink r:id="rId5748694a34b6454fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4800692f8fd0453f0" w:history="1">
+      <w:hyperlink r:id="rId4377694a34b645564" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8167692f8fd045443" w:history="1">
+      <w:hyperlink r:id="rId3535694a34b6455ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6903,51 +6903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9337692f8fd0457bb" w:history="1">
+      <w:hyperlink r:id="rId3707694a34b645791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7285,51 +7285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9866692f8fd045a36" w:history="1">
+      <w:hyperlink r:id="rId9052694a34b6459f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7355,51 +7355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2862692f8fd045aa8" w:history="1">
+      <w:hyperlink r:id="rId8164694a34b645a61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7895,51 +7895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 377-391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6658692f8fd045e06" w:history="1">
+      <w:hyperlink r:id="rId7815694a34b645dc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0249-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7985,51 +7985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3636692f8fd045e96" w:history="1">
+      <w:hyperlink r:id="rId4548694a34b645e50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8075,51 +8075,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1614692f8fd045f27" w:history="1">
+      <w:hyperlink r:id="rId4239694a34b645edf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8855,51 +8855,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8725692f8fd046409" w:history="1">
+      <w:hyperlink r:id="rId3831694a34b6463e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9223,51 +9223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9997692f8fd04666b" w:history="1">
+      <w:hyperlink r:id="rId7770694a34b64665e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9573,51 +9573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 283-294. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8312692f8fd04689c" w:history="1">
+      <w:hyperlink r:id="rId6125694a34b64688c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jircas.affrc.go.jp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10144,51 +10144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1111692f8fd046c5d" w:history="1">
+      <w:hyperlink r:id="rId6650694a34b646c13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10332,51 +10332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5623692f8fd046d96" w:history="1">
+      <w:hyperlink r:id="rId5800694a34b646d45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10389,63 +10389,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16568657" name="name7661692f8fd046e2f" descr="eu_funding_250.png"/>
+            <wp:docPr id="90971873" name="name8825694a34b646edd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3426692f8fd046e2e" cstate="print"/>
+                    <a:blip r:embed="rId6044694a34b646ed4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10543,137 +10543,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55512404">
+  <w:abstractNum w:abstractNumId="52798853">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85436879">
+    <w:lvl w:ilvl="0" w:tplc="79364898">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85436879" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79364898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85436879" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79364898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85436879" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79364898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85436879" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79364898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85436879" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79364898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85436879" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79364898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85436879" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79364898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85436879" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79364898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55512403">
+  <w:abstractNum w:abstractNumId="52798852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94259125">
+    <w:lvl w:ilvl="0" w:tplc="59683332">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11425,55 +11425,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55512403">
-    <w:abstractNumId w:val="55512403"/>
+  <w:num w:numId="52798852">
+    <w:abstractNumId w:val="52798852"/>
   </w:num>
-  <w:num w:numId="55512404">
-    <w:abstractNumId w:val="55512404"/>
+  <w:num w:numId="52798853">
+    <w:abstractNumId w:val="52798853"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23023,51 +23023,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId533072050" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId561008876" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5167692f8fd0420a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId1123692f8fd04211b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId4397692f8fd0422df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId7078692f8fd045140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId8317692f8fd0452a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId5319692f8fd045319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId2977692f8fd04536c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7314692f8fd04539e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4800692f8fd0453f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8167692f8fd045443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9337692f8fd0457bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId9866692f8fd045a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId2862692f8fd045aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId6658692f8fd045e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId3636692f8fd045e96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId1614692f8fd045f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId8725692f8fd046409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId9997692f8fd04666b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId8312692f8fd04689c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId1111692f8fd046c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId5623692f8fd046d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4821692f8fd0421dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4821692f8fd0421dc.jpg"/><Relationship Id="rId6799692f8fd043e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6799692f8fd043e34.jpg"/><Relationship Id="rId3426692f8fd046e2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3426692f8fd046e2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId165905767" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId275285759" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3609694a34b6414e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId1235694a34b64154e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId3160694a34b641f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId3487694a34b6452b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId2161694a34b645409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId3433694a34b64547b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8346694a34b6454cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5748694a34b6454fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4377694a34b645564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3535694a34b6455ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3707694a34b645791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId9052694a34b6459f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId8164694a34b645a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId7815694a34b645dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId4548694a34b645e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId4239694a34b645edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId3831694a34b6463e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId7770694a34b64665e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId6125694a34b64688c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId6650694a34b646c13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId5800694a34b646d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3010694a34b641e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3010694a34b641e16.jpg"/><Relationship Id="rId9746694a34b644255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9746694a34b644255.jpg"/><Relationship Id="rId6044694a34b646ed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6044694a34b646ed4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>