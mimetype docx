--- v3 (2025-12-23)
+++ v4 (2026-01-12)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3609694a34b6414e4" w:history="1">
+            <w:hyperlink r:id="rId39286964b04e772ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1235694a34b64154e" w:history="1">
+            <w:hyperlink r:id="rId76766964b04e77316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92737668" name="name5751694a34b641e18" descr="15171.jpg"/>
+                  <wp:docPr id="36282194" name="name14226964b04e77923" descr="15171.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15171.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3010694a34b641e16" cstate="print"/>
+                          <a:blip r:embed="rId24706964b04e77921" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3160694a34b641f2a" w:history="1">
+            <w:hyperlink r:id="rId82176964b04e77bd3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2910,50 +2910,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nicotiana tabacum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ocimum gratissimum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Olea europaea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelargonium x hortorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3935,63 +3955,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88393564" name="name7473694a34b644259" descr="RALSPS_distribution_map.jpg"/>
+            <wp:docPr id="91582989" name="name28606964b04e79f26" descr="RALSPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9746694a34b644255" cstate="print"/>
+                    <a:blip r:embed="rId50096964b04e79f23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6154,51 +6174,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3487694a34b6452b7" w:history="1">
+      <w:hyperlink r:id="rId46866964b04e7af79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6360,51 +6380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2161694a34b645409" w:history="1">
+      <w:hyperlink r:id="rId97836964b04e7b0dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6428,231 +6448,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3433694a34b64547b" w:history="1">
+      <w:hyperlink r:id="rId26236964b04e7b154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8346694a34b6454cb" w:history="1">
+      <w:hyperlink r:id="rId43856964b04e7b1a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5748694a34b6454fc" w:history="1">
+      <w:hyperlink r:id="rId50266964b04e7b1d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4377694a34b645564" w:history="1">
+      <w:hyperlink r:id="rId26376964b04e7b224" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3535694a34b6455ba" w:history="1">
+      <w:hyperlink r:id="rId71506964b04e7b276" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6903,51 +6923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3707694a34b645791" w:history="1">
+      <w:hyperlink r:id="rId77436964b04e7b46b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7285,51 +7305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9052694a34b6459f0" w:history="1">
+      <w:hyperlink r:id="rId36266964b04e7b6d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7355,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8164694a34b645a61" w:history="1">
+      <w:hyperlink r:id="rId62016964b04e7b743" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7895,51 +7915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 377-391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7815694a34b645dc1" w:history="1">
+      <w:hyperlink r:id="rId95486964b04e7ba98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0249-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7985,51 +8005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4548694a34b645e50" w:history="1">
+      <w:hyperlink r:id="rId96166964b04e7bb27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8075,51 +8095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4239694a34b645edf" w:history="1">
+      <w:hyperlink r:id="rId10416964b04e7bbb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8855,51 +8875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3831694a34b6463e3" w:history="1">
+      <w:hyperlink r:id="rId16146964b04e7c097" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9223,51 +9243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7770694a34b64665e" w:history="1">
+      <w:hyperlink r:id="rId78206964b04e7c2e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9573,51 +9593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 283-294. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6125694a34b64688c" w:history="1">
+      <w:hyperlink r:id="rId84936964b04e7c50b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jircas.affrc.go.jp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10144,51 +10164,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6650694a34b646c13" w:history="1">
+      <w:hyperlink r:id="rId28636964b04e7c88d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10310,73 +10330,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5800694a34b646d45" w:history="1">
+      <w:hyperlink r:id="rId48416964b04e7c9bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10389,63 +10409,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90971873" name="name8825694a34b646edd" descr="eu_funding_250.png"/>
+            <wp:docPr id="76117860" name="name71126964b04e7cc98" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6044694a34b646ed4" cstate="print"/>
+                    <a:blip r:embed="rId44036964b04e7cc97" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10543,137 +10563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52798853">
+  <w:abstractNum w:abstractNumId="74393677">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79364898">
+    <w:lvl w:ilvl="0" w:tplc="81123110">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79364898" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81123110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79364898" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81123110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79364898" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81123110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79364898" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81123110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79364898" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81123110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79364898" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81123110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79364898" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81123110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79364898" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81123110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52798852">
+  <w:abstractNum w:abstractNumId="74393676">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59683332">
+    <w:lvl w:ilvl="0" w:tplc="74749466">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11425,55 +11445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52798852">
-    <w:abstractNumId w:val="52798852"/>
+  <w:num w:numId="74393676">
+    <w:abstractNumId w:val="74393676"/>
   </w:num>
-  <w:num w:numId="52798853">
-    <w:abstractNumId w:val="52798853"/>
+  <w:num w:numId="74393677">
+    <w:abstractNumId w:val="74393677"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23023,51 +23043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId165905767" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId275285759" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3609694a34b6414e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId1235694a34b64154e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId3160694a34b641f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId3487694a34b6452b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId2161694a34b645409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId3433694a34b64547b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8346694a34b6454cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5748694a34b6454fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4377694a34b645564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3535694a34b6455ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3707694a34b645791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId9052694a34b6459f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId8164694a34b645a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId7815694a34b645dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId4548694a34b645e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId4239694a34b645edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId3831694a34b6463e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId7770694a34b64665e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId6125694a34b64688c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId6650694a34b646c13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId5800694a34b646d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3010694a34b641e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3010694a34b641e16.jpg"/><Relationship Id="rId9746694a34b644255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9746694a34b644255.jpg"/><Relationship Id="rId6044694a34b646ed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6044694a34b646ed4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId575504607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId600703912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId39286964b04e772ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId76766964b04e77316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId82176964b04e77bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId46866964b04e7af79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId97836964b04e7b0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId26236964b04e7b154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId43856964b04e7b1a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId50266964b04e7b1d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId26376964b04e7b224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId71506964b04e7b276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId77436964b04e7b46b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId36266964b04e7b6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId62016964b04e7b743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId95486964b04e7ba98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId96166964b04e7bb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId10416964b04e7bbb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId16146964b04e7c097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId78206964b04e7c2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId84936964b04e7c50b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId28636964b04e7c88d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId48416964b04e7c9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24706964b04e77921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24706964b04e77921.jpg"/><Relationship Id="rId50096964b04e79f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50096964b04e79f23.jpg"/><Relationship Id="rId44036964b04e7cc97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44036964b04e7cc97.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>