--- v4 (2026-01-12)
+++ v5 (2026-02-01)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39286964b04e772ab" w:history="1">
+            <w:hyperlink r:id="rId1489697f38ff2eec4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76766964b04e77316" w:history="1">
+            <w:hyperlink r:id="rId7254697f38ff2ef2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36282194" name="name14226964b04e77923" descr="15171.jpg"/>
+                  <wp:docPr id="54130637" name="name6240697f38ff2f59a" descr="15171.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15171.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId24706964b04e77921" cstate="print"/>
+                          <a:blip r:embed="rId2189697f38ff2f597" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId82176964b04e77bd3" w:history="1">
+            <w:hyperlink r:id="rId4976697f38ff2f6bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3955,63 +3955,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91582989" name="name28606964b04e79f26" descr="RALSPS_distribution_map.jpg"/>
+            <wp:docPr id="50149422" name="name8318697f38ff31c45" descr="RALSPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50096964b04e79f23" cstate="print"/>
+                    <a:blip r:embed="rId8233697f38ff31c41" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6174,51 +6174,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46866964b04e7af79" w:history="1">
+      <w:hyperlink r:id="rId7038697f38ff32e22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6380,51 +6380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97836964b04e7b0dd" w:history="1">
+      <w:hyperlink r:id="rId9769697f38ff33094" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6448,231 +6448,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26236964b04e7b154" w:history="1">
+      <w:hyperlink r:id="rId5122697f38ff33115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43856964b04e7b1a4" w:history="1">
+      <w:hyperlink r:id="rId7352697f38ff3316a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50266964b04e7b1d5" w:history="1">
+      <w:hyperlink r:id="rId2930697f38ff3319d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26376964b04e7b224" w:history="1">
+      <w:hyperlink r:id="rId5301697f38ff331ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71506964b04e7b276" w:history="1">
+      <w:hyperlink r:id="rId8136697f38ff33240" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6923,51 +6923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77436964b04e7b46b" w:history="1">
+      <w:hyperlink r:id="rId5862697f38ff33433" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7305,51 +7305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36266964b04e7b6d2" w:history="1">
+      <w:hyperlink r:id="rId3875697f38ff33712" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62016964b04e7b743" w:history="1">
+      <w:hyperlink r:id="rId8318697f38ff33786" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7915,51 +7915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 377-391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95486964b04e7ba98" w:history="1">
+      <w:hyperlink r:id="rId9372697f38ff33b4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0249-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8005,51 +8005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96166964b04e7bb27" w:history="1">
+      <w:hyperlink r:id="rId6302697f38ff33c06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8095,51 +8095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10416964b04e7bbb6" w:history="1">
+      <w:hyperlink r:id="rId9627697f38ff33ca1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8875,51 +8875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16146964b04e7c097" w:history="1">
+      <w:hyperlink r:id="rId9532697f38ff341ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9243,51 +9243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78206964b04e7c2e5" w:history="1">
+      <w:hyperlink r:id="rId4100697f38ff34468" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9593,51 +9593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 283-294. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84936964b04e7c50b" w:history="1">
+      <w:hyperlink r:id="rId2056697f38ff3469b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jircas.affrc.go.jp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10164,51 +10164,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28636964b04e7c88d" w:history="1">
+      <w:hyperlink r:id="rId3671697f38ff34aa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48416964b04e7c9bd" w:history="1">
+      <w:hyperlink r:id="rId2605697f38ff34c12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10409,63 +10409,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76117860" name="name71126964b04e7cc98" descr="eu_funding_250.png"/>
+            <wp:docPr id="51322463" name="name8455697f38ff34f67" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44036964b04e7cc97" cstate="print"/>
+                    <a:blip r:embed="rId3690697f38ff34f65" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10563,137 +10563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74393677">
+  <w:abstractNum w:abstractNumId="61911301">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81123110">
+    <w:lvl w:ilvl="0" w:tplc="99288047">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81123110" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99288047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81123110" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99288047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81123110" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99288047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81123110" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99288047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81123110" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99288047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81123110" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99288047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81123110" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99288047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81123110" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99288047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74393676">
+  <w:abstractNum w:abstractNumId="61911300">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74749466">
+    <w:lvl w:ilvl="0" w:tplc="25710051">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11445,55 +11445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74393676">
-    <w:abstractNumId w:val="74393676"/>
+  <w:num w:numId="61911300">
+    <w:abstractNumId w:val="61911300"/>
   </w:num>
-  <w:num w:numId="74393677">
-    <w:abstractNumId w:val="74393677"/>
+  <w:num w:numId="61911301">
+    <w:abstractNumId w:val="61911301"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23043,51 +23043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId575504607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId600703912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId39286964b04e772ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId76766964b04e77316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId82176964b04e77bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId46866964b04e7af79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId97836964b04e7b0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId26236964b04e7b154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId43856964b04e7b1a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId50266964b04e7b1d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId26376964b04e7b224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId71506964b04e7b276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId77436964b04e7b46b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId36266964b04e7b6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId62016964b04e7b743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId95486964b04e7ba98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId96166964b04e7bb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId10416964b04e7bbb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId16146964b04e7c097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId78206964b04e7c2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId84936964b04e7c50b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId28636964b04e7c88d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId48416964b04e7c9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24706964b04e77921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24706964b04e77921.jpg"/><Relationship Id="rId50096964b04e79f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50096964b04e79f23.jpg"/><Relationship Id="rId44036964b04e7cc97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44036964b04e7cc97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293420131" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212544816" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1489697f38ff2eec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId7254697f38ff2ef2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId4976697f38ff2f6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId7038697f38ff32e22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId9769697f38ff33094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId5122697f38ff33115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7352697f38ff3316a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId2930697f38ff3319d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5301697f38ff331ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8136697f38ff33240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5862697f38ff33433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId3875697f38ff33712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId8318697f38ff33786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId9372697f38ff33b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId6302697f38ff33c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId9627697f38ff33ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId9532697f38ff341ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId4100697f38ff34468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId2056697f38ff3469b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId3671697f38ff34aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId2605697f38ff34c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2189697f38ff2f597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2189697f38ff2f597.jpg"/><Relationship Id="rId8233697f38ff31c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8233697f38ff31c41.jpg"/><Relationship Id="rId3690697f38ff34f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3690697f38ff34f65.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>