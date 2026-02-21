--- v5 (2026-02-01)
+++ v6 (2026-02-21)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1489697f38ff2eec4" w:history="1">
+            <w:hyperlink r:id="rId67416999e91565e59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7254697f38ff2ef2e" w:history="1">
+            <w:hyperlink r:id="rId23406999e91565efe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54130637" name="name6240697f38ff2f59a" descr="15171.jpg"/>
+                  <wp:docPr id="8801059" name="name35966999e91566986" descr="15171.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15171.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2189697f38ff2f597" cstate="print"/>
+                          <a:blip r:embed="rId86506999e9156697e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4976697f38ff2f6bb" w:history="1">
+            <w:hyperlink r:id="rId66136999e91566c16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3955,63 +3955,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50149422" name="name8318697f38ff31c45" descr="RALSPS_distribution_map.jpg"/>
+            <wp:docPr id="86383845" name="name73106999e91569cbc" descr="RALSPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8233697f38ff31c41" cstate="print"/>
+                    <a:blip r:embed="rId76776999e91569cb9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6174,51 +6174,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7038697f38ff32e22" w:history="1">
+      <w:hyperlink r:id="rId28556999e9156adeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6380,51 +6380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9769697f38ff33094" w:history="1">
+      <w:hyperlink r:id="rId83006999e9156af53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6448,231 +6448,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5122697f38ff33115" w:history="1">
+      <w:hyperlink r:id="rId90226999e9156afcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7352697f38ff3316a" w:history="1">
+      <w:hyperlink r:id="rId42846999e9156b01f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2930697f38ff3319d" w:history="1">
+      <w:hyperlink r:id="rId48726999e9156b052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5301697f38ff331ef" w:history="1">
+      <w:hyperlink r:id="rId46016999e9156b0a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8136697f38ff33240" w:history="1">
+      <w:hyperlink r:id="rId72926999e9156b0f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6923,51 +6923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5862697f38ff33433" w:history="1">
+      <w:hyperlink r:id="rId81596999e9156b2da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7305,51 +7305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3875697f38ff33712" w:history="1">
+      <w:hyperlink r:id="rId22896999e9156b555" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8318697f38ff33786" w:history="1">
+      <w:hyperlink r:id="rId75626999e9156b5c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7915,51 +7915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 377-391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9372697f38ff33b4a" w:history="1">
+      <w:hyperlink r:id="rId86946999e9156b962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0249-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8005,51 +8005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6302697f38ff33c06" w:history="1">
+      <w:hyperlink r:id="rId72356999e9156ba01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8095,51 +8095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9627697f38ff33ca1" w:history="1">
+      <w:hyperlink r:id="rId75436999e9156baa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8875,51 +8875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9532697f38ff341ea" w:history="1">
+      <w:hyperlink r:id="rId19836999e9156bfcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9243,51 +9243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4100697f38ff34468" w:history="1">
+      <w:hyperlink r:id="rId47346999e9156c249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9593,51 +9593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 283-294. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2056697f38ff3469b" w:history="1">
+      <w:hyperlink r:id="rId52826999e9156c4d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jircas.affrc.go.jp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10164,51 +10164,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3671697f38ff34aa6" w:history="1">
+      <w:hyperlink r:id="rId64196999e9156c8af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2605697f38ff34c12" w:history="1">
+      <w:hyperlink r:id="rId34826999e9156c9f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10409,63 +10409,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51322463" name="name8455697f38ff34f67" descr="eu_funding_250.png"/>
+            <wp:docPr id="76519982" name="name24656999e9156d01c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3690697f38ff34f65" cstate="print"/>
+                    <a:blip r:embed="rId58346999e9156d01a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10563,137 +10563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61911301">
+  <w:abstractNum w:abstractNumId="21419059">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99288047">
+    <w:lvl w:ilvl="0" w:tplc="75551903">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99288047" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75551903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99288047" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75551903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99288047" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75551903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99288047" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75551903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99288047" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75551903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99288047" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75551903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99288047" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75551903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99288047" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75551903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61911300">
+  <w:abstractNum w:abstractNumId="21419058">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25710051">
+    <w:lvl w:ilvl="0" w:tplc="54030961">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11445,55 +11445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61911300">
-    <w:abstractNumId w:val="61911300"/>
+  <w:num w:numId="21419058">
+    <w:abstractNumId w:val="21419058"/>
   </w:num>
-  <w:num w:numId="61911301">
-    <w:abstractNumId w:val="61911301"/>
+  <w:num w:numId="21419059">
+    <w:abstractNumId w:val="21419059"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23043,51 +23043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293420131" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212544816" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1489697f38ff2eec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId7254697f38ff2ef2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId4976697f38ff2f6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId7038697f38ff32e22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId9769697f38ff33094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId5122697f38ff33115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7352697f38ff3316a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId2930697f38ff3319d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5301697f38ff331ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8136697f38ff33240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId5862697f38ff33433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId3875697f38ff33712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId8318697f38ff33786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId9372697f38ff33b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId6302697f38ff33c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId9627697f38ff33ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId9532697f38ff341ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId4100697f38ff34468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId2056697f38ff3469b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId3671697f38ff34aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId2605697f38ff34c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2189697f38ff2f597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2189697f38ff2f597.jpg"/><Relationship Id="rId8233697f38ff31c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8233697f38ff31c41.jpg"/><Relationship Id="rId3690697f38ff34f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3690697f38ff34f65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId879539269" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672428110" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId67416999e91565e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId23406999e91565efe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId66136999e91566c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId28556999e9156adeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId83006999e9156af53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId90226999e9156afcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId42846999e9156b01f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId48726999e9156b052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId46016999e9156b0a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId72926999e9156b0f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId81596999e9156b2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId22896999e9156b555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId75626999e9156b5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId86946999e9156b962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId72356999e9156ba01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId75436999e9156baa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId19836999e9156bfcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId47346999e9156c249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId52826999e9156c4d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId64196999e9156c8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId34826999e9156c9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86506999e9156697e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86506999e9156697e.jpg"/><Relationship Id="rId76776999e91569cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76776999e91569cb9.jpg"/><Relationship Id="rId58346999e9156d01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58346999e9156d01a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>