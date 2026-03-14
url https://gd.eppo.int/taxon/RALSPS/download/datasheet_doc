--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Betaproteobacteria: Burkholderiales: Burkholderiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67416999e91565e59" w:history="1">
+            <w:hyperlink r:id="rId744569b500c69da9b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23406999e91565efe" w:history="1">
+            <w:hyperlink r:id="rId347769b500c69db06" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RALSPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8801059" name="name35966999e91566986" descr="15171.jpg"/>
+                  <wp:docPr id="24897803" name="name439969b500c69e134" descr="15171.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15171.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId86506999e9156697e" cstate="print"/>
+                          <a:blip r:embed="rId265569b500c69e133" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId66136999e91566c16" w:history="1">
+            <w:hyperlink r:id="rId473269b500c69e270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3955,63 +3955,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">R. pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86383845" name="name73106999e91569cbc" descr="RALSPS_distribution_map.jpg"/>
+            <wp:docPr id="15843647" name="name954869b500c6a07b8" descr="RALSPS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RALSPS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76776999e91569cb9" cstate="print"/>
+                    <a:blip r:embed="rId303969b500c6a07b4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6174,51 +6174,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; e0122182.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charkowski A, Sharma K, Parker ML, Secor GA, Elphinstone J (2020) Bacterial diseases of potato. In The potato crop (Eds Campos H, Ortiz O). Springer. pp 351-388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28556999e9156adeb" w:history="1">
+      <w:hyperlink r:id="rId939569b500c6a1998" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-28683-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6380,51 +6380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5618, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83006999e9156af53" w:history="1">
+      <w:hyperlink r:id="rId455969b500c6a1aef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5618</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6448,231 +6448,231 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (eds Allen C, Prior P, Hayward AC) pp. 9-28, American Phytopathological Society (APS) Press, St Paul, MN (USA).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/21 Post-entry quarantine for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90226999e9156afcc" w:history="1">
+      <w:hyperlink r:id="rId122569b500c6a1b65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 7/21 Diagnostic protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42846999e9156b01f" w:history="1">
+      <w:hyperlink r:id="rId909269b500c6a1bb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48726999e9156b052" w:history="1">
+      <w:hyperlink r:id="rId897969b500c6a1be8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 9/3 National regulatory control systems for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia solanacearum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46016999e9156b0a3" w:history="1">
+      <w:hyperlink r:id="rId845469b500c6a1c39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 10/1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disinfection procedures in potato production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72926999e9156b0f8" w:history="1">
+      <w:hyperlink r:id="rId830669b500c6a1c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6923,51 +6923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 715. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81596999e9156b2da" w:history="1">
+      <w:hyperlink r:id="rId978369b500c6a1e6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00715</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7305,51 +7305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22896999e9156b555" w:history="1">
+      <w:hyperlink r:id="rId188569b500c6a20e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.01228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 614-629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75626999e9156b5c8" w:history="1">
+      <w:hyperlink r:id="rId553869b500c6a2153" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00804.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7915,51 +7915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 377-391. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86946999e9156b962" w:history="1">
+      <w:hyperlink r:id="rId680769b500c6a24ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0249-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8005,51 +8005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 90-96; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72356999e9156ba01" w:history="1">
+      <w:hyperlink r:id="rId846869b500c6a255e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTTECH.18.1.90</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8095,51 +8095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathogens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75436999e9156baa7" w:history="1">
+      <w:hyperlink r:id="rId220869b500c6a25f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9110886</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8875,51 +8875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3087–3103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19836999e9156bfcf" w:history="1">
+      <w:hyperlink r:id="rId592769b500c6a2add" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.066712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9243,51 +9243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47346999e9156c249" w:history="1">
+      <w:hyperlink r:id="rId274169b500c6a2d36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-16-0250-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9593,51 +9593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 283-294. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52826999e9156c4d4" w:history="1">
+      <w:hyperlink r:id="rId824169b500c6a2f75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jircas.affrc.go.jp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10164,51 +10164,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64196999e9156c8af" w:history="1">
+      <w:hyperlink r:id="rId589569b500c6a333a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1264/jsme2.ME14144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ralstonia pseudosolanacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34826999e9156c9f3" w:history="1">
+      <w:hyperlink r:id="rId364869b500c6a3470" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10409,63 +10409,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on Identity, Hosts and Geographical distribution are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76519982" name="name24656999e9156d01c" descr="eu_funding_250.png"/>
+            <wp:docPr id="99093499" name="name792769b500c6a354b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId58346999e9156d01a" cstate="print"/>
+                    <a:blip r:embed="rId240669b500c6a3549" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10563,137 +10563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21419059">
+  <w:abstractNum w:abstractNumId="80702074">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75551903">
+    <w:lvl w:ilvl="0" w:tplc="54179982">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75551903" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54179982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75551903" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54179982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75551903" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54179982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75551903" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54179982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75551903" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54179982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75551903" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54179982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75551903" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54179982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75551903" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54179982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21419058">
+  <w:abstractNum w:abstractNumId="80702073">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54030961">
+    <w:lvl w:ilvl="0" w:tplc="11189033">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11445,55 +11445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21419058">
-    <w:abstractNumId w:val="21419058"/>
+  <w:num w:numId="80702073">
+    <w:abstractNumId w:val="80702073"/>
   </w:num>
-  <w:num w:numId="21419059">
-    <w:abstractNumId w:val="21419059"/>
+  <w:num w:numId="80702074">
+    <w:abstractNumId w:val="80702074"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23043,51 +23043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId879539269" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672428110" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId67416999e91565e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId23406999e91565efe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId66136999e91566c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId28556999e9156adeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId83006999e9156af53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId90226999e9156afcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId42846999e9156b01f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId48726999e9156b052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId46016999e9156b0a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId72926999e9156b0f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId81596999e9156b2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId22896999e9156b555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId75626999e9156b5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId86946999e9156b962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId72356999e9156ba01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId75436999e9156baa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId19836999e9156bfcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId47346999e9156c249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId52826999e9156c4d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId64196999e9156c8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId34826999e9156c9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86506999e9156697e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86506999e9156697e.jpg"/><Relationship Id="rId76776999e91569cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76776999e91569cb9.jpg"/><Relationship Id="rId58346999e9156d01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58346999e9156d01a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId569373345" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId647118494" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId744569b500c69da9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/" TargetMode="External"/><Relationship Id="rId347769b500c69db06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/categorization" TargetMode="External"/><Relationship Id="rId473269b500c69e270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RALSPS/photos" TargetMode="External"/><Relationship Id="rId939569b500c6a1998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-28683-5" TargetMode="External"/><Relationship Id="rId455969b500c6a1aef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5618" TargetMode="External"/><Relationship Id="rId122569b500c6a1b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId909269b500c6a1bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId897969b500c6a1be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId845469b500c6a1c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId830669b500c6a1c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId978369b500c6a1e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00715" TargetMode="External"/><Relationship Id="rId188569b500c6a20e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.01228" TargetMode="External"/><Relationship Id="rId553869b500c6a2153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00804.x" TargetMode="External"/><Relationship Id="rId680769b500c6a24ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0249-9" TargetMode="External"/><Relationship Id="rId846869b500c6a255e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTTECH.18.1.90" TargetMode="External"/><Relationship Id="rId220869b500c6a25f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9110886" TargetMode="External"/><Relationship Id="rId592769b500c6a2add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.066712-0" TargetMode="External"/><Relationship Id="rId274169b500c6a2d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-16-0250-PDN" TargetMode="External"/><Relationship Id="rId824169b500c6a2f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jircas.affrc.go.jp" TargetMode="External"/><Relationship Id="rId589569b500c6a333a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1264/jsme2.ME14144" TargetMode="External"/><Relationship Id="rId364869b500c6a3470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId265569b500c69e133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId265569b500c69e133.jpg"/><Relationship Id="rId303969b500c6a07b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId303969b500c6a07b4.jpg"/><Relationship Id="rId240669b500c6a3549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId240669b500c6a3549.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>