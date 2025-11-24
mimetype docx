--- v0 (2025-10-16)
+++ v1 (2025-11-24)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Harrington, Fraedrich &amp; Aghayeva</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laurel wilt (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281268f14e0947b15" w:history="1">
+            <w:hyperlink r:id="rId27046924e542c1e3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362168f14e0947b57" w:history="1">
+            <w:hyperlink r:id="rId53886924e542c1e81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RAFFLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19972636" name="name214268f14e0948263" descr="17870.jpg"/>
+                  <wp:docPr id="91462676" name="name15796924e542c25fe" descr="17870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId763768f14e0948261" cstate="print"/>
+                          <a:blip r:embed="rId70626924e542c25fc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId462068f14e0948352" w:history="1">
+            <w:hyperlink r:id="rId18406924e542c26d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1395,112 +1395,112 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is its main fungal symbiont (Harrington </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2010). Because ambrosia beetles depend on their fungal partners for survival, it is most prudent for quarantine purposes to use the distribution of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876068f14e0948a1c" w:history="1">
+      <w:hyperlink r:id="rId71116924e542c2d60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xyleborus glabratus </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to infer the full current range of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92740172" name="name515568f14e09496f9" descr="RAFFLA_distribution_map.jpg"/>
+            <wp:docPr id="12924048" name="name60246924e542c37ca" descr="RAFFLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RAFFLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId451568f14e09496f7" cstate="print"/>
+                    <a:blip r:embed="rId10986924e542c37c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5222,51 +5222,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ciesla WM (2002) Non-wood forest products from temperate broad-leaved trees (Vol. 15). Food &amp; Agriculture Org. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178668f14e094b030" w:history="1">
+      <w:hyperlink r:id="rId94316924e542c53e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/4/Y4351E/y4351e00.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5310,51 +5310,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dong Y, Hulcr J, Carrillo D, &amp; Martini X (2024) FOR404/FR475: The Redbay Ambrosia Beetle and Laurel Wilt [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId432168f14e094b0c5" w:history="1">
+      <w:hyperlink r:id="rId92266924e542c549e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-fr475-2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]. Ask IFAS - Powered by EDIS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5369,51 +5369,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cinnamomum camphora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814268f14e094b122" w:history="1">
+      <w:hyperlink r:id="rId46666924e542c5501" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8202,51 +8202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harringtonia lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526568f14e094c316" w:history="1">
+      <w:hyperlink r:id="rId43356924e542c6824" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8311,51 +8311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944068f14e094c3d7" w:history="1">
+      <w:hyperlink r:id="rId53236924e542c6915" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8442,137 +8442,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67924768">
+  <w:abstractNum w:abstractNumId="21885402">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36260879">
+    <w:lvl w:ilvl="0" w:tplc="69090148">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36260879" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69090148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36260879" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69090148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36260879" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69090148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36260879" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69090148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36260879" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69090148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36260879" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69090148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36260879" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69090148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36260879" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69090148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67924767">
+  <w:abstractNum w:abstractNumId="21885401">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12435084">
+    <w:lvl w:ilvl="0" w:tplc="94548718">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9324,55 +9324,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67924767">
-    <w:abstractNumId w:val="67924767"/>
+  <w:num w:numId="21885401">
+    <w:abstractNumId w:val="21885401"/>
   </w:num>
-  <w:num w:numId="67924768">
-    <w:abstractNumId w:val="67924768"/>
+  <w:num w:numId="21885402">
+    <w:abstractNumId w:val="21885402"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20922,51 +20922,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId690326686" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId166171961" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId281268f14e0947b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId362168f14e0947b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId462068f14e0948352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId876068f14e0948a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId178668f14e094b030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId432168f14e094b0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId814268f14e094b122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId526568f14e094c316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId944068f14e094c3d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId763768f14e0948261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId763768f14e0948261.jpg"/><Relationship Id="rId451568f14e09496f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId451568f14e09496f7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId206540331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669654592" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27046924e542c1e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId53886924e542c1e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId18406924e542c26d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId71116924e542c2d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId94316924e542c53e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId92266924e542c549e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId46666924e542c5501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId43356924e542c6824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53236924e542c6915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId70626924e542c25fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70626924e542c25fc.jpg"/><Relationship Id="rId10986924e542c37c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10986924e542c37c7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>