--- v1 (2025-11-24)
+++ v2 (2025-12-16)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Harrington, Fraedrich &amp; Aghayeva</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laurel wilt (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27046924e542c1e3e" w:history="1">
+            <w:hyperlink r:id="rId67946940c640d57a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53886924e542c1e81" w:history="1">
+            <w:hyperlink r:id="rId56836940c640d57e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RAFFLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91462676" name="name15796924e542c25fe" descr="17870.jpg"/>
+                  <wp:docPr id="7516472" name="name16776940c640d610e" descr="17870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId70626924e542c25fc" cstate="print"/>
+                          <a:blip r:embed="rId62496940c640d610d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId18406924e542c26d1" w:history="1">
+            <w:hyperlink r:id="rId32806940c640d6227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1395,112 +1395,112 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is its main fungal symbiont (Harrington </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2010). Because ambrosia beetles depend on their fungal partners for survival, it is most prudent for quarantine purposes to use the distribution of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71116924e542c2d60" w:history="1">
+      <w:hyperlink r:id="rId62776940c640d68b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xyleborus glabratus </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to infer the full current range of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12924048" name="name60246924e542c37ca" descr="RAFFLA_distribution_map.jpg"/>
+            <wp:docPr id="42399397" name="name86926940c640d76cd" descr="RAFFLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RAFFLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10986924e542c37c7" cstate="print"/>
+                    <a:blip r:embed="rId78106940c640d76cb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4486,50 +4486,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytosanitary risk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Although it has been suggested that invasive ambrosia beetles change their behavior in newly colonized areas (e.g. Hulcr &amp; Dunn, 2011), recent research indicates that such rapid adaptation is unlikely. Adventive populations of haplodiploid Xyleborine species are genetically homogeneous, greatly limiting natural selection. Indeed, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xyleborus glabratus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> populations in the USA are essentially genetically homogeneous, in contrast to the high variability present in the native Asian range (Cognato </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et al.,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019). Instead, what may appear to be a change in beetle behavior is more accurately a consequence of the presence of susceptible hosts. In the case of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">X. glabratus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the American laurel hosts emit atypical volatile profiles that attract the beetle to living trees, and are susceptible to its fungal symbiont, the pathogenic </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">H. lauricola</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Martini </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et al.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">The exact risks posed by laurel wilt in the EPPO region have yet to be quantified, but several factors may influence its capacity to become established. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. glabratus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has a haplodiploid sex determination system and typically mates with its siblings or beetles in neighboring galleries before dispersing, meaning that a single foundress could hypothetically start an entire outbreak. Fortunately, there is relatively limited movement of common host material into the region, as redbay, swampbay, and most other afflicted Lauraceae are not traded extensively internationally or used in packing material. Even if it remains relatively unaffected by laurel wilt, camphor tree (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5222,139 +5340,238 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ciesla WM (2002) Non-wood forest products from temperate broad-leaved trees (Vol. 15). Food &amp; Agriculture Org. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94316924e542c53e8" w:history="1">
+      <w:hyperlink r:id="rId23566940c640d90fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/4/Y4351E/y4351e00.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Crane JH, Carrillo D, Evans EA, Gazis R, Schaffer BA, Orozco FHB &amp; Wasielewski J (2020) Recommendations for Control and Mitigation of Laurel Wilt and Ambrosia Beetle Vectors in Commercial Avocado Groves in Florida: HS1360, 3/2020.</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">(2).</w:t>
+        <w:t xml:space="preserve">Cognato AI, Smith SM, Li Y, Pham TH &amp; Hulcr J (2018) Forest entomology: genetic variability among </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xyleborus glabratus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> populations native to Southeast Asia (Coleoptera: Curculionidae: Scolytinae: Xyleborini) and the description of two related species. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(3), 1274-1284. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24916940c640d9192" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000CC"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Crane JH, Carrillo D, Evans EA, Gazis R, Schaffer BA, Orozco FHB &amp; Wasielewski J (2020) Recommendations for Control and Mitigation of Laurel Wilt and Ambrosia Beetle Vectors in Commercial Avocado Groves in Florida: HS1360, 3/2020.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EDIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Dong Y, Hulcr J, Carrillo D, &amp; Martini X (2024) FOR404/FR475: The Redbay Ambrosia Beetle and Laurel Wilt [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId92266924e542c549e" w:history="1">
+      <w:hyperlink r:id="rId96416940c640d9230" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-fr475-2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]. Ask IFAS - Powered by EDIS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5369,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cinnamomum camphora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46666924e542c5501" w:history="1">
+      <w:hyperlink r:id="rId43346940c640d928d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6761,50 +6978,99 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 257–261.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Hulcr J &amp; Dunn RR (2011) The sudden emergence of pathogenicity in insect–fungus symbioses threatens naive forest ecosystems. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">278</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1720), pp.2866-2873.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Hulcr J &amp; Lou QZ (2013) The Redbay Ambrosia Beetle (Coleoptera: Curculionidae) prefers Lauraceae in its native range: records from the Chinese national insect collection. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8202,51 +8468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harringtonia lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43356924e542c6824" w:history="1">
+      <w:hyperlink r:id="rId46596940c640da4b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8311,51 +8577,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53236924e542c6915" w:history="1">
+      <w:hyperlink r:id="rId36836940c640da569" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8442,137 +8708,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21885402">
+  <w:abstractNum w:abstractNumId="14006062">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69090148">
+    <w:lvl w:ilvl="0" w:tplc="95756003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69090148" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95756003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69090148" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95756003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69090148" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95756003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69090148" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95756003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69090148" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95756003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69090148" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95756003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69090148" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95756003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69090148" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95756003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21885401">
+  <w:abstractNum w:abstractNumId="14006061">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94548718">
+    <w:lvl w:ilvl="0" w:tplc="38064504">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9324,55 +9590,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21885401">
-    <w:abstractNumId w:val="21885401"/>
+  <w:num w:numId="14006061">
+    <w:abstractNumId w:val="14006061"/>
   </w:num>
-  <w:num w:numId="21885402">
-    <w:abstractNumId w:val="21885402"/>
+  <w:num w:numId="14006062">
+    <w:abstractNumId w:val="14006062"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20922,51 +21188,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId206540331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669654592" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27046924e542c1e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId53886924e542c1e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId18406924e542c26d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId71116924e542c2d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId94316924e542c53e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId92266924e542c549e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId46666924e542c5501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId43356924e542c6824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53236924e542c6915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId70626924e542c25fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70626924e542c25fc.jpg"/><Relationship Id="rId10986924e542c37c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10986924e542c37c7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305528923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId775076512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId67946940c640d57a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId56836940c640d57e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId32806940c640d6227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId62776940c640d68b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId23566940c640d90fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId24916940c640d9192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz026" TargetMode="External"/><Relationship Id="rId96416940c640d9230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId43346940c640d928d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId46596940c640da4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36836940c640da569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId62496940c640d610d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62496940c640d610d.jpg"/><Relationship Id="rId78106940c640d76cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78106940c640d76cb.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>