--- v2 (2025-12-16)
+++ v3 (2026-01-07)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Harrington, Fraedrich &amp; Aghayeva</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laurel wilt (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67946940c640d57a0" w:history="1">
+            <w:hyperlink r:id="rId1351695dee784b28e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56836940c640d57e3" w:history="1">
+            <w:hyperlink r:id="rId5521695dee784b2d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RAFFLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7516472" name="name16776940c640d610e" descr="17870.jpg"/>
+                  <wp:docPr id="20363964" name="name2699695dee784b396" descr="17870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62496940c640d610d" cstate="print"/>
+                          <a:blip r:embed="rId9240695dee784b394" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId32806940c640d6227" w:history="1">
+            <w:hyperlink r:id="rId4974695dee784b494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1395,112 +1395,112 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is its main fungal symbiont (Harrington </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2010). Because ambrosia beetles depend on their fungal partners for survival, it is most prudent for quarantine purposes to use the distribution of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62776940c640d68b7" w:history="1">
+      <w:hyperlink r:id="rId3224695dee784bb11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xyleborus glabratus </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to infer the full current range of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42399397" name="name86926940c640d76cd" descr="RAFFLA_distribution_map.jpg"/>
+            <wp:docPr id="24265736" name="name1576695dee784c8fc" descr="RAFFLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RAFFLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78106940c640d76cb" cstate="print"/>
+                    <a:blip r:embed="rId4066695dee784c8fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5340,51 +5340,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ciesla WM (2002) Non-wood forest products from temperate broad-leaved trees (Vol. 15). Food &amp; Agriculture Org. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23566940c640d90fc" w:history="1">
+      <w:hyperlink r:id="rId1507695dee784e2df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/4/Y4351E/y4351e00.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1274-1284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24916940c640d9192" w:history="1">
+      <w:hyperlink r:id="rId4039695dee784e375" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5527,51 +5527,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dong Y, Hulcr J, Carrillo D, &amp; Martini X (2024) FOR404/FR475: The Redbay Ambrosia Beetle and Laurel Wilt [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId96416940c640d9230" w:history="1">
+      <w:hyperlink r:id="rId7960695dee784e413" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-fr475-2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]. Ask IFAS - Powered by EDIS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5586,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cinnamomum camphora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43346940c640d928d" w:history="1">
+      <w:hyperlink r:id="rId4949695dee784e470" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8446,73 +8446,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harringtonia lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46596940c640da4b6" w:history="1">
+      <w:hyperlink r:id="rId1941695dee784f697" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8577,51 +8577,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36836940c640da569" w:history="1">
+      <w:hyperlink r:id="rId6858695dee784f74b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8708,137 +8708,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14006062">
+  <w:abstractNum w:abstractNumId="70483019">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95756003">
+    <w:lvl w:ilvl="0" w:tplc="33246407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95756003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33246407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95756003" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33246407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95756003" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33246407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95756003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33246407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95756003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33246407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95756003" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33246407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95756003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33246407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95756003" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33246407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14006061">
+  <w:abstractNum w:abstractNumId="70483018">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38064504">
+    <w:lvl w:ilvl="0" w:tplc="67702845">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9590,55 +9590,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14006061">
-    <w:abstractNumId w:val="14006061"/>
+  <w:num w:numId="70483018">
+    <w:abstractNumId w:val="70483018"/>
   </w:num>
-  <w:num w:numId="14006062">
-    <w:abstractNumId w:val="14006062"/>
+  <w:num w:numId="70483019">
+    <w:abstractNumId w:val="70483019"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21188,51 +21188,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305528923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId775076512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId67946940c640d57a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId56836940c640d57e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId32806940c640d6227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId62776940c640d68b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId23566940c640d90fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId24916940c640d9192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz026" TargetMode="External"/><Relationship Id="rId96416940c640d9230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId43346940c640d928d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId46596940c640da4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36836940c640da569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId62496940c640d610d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62496940c640d610d.jpg"/><Relationship Id="rId78106940c640d76cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78106940c640d76cb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602442585" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId734199791" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1351695dee784b28e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId5521695dee784b2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId4974695dee784b494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId3224695dee784bb11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId1507695dee784e2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId4039695dee784e375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz026" TargetMode="External"/><Relationship Id="rId7960695dee784e413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId4949695dee784e470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId1941695dee784f697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6858695dee784f74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId9240695dee784b394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9240695dee784b394.jpg"/><Relationship Id="rId4066695dee784c8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4066695dee784c8fa.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>