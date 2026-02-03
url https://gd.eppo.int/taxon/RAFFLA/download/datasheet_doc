--- v3 (2026-01-07)
+++ v4 (2026-02-03)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Harrington, Fraedrich &amp; Aghayeva</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laurel wilt (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1351695dee784b28e" w:history="1">
+            <w:hyperlink r:id="rId442669822d48acb51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5521695dee784b2d0" w:history="1">
+            <w:hyperlink r:id="rId135769822d48acb98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RAFFLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20363964" name="name2699695dee784b396" descr="17870.jpg"/>
+                  <wp:docPr id="31177420" name="name187869822d48acc78" descr="17870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9240695dee784b394" cstate="print"/>
+                          <a:blip r:embed="rId868769822d48acc77" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4974695dee784b494" w:history="1">
+            <w:hyperlink r:id="rId247169822d48acdb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1395,112 +1395,112 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is its main fungal symbiont (Harrington </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2010). Because ambrosia beetles depend on their fungal partners for survival, it is most prudent for quarantine purposes to use the distribution of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3224695dee784bb11" w:history="1">
+      <w:hyperlink r:id="rId635269822d48ad46a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xyleborus glabratus </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to infer the full current range of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24265736" name="name1576695dee784c8fc" descr="RAFFLA_distribution_map.jpg"/>
+            <wp:docPr id="98084122" name="name145869822d48ad547" descr="RAFFLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RAFFLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4066695dee784c8fa" cstate="print"/>
+                    <a:blip r:embed="rId172069822d48ad546" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5340,51 +5340,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ciesla WM (2002) Non-wood forest products from temperate broad-leaved trees (Vol. 15). Food &amp; Agriculture Org. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1507695dee784e2df" w:history="1">
+      <w:hyperlink r:id="rId501669822d48af019" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/4/Y4351E/y4351e00.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1274-1284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4039695dee784e375" w:history="1">
+      <w:hyperlink r:id="rId134269822d48af0b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5527,51 +5527,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dong Y, Hulcr J, Carrillo D, &amp; Martini X (2024) FOR404/FR475: The Redbay Ambrosia Beetle and Laurel Wilt [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7960695dee784e413" w:history="1">
+      <w:hyperlink r:id="rId264169822d48af156" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-fr475-2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]. Ask IFAS - Powered by EDIS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5586,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cinnamomum camphora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4949695dee784e470" w:history="1">
+      <w:hyperlink r:id="rId975669822d48af1b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8468,51 +8468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harringtonia lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1941695dee784f697" w:history="1">
+      <w:hyperlink r:id="rId575869822d48b0421" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8577,51 +8577,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6858695dee784f74b" w:history="1">
+      <w:hyperlink r:id="rId553269822d48b04d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8708,137 +8708,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70483019">
+  <w:abstractNum w:abstractNumId="96944798">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33246407">
+    <w:lvl w:ilvl="0" w:tplc="93121507">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33246407" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93121507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33246407" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93121507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33246407" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93121507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33246407" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93121507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33246407" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93121507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33246407" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93121507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33246407" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93121507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33246407" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93121507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70483018">
+  <w:abstractNum w:abstractNumId="96944797">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67702845">
+    <w:lvl w:ilvl="0" w:tplc="26354379">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9590,55 +9590,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70483018">
-    <w:abstractNumId w:val="70483018"/>
+  <w:num w:numId="96944797">
+    <w:abstractNumId w:val="96944797"/>
   </w:num>
-  <w:num w:numId="70483019">
-    <w:abstractNumId w:val="70483019"/>
+  <w:num w:numId="96944798">
+    <w:abstractNumId w:val="96944798"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21188,51 +21188,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602442585" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId734199791" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1351695dee784b28e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId5521695dee784b2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId4974695dee784b494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId3224695dee784bb11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId1507695dee784e2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId4039695dee784e375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz026" TargetMode="External"/><Relationship Id="rId7960695dee784e413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId4949695dee784e470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId1941695dee784f697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6858695dee784f74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId9240695dee784b394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9240695dee784b394.jpg"/><Relationship Id="rId4066695dee784c8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4066695dee784c8fa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId508200544" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId183485191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId442669822d48acb51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId135769822d48acb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId247169822d48acdb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId635269822d48ad46a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId501669822d48af019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId134269822d48af0b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz026" TargetMode="External"/><Relationship Id="rId264169822d48af156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId975669822d48af1b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId575869822d48b0421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId553269822d48b04d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId868769822d48acc77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId868769822d48acc77.jpg"/><Relationship Id="rId172069822d48ad546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId172069822d48ad546.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>