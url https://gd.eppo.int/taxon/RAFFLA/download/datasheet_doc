--- v4 (2026-02-03)
+++ v5 (2026-02-24)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Harrington, Fraedrich &amp; Aghayeva</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laurel wilt (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442669822d48acb51" w:history="1">
+            <w:hyperlink r:id="rId7250699d860fa7abd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135769822d48acb98" w:history="1">
+            <w:hyperlink r:id="rId2552699d860fa7b03" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RAFFLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31177420" name="name187869822d48acc78" descr="17870.jpg"/>
+                  <wp:docPr id="55813825" name="name6600699d860fa808b" descr="17870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId868769822d48acc77" cstate="print"/>
+                          <a:blip r:embed="rId3700699d860fa8089" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId247169822d48acdb9" w:history="1">
+            <w:hyperlink r:id="rId8994699d860fa81b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1395,112 +1395,112 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is its main fungal symbiont (Harrington </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2010). Because ambrosia beetles depend on their fungal partners for survival, it is most prudent for quarantine purposes to use the distribution of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635269822d48ad46a" w:history="1">
+      <w:hyperlink r:id="rId7069699d860fa8873" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xyleborus glabratus </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to infer the full current range of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98084122" name="name145869822d48ad547" descr="RAFFLA_distribution_map.jpg"/>
+            <wp:docPr id="64453835" name="name6649699d860fa93d8" descr="RAFFLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RAFFLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId172069822d48ad546" cstate="print"/>
+                    <a:blip r:embed="rId5520699d860fa93d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5340,51 +5340,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ciesla WM (2002) Non-wood forest products from temperate broad-leaved trees (Vol. 15). Food &amp; Agriculture Org. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId501669822d48af019" w:history="1">
+      <w:hyperlink r:id="rId5840699d860fab12b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/4/Y4351E/y4351e00.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1274-1284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134269822d48af0b4" w:history="1">
+      <w:hyperlink r:id="rId9705699d860fab1c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5527,51 +5527,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dong Y, Hulcr J, Carrillo D, &amp; Martini X (2024) FOR404/FR475: The Redbay Ambrosia Beetle and Laurel Wilt [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId264169822d48af156" w:history="1">
+      <w:hyperlink r:id="rId7989699d860fab26a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-fr475-2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]. Ask IFAS - Powered by EDIS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5586,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cinnamomum camphora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975669822d48af1b5" w:history="1">
+      <w:hyperlink r:id="rId7996699d860fab310" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8468,51 +8468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harringtonia lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575869822d48b0421" w:history="1">
+      <w:hyperlink r:id="rId3944699d860fac5c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8577,51 +8577,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId553269822d48b04d8" w:history="1">
+      <w:hyperlink r:id="rId3043699d860fac678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8708,137 +8708,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96944798">
+  <w:abstractNum w:abstractNumId="88938485">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93121507">
+    <w:lvl w:ilvl="0" w:tplc="22374960">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93121507" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22374960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93121507" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22374960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93121507" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22374960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93121507" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22374960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93121507" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22374960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93121507" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22374960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93121507" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22374960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93121507" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22374960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96944797">
+  <w:abstractNum w:abstractNumId="88938484">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26354379">
+    <w:lvl w:ilvl="0" w:tplc="28556002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9590,55 +9590,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96944797">
-    <w:abstractNumId w:val="96944797"/>
+  <w:num w:numId="88938484">
+    <w:abstractNumId w:val="88938484"/>
   </w:num>
-  <w:num w:numId="96944798">
-    <w:abstractNumId w:val="96944798"/>
+  <w:num w:numId="88938485">
+    <w:abstractNumId w:val="88938485"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21188,51 +21188,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId508200544" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId183485191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId442669822d48acb51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId135769822d48acb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId247169822d48acdb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId635269822d48ad46a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId501669822d48af019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId134269822d48af0b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz026" TargetMode="External"/><Relationship Id="rId264169822d48af156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId975669822d48af1b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId575869822d48b0421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId553269822d48b04d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId868769822d48acc77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId868769822d48acc77.jpg"/><Relationship Id="rId172069822d48ad546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId172069822d48ad546.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId565300382" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId589172123" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7250699d860fa7abd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId2552699d860fa7b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId8994699d860fa81b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId7069699d860fa8873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId5840699d860fab12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId9705699d860fab1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz026" TargetMode="External"/><Relationship Id="rId7989699d860fab26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId7996699d860fab310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId3944699d860fac5c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3043699d860fac678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId3700699d860fa8089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3700699d860fa8089.jpg"/><Relationship Id="rId5520699d860fa93d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5520699d860fa93d5.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>