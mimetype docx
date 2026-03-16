--- v5 (2026-02-24)
+++ v6 (2026-03-16)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Harrington, Fraedrich &amp; Aghayeva</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laurel wilt (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7250699d860fa7abd" w:history="1">
+            <w:hyperlink r:id="rId413369b8047a3d8b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2552699d860fa7b03" w:history="1">
+            <w:hyperlink r:id="rId855769b8047a3d902" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RAFFLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55813825" name="name6600699d860fa808b" descr="17870.jpg"/>
+                  <wp:docPr id="88362449" name="name393569b8047a3d9cc" descr="17870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3700699d860fa8089" cstate="print"/>
+                          <a:blip r:embed="rId728969b8047a3d9cb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8994699d860fa81b1" w:history="1">
+            <w:hyperlink r:id="rId616669b8047a3db10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1395,112 +1395,112 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is its main fungal symbiont (Harrington </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2010). Because ambrosia beetles depend on their fungal partners for survival, it is most prudent for quarantine purposes to use the distribution of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7069699d860fa8873" w:history="1">
+      <w:hyperlink r:id="rId327769b8047a3e1ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xyleborus glabratus </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to infer the full current range of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64453835" name="name6649699d860fa93d8" descr="RAFFLA_distribution_map.jpg"/>
+            <wp:docPr id="56523029" name="name959969b8047a3e318" descr="RAFFLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="RAFFLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5520699d860fa93d5" cstate="print"/>
+                    <a:blip r:embed="rId677169b8047a3e317" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5340,51 +5340,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ciesla WM (2002) Non-wood forest products from temperate broad-leaved trees (Vol. 15). Food &amp; Agriculture Org. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5840699d860fab12b" w:history="1">
+      <w:hyperlink r:id="rId576069b8047a3fe17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/4/Y4351E/y4351e00.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1274-1284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9705699d860fab1c7" w:history="1">
+      <w:hyperlink r:id="rId756869b8047a3feb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5527,51 +5527,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dong Y, Hulcr J, Carrillo D, &amp; Martini X (2024) FOR404/FR475: The Redbay Ambrosia Beetle and Laurel Wilt [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7989699d860fab26a" w:history="1">
+      <w:hyperlink r:id="rId308469b8047a3ff53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32473/edis-fr475-2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]. Ask IFAS - Powered by EDIS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5586,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cinnamomum camphora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7996699d860fab310" w:history="1">
+      <w:hyperlink r:id="rId306569b8047a3ffb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8468,51 +8468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harringtonia lauricola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3944699d860fac5c0" w:history="1">
+      <w:hyperlink r:id="rId197569b8047a4129a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8577,51 +8577,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3043699d860fac678" w:history="1">
+      <w:hyperlink r:id="rId155569b8047a41353" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8708,137 +8708,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88938485">
+  <w:abstractNum w:abstractNumId="77257113">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22374960">
+    <w:lvl w:ilvl="0" w:tplc="47435983">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22374960" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47435983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22374960" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47435983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22374960" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47435983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22374960" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47435983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22374960" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47435983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22374960" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47435983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22374960" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47435983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22374960" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47435983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88938484">
+  <w:abstractNum w:abstractNumId="77257112">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28556002">
+    <w:lvl w:ilvl="0" w:tplc="56725741">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9590,55 +9590,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88938484">
-    <w:abstractNumId w:val="88938484"/>
+  <w:num w:numId="77257112">
+    <w:abstractNumId w:val="77257112"/>
   </w:num>
-  <w:num w:numId="88938485">
-    <w:abstractNumId w:val="88938485"/>
+  <w:num w:numId="77257113">
+    <w:abstractNumId w:val="77257113"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21188,51 +21188,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId565300382" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId589172123" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7250699d860fa7abd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId2552699d860fa7b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId8994699d860fa81b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId7069699d860fa8873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId5840699d860fab12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId9705699d860fab1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz026" TargetMode="External"/><Relationship Id="rId7989699d860fab26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId7996699d860fab310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId3944699d860fac5c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3043699d860fac678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId3700699d860fa8089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3700699d860fa8089.jpg"/><Relationship Id="rId5520699d860fa93d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5520699d860fa93d5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId617422517" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId701382897" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId413369b8047a3d8b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/" TargetMode="External"/><Relationship Id="rId855769b8047a3d902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/categorization" TargetMode="External"/><Relationship Id="rId616669b8047a3db10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RAFFLA/photos" TargetMode="External"/><Relationship Id="rId327769b8047a3e1ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLBGR/distribution" TargetMode="External"/><Relationship Id="rId576069b8047a3fe17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/4/Y4351E/y4351e00.htm" TargetMode="External"/><Relationship Id="rId756869b8047a3feb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz026" TargetMode="External"/><Relationship Id="rId308469b8047a3ff53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32473/edis-fr475-2024" TargetMode="External"/><Relationship Id="rId306569b8047a3ffb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/64d411c8-ce43-4681-ba64-0e05cd97d86f" TargetMode="External"/><Relationship Id="rId197569b8047a4129a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId155569b8047a41353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70001" TargetMode="External"/><Relationship Id="rId728969b8047a3d9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId728969b8047a3d9cb.jpg"/><Relationship Id="rId677169b8047a3e317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId677169b8047a3e317.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>