--- v0 (2025-10-08)
+++ v1 (2026-02-20)
@@ -12,185 +12,348 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="RADOSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CBALA</t>
   </si>
   <si>
     <t>Goeppertia insignis</t>
   </si>
   <si>
     <t>CBAMA</t>
   </si>
   <si>
     <t>Goeppertia makoyana</t>
   </si>
   <si>
+    <t>*  Ambrogioni L (1978) Sulla presenza di Radopholus similis in una serra in Toscana. Atti Giornate fitopatologiche, 1978, 421-428.</t>
+  </si>
+  <si>
     <t>MUBPA</t>
   </si>
   <si>
     <t>Musa x paradisiaca</t>
   </si>
   <si>
-    <t>* Torres-Asuaje PE, Cotes-Prado AM, Echeverría-Beirute F, Blanco-Rojas FA, Sandoval-Fernández JA, Segura-Mena RA, Palomares-Rius JE (2023) Ensilaged biostimulants promoting root health and control of Radopholus similis in banana (Musa AAA) cv. Grande Naine. European Journal of Plant Pathology 165(3), 465-474.</t>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25
+* Torres-Asuaje PE, Cotes-Prado AM, Echeverría-Beirute F, Blanco-Rojas FA, Sandoval-Fernández JA, Segura-Mena RA, Palomares-Rius JE (2023) Ensilaged biostimulants promoting root health and control of Radopholus similis in banana (Musa AAA) cv. Grande Naine. European Journal of Plant Pathology 165(3), 465-474.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANHCO</t>
   </si>
   <si>
     <t>Ananas comosus</t>
   </si>
   <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
+  </si>
+  <si>
     <t>1AURG</t>
   </si>
   <si>
     <t>Anthurium</t>
   </si>
   <si>
+    <t>* Wolny, S. (1996) Nematodes recorded in plant propagative material. Progress in Plant Protection, 36(1), 191-195.</t>
+  </si>
+  <si>
+    <t>AURAN</t>
+  </si>
+  <si>
+    <t>Anthurium andraeanum</t>
+  </si>
+  <si>
+    <t>* Nursusilawati N, Sunarto T, Hersanti H (2024) Deteksi dan Identifikasi Nematoda Radopholus similis Cobb pada Tanaman Hias Anthurium andreanum.[Detection and Identification of Burrowing Nematode (Radopholus similis) Cobb on Anthurium andreanum ] Jurnal Agrikultura 35(1), 10-19.</t>
+  </si>
+  <si>
+    <t>AUIBA</t>
+  </si>
+  <si>
+    <t>Anubias barteri</t>
+  </si>
+  <si>
+    <t>* Lehman PS, Vovlas N, Inserra RN, Duncan LW and Kaplan DT (2000) Colonization of foliar tissues of an aquatic plant, Anubias barteri Schott, by Radopholus similis. Nematropica, 30, 63–75.</t>
+  </si>
+  <si>
+    <t>ARMCA</t>
+  </si>
+  <si>
+    <t>Areca catechu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8), e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
+  </si>
+  <si>
+    <t>ARMMC</t>
+  </si>
+  <si>
+    <t>Areca macrocalyx</t>
+  </si>
+  <si>
+    <t>ARMTR</t>
+  </si>
+  <si>
+    <t>Areca triandra</t>
+  </si>
+  <si>
     <t>1ARMS</t>
   </si>
   <si>
     <t>Aroideae</t>
   </si>
   <si>
     <t>1CBAG</t>
   </si>
   <si>
     <t>Calathea</t>
   </si>
   <si>
+    <t>CMDLI</t>
+  </si>
+  <si>
+    <t>Chamaedorea cataractarum</t>
+  </si>
+  <si>
+    <t>CMDEL</t>
+  </si>
+  <si>
+    <t>Chamaedorea elegans</t>
+  </si>
+  <si>
+    <t>CMDSE</t>
+  </si>
+  <si>
+    <t>Chamaedorea seifrizii</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8):, e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
+  </si>
+  <si>
+    <t>CCNNU</t>
+  </si>
+  <si>
+    <t>Cocos nucifera</t>
+  </si>
+  <si>
     <t>CURLO</t>
   </si>
   <si>
     <t>Curcuma longa</t>
   </si>
   <si>
     <t>* Surega R, Ramakrishnan S (2017) Community analysis of plant parasitic nematodes in turmeric (Curcuma longa L.). Journal of Entomology and Zoology Studies 5(4): 758-764</t>
   </si>
   <si>
+    <t>EAIGU</t>
+  </si>
+  <si>
+    <t>Elaeis guineensis</t>
+  </si>
+  <si>
     <t>ETACA</t>
   </si>
   <si>
     <t>Elettaria cardamomum</t>
   </si>
   <si>
+    <t>1HEBG</t>
+  </si>
+  <si>
+    <t>Heliconia</t>
+  </si>
+  <si>
     <t>1MARF</t>
   </si>
   <si>
     <t>Marantaceae</t>
   </si>
   <si>
     <t>1MUSF</t>
   </si>
   <si>
     <t>Musaceae</t>
   </si>
   <si>
+    <t>NRBNO</t>
+  </si>
+  <si>
+    <t>Normanbya normanbyi</t>
+  </si>
+  <si>
     <t>PEBAM</t>
   </si>
   <si>
     <t>Persea americana</t>
   </si>
   <si>
     <t>1PIOG</t>
   </si>
   <si>
     <t>Philodendron</t>
   </si>
   <si>
+    <t>PHXCA</t>
+  </si>
+  <si>
+    <t>Phoenix canariensis</t>
+  </si>
+  <si>
+    <t>PHXDA</t>
+  </si>
+  <si>
+    <t>Phoenix dactylifera</t>
+  </si>
+  <si>
+    <t>PHXRE</t>
+  </si>
+  <si>
+    <t>Phoenix reclinata</t>
+  </si>
+  <si>
+    <t>PHXRO</t>
+  </si>
+  <si>
+    <t>Phoenix roebelenii</t>
+  </si>
+  <si>
     <t>PIPNI</t>
   </si>
   <si>
     <t>Piper nigrum</t>
   </si>
   <si>
+    <t>RPJEX</t>
+  </si>
+  <si>
+    <t>Rhapis excelsa</t>
+  </si>
+  <si>
+    <t>ROYRE</t>
+  </si>
+  <si>
+    <t>Roystonea regia</t>
+  </si>
+  <si>
     <t>STZRE</t>
   </si>
   <si>
     <t>Strelitzia reginae</t>
   </si>
   <si>
+    <t>AQSRO</t>
+  </si>
+  <si>
+    <t>Syagrus romanzoffiana</t>
+  </si>
+  <si>
+    <t>VAISP</t>
+  </si>
+  <si>
+    <t>Vallisneria spiralis</t>
+  </si>
+  <si>
     <t>ZINOF</t>
   </si>
   <si>
     <t>Zingiber officinale</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
+    <t>BADAL</t>
+  </si>
+  <si>
+    <t>Basella alba</t>
+  </si>
+  <si>
+    <t>* Li Y, Wang K, Xie H, XuCL, Wang DW, Li J, Huang X, Peng XF (2016) Parasitism and pathogenicity of Radopholus similis to Ipomoea aquatica, Basella rubra and Cucurbita moschata and genetic diversity of different populations. Journal of Integrative Agriculture 15(1), 120-134. https://doi.org/10.1016/S2095-3119(14)61003-0</t>
+  </si>
+  <si>
     <t>COFAR</t>
   </si>
   <si>
     <t>Coffea arabica</t>
   </si>
   <si>
+    <t>CUUMO</t>
+  </si>
+  <si>
+    <t>Cucurbita moschata</t>
+  </si>
+  <si>
     <t>GLXMA</t>
   </si>
   <si>
     <t>Glycine max</t>
+  </si>
+  <si>
+    <t>IPOAQ</t>
+  </si>
+  <si>
+    <t>Ipomoea aquatica</t>
   </si>
   <si>
     <t>SACOF</t>
   </si>
   <si>
     <t>Saccharum officinarum</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
@@ -530,369 +693,719 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D25"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="366.768" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="379.764" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>47</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>50</v>
+      </c>
+      <c r="D19" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>54</v>
+      </c>
+      <c r="D21" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>58</v>
+      </c>
+      <c r="D23" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D24"/>
+        <v>60</v>
+      </c>
+      <c r="D24" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>62</v>
+      </c>
+      <c r="D25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>13</v>
+      </c>
+      <c r="B26" t="s">
+        <v>63</v>
+      </c>
+      <c r="C26" t="s">
+        <v>64</v>
+      </c>
+      <c r="D26" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" t="s">
+        <v>66</v>
+      </c>
+      <c r="D27" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>13</v>
+      </c>
+      <c r="B28" t="s">
+        <v>67</v>
+      </c>
+      <c r="C28" t="s">
+        <v>68</v>
+      </c>
+      <c r="D28" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>13</v>
+      </c>
+      <c r="B29" t="s">
+        <v>69</v>
+      </c>
+      <c r="C29" t="s">
+        <v>70</v>
+      </c>
+      <c r="D29" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>13</v>
+      </c>
+      <c r="B30" t="s">
+        <v>71</v>
+      </c>
+      <c r="C30" t="s">
+        <v>72</v>
+      </c>
+      <c r="D30" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" t="s">
+        <v>73</v>
+      </c>
+      <c r="C31" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>13</v>
+      </c>
+      <c r="B32" t="s">
+        <v>75</v>
+      </c>
+      <c r="C32" t="s">
+        <v>76</v>
+      </c>
+      <c r="D32" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>13</v>
+      </c>
+      <c r="B33" t="s">
+        <v>77</v>
+      </c>
+      <c r="C33" t="s">
+        <v>78</v>
+      </c>
+      <c r="D33" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>13</v>
+      </c>
+      <c r="B34" t="s">
+        <v>79</v>
+      </c>
+      <c r="C34" t="s">
+        <v>80</v>
+      </c>
+      <c r="D34"/>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>13</v>
+      </c>
+      <c r="B35" t="s">
+        <v>81</v>
+      </c>
+      <c r="C35" t="s">
+        <v>82</v>
+      </c>
+      <c r="D35" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>13</v>
+      </c>
+      <c r="B36" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" t="s">
+        <v>84</v>
+      </c>
+      <c r="D36" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B37" t="s">
+        <v>85</v>
+      </c>
+      <c r="C37" t="s">
+        <v>86</v>
+      </c>
+      <c r="D37" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>87</v>
+      </c>
+      <c r="B38" t="s">
+        <v>88</v>
+      </c>
+      <c r="C38" t="s">
+        <v>89</v>
+      </c>
+      <c r="D38" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>87</v>
+      </c>
+      <c r="B39" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" t="s">
+        <v>92</v>
+      </c>
+      <c r="D39" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>87</v>
+      </c>
+      <c r="B40" t="s">
+        <v>93</v>
+      </c>
+      <c r="C40" t="s">
+        <v>94</v>
+      </c>
+      <c r="D40" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" t="s">
+        <v>95</v>
+      </c>
+      <c r="C41" t="s">
+        <v>96</v>
+      </c>
+      <c r="D41" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
+        <v>97</v>
+      </c>
+      <c r="C42" t="s">
+        <v>98</v>
+      </c>
+      <c r="D42" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" t="s">
+        <v>99</v>
+      </c>
+      <c r="C43" t="s">
+        <v>100</v>
+      </c>
+      <c r="D43" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>87</v>
+      </c>
+      <c r="B44" t="s">
+        <v>101</v>
+      </c>
+      <c r="C44" t="s">
+        <v>102</v>
+      </c>
+      <c r="D44"/>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>87</v>
+      </c>
+      <c r="B45" t="s">
+        <v>103</v>
+      </c>
+      <c r="C45" t="s">
+        <v>104</v>
+      </c>
+      <c r="D45"/>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>87</v>
+      </c>
+      <c r="B46" t="s">
+        <v>105</v>
+      </c>
+      <c r="C46" t="s">
+        <v>106</v>
+      </c>
+      <c r="D46" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>87</v>
+      </c>
+      <c r="B47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C47" t="s">
+        <v>108</v>
+      </c>
+      <c r="D47"/>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B48" t="s">
+        <v>109</v>
+      </c>
+      <c r="C48" t="s">
+        <v>110</v>
+      </c>
+      <c r="D48" t="s">
+        <v>16</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>