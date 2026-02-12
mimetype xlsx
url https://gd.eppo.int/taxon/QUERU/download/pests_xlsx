--- v0 (2025-10-19)
+++ v1 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUERU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>CRONOR</t>
   </si>
   <si>
     <t>Cronartium orientale</t>
   </si>
   <si>
     <t>* Kaneko S (2000) Cronartium orientale, sp. nov., segregation of the pine gall rust in eastern Asia from Cronartium quercuum. Mycoscience 41(2), 115-122.
 ------- In inoculation tests.
 * Zhao P, Liu F, Huang JE, Zhou X, Duan WJ, Cai L (2022) Cronartium rust (Pucciniales, Cronartiaceae): species delineation, diversity and host alternation. Mycosphere 13(1), 672–723.</t>
@@ -459,50 +459,59 @@
   <si>
     <t>STERHU</t>
   </si>
   <si>
     <t>Stereum hiugense (as Quercus)</t>
   </si>
   <si>
     <t>THAUPR</t>
   </si>
   <si>
     <t>Thaumetopoea processionea</t>
   </si>
   <si>
     <t>* Stigter H, Geraedts WHJM, Spijkers HCP (1997) Thaumetopoea processionea in the Netherlands: Present status and management perspectives (Lepidoptera: Notodontidae). Proceedings of the Section Experimental and Applied Entomology of the Netherlands Entomological Society (N.E.V.) 3-16.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Quercus)</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3870
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- Living host, dry wood host.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (multiplex) and undetermined.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Xylella fastidiosa subsp. multiplex.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
@@ -888,51 +897,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D58"/>
+  <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="595.712" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1596,140 +1605,154 @@
         <v>138</v>
       </c>
       <c r="C50" t="s">
         <v>139</v>
       </c>
       <c r="D50" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>22</v>
       </c>
       <c r="B51" t="s">
         <v>141</v>
       </c>
       <c r="C51" t="s">
         <v>142</v>
       </c>
       <c r="D51" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B52" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C52" t="s">
         <v>145</v>
       </c>
       <c r="D52" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>26</v>
       </c>
       <c r="C53" t="s">
         <v>148</v>
       </c>
-      <c r="D53"/>
+      <c r="D53" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B54" t="s">
-        <v>97</v>
+        <v>150</v>
       </c>
       <c r="C54" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B55" t="s">
-        <v>151</v>
+        <v>97</v>
       </c>
       <c r="C55" t="s">
         <v>152</v>
       </c>
-      <c r="D55"/>
+      <c r="D55" t="s">
+        <v>153</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D56" t="s">
         <v>155</v>
       </c>
+      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B57" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C57" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D57" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B58" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C58" t="s">
         <v>159</v>
       </c>
       <c r="D58" t="s">
         <v>160</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>147</v>
+      </c>
+      <c r="B59" t="s">
+        <v>161</v>
+      </c>
+      <c r="C59" t="s">
+        <v>162</v>
+      </c>
+      <c r="D59" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">