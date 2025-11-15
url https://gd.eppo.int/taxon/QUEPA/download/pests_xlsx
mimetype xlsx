--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -12,89 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUEPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>CRONFU</t>
   </si>
   <si>
     <t>Cronartium fusiforme</t>
   </si>
   <si>
     <t>* Zhao P, Liu F, Huang JE, Zhou X, Duan WJ, Cai L (2022) Cronartium rust (Pucciniales, Cronartiaceae): species delineation, diversity and host alternation. Mycosphere 13(1), 672–723.</t>
-  </si>
-[...10 lines deleted...]
-    <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
-------- Indoor test, moderately suitable host (60% larval survival).
-* Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
-------- Indoor test, moderately suitable host (60% larval survival).</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CROISE</t>
   </si>
   <si>
     <t>Acleris semipurpurana</t>
   </si>
   <si>
     <t>* McQuilkin RA (1990) Quercus palustris Muenchh. Pin oak. In Silvics of North America. Vol. 2. Hardwoods. Burns R.M. and Honkala B.H. (eds). (Coord.). USDA, Forest Service, Agriculture Handbook no. 654, pp. 709-714.</t>
   </si>
   <si>
     <t>AGRLBL</t>
   </si>
   <si>
     <t>Agrilus bilineatus (as Quercus)</t>
   </si>
   <si>
     <t xml:space="preserve">* Chapman RN (1915) Observations on the life history of Agrilus bilineatus. Journal of Agricultural Research, 3, 283–294.
 * Chittenden FH (1900) Food Plants and Injury of North American Species of Agrilus. United States Department of Agriculture, Division of Entomology Bulletin, 22, 64–68.
 </t>
   </si>
   <si>
@@ -223,83 +208,109 @@
   </si>
   <si>
     <t>* Brown JW (2022) A review of host plants for the tortricid tribe Grapholitini, with a synopsis of host utilization by genus (Lepidoptera: Tortricidae). Insecta Mundi 0944, 1 –75.
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW, Hernández LM (2006) HOSTS – a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London. Available at https://www.nhm.ac.uk/our-science/data/hostplants/search/index.dsml</t>
   </si>
   <si>
     <t>HETEIR</t>
   </si>
   <si>
     <t>Heterobasidion irregulare (as Quercus)</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis (as Quercus)</t>
   </si>
   <si>
     <t>* Turner WF, Pollard HN (1959) Life histories and behavior of five insect vectors of phony peach disease. United States Department of Agriculture, Technical Bulletin 1188, 28 pp.
 -------- Feeding host.</t>
   </si>
   <si>
     <t>LYMADI</t>
   </si>
   <si>
+    <t>Lymantria dispar</t>
+  </si>
+  <si>
+    <t>* Lee CY, Kim T, Lee B, Ahn S, Park Y, Kim J, Jung JK (2025) Distributional characteristics of insect communities in introduced pin oak trees with different environments of Korea, with special notes on major insect pests. Entomological Research 55(2), e70027. https://doi.org/10.1111/1748-5967.70027</t>
+  </si>
+  <si>
     <t>Lymantria dispar (as Quercus)</t>
+  </si>
+  <si>
+    <t>LYMAMA</t>
+  </si>
+  <si>
+    <t>Lymantria mathura</t>
+  </si>
+  <si>
+    <t>* Lee CY, Kim T, Lee B, Ahn S, Park Y, Kim J, Jung JK (2025) Distributional characteristics of insect communities in introduced pin oak trees with different environments of Korea, with special notes on major insect pests. Entomological Research 55(2), e70027. https://doi.org/10.1111/1748-5967.70027
+------- natural host in Korea.
+* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
+------- Indoor test, moderately suitable host (60% larval survival).
+* Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
+------- Indoor test, moderately suitable host (60% larval survival).</t>
   </si>
   <si>
     <t>MALADI</t>
   </si>
   <si>
     <t>Malacosoma disstria (as Quercus)</t>
   </si>
   <si>
     <t>MALAPA</t>
   </si>
   <si>
     <t>Malacosoma parallela (as Quercus)</t>
   </si>
   <si>
     <t>* Kuznetsov VI (1999) 14. Fam. Lasiocampidae - The tent caterpillars. In Insects and Mites - Pests of Agricultural Plants (ed Kuznetsov VI), vol. 3, part 2. Lepidoptera, pp. 185-200. Nauka, Saint Petersburg (RU) (in Russian)</t>
   </si>
   <si>
     <t>PLTPMU</t>
   </si>
   <si>
     <t>Megaplatypus mutatus</t>
   </si>
   <si>
     <t>* Giménez RA, Etiennot AE (2003) Host range of Platypus mutatus. Entomotropica 18, 89–94.</t>
   </si>
   <si>
     <t>Megaplatypus mutatus (as Quercus)</t>
   </si>
   <si>
     <t>* Allegro G, Griffo R (2008) I rischi di diffusione di Megaplatypus mutatus. L'informatore Agrario no. 13, 73-76.
 * Giménez RA, Etiennot AE (2003) Host range of Platypus mutatus. Entomotropica 18, 89–94.
 * Griffo R, Pesapane G, Funes H, Gonzalez-Audino P, Germinara GS (2012) Diffusione e controllo di platipo in Campania. L'informatore Agrario no. 31, 66-68.</t>
+  </si>
+  <si>
+    <t>CNIDFL</t>
+  </si>
+  <si>
+    <t>Monema flavescens</t>
   </si>
   <si>
     <t>MALLRA</t>
   </si>
   <si>
     <t>Neocerambyx raddei</t>
   </si>
   <si>
     <t>* Lee BJ, Son S, Jung JK, Park Y (2024) Non-invasive assessment of the internal condition of urban trees infested by two cerambycid beetles, Aromia bungii and Massicus raddei, using sonic tomography. Forests 15(7), 1231. https://doi.org/10.3390/f15071231</t>
   </si>
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
   <si>
     <t>CERAPC</t>
   </si>
   <si>
     <t>Ophiostoma piceae (as Quercus)</t>
   </si>
@@ -755,668 +766,696 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D45"/>
+  <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="353.771" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="C5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" t="s">
         <v>21</v>
       </c>
-      <c r="C7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" t="s">
         <v>29</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
         <v>32</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" t="s">
         <v>35</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
         <v>42</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
+        <v>43</v>
+      </c>
+      <c r="C16" t="s">
         <v>44</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B17" t="s">
+        <v>46</v>
+      </c>
+      <c r="C17" t="s">
         <v>47</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" t="s">
         <v>50</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" t="s">
         <v>53</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" t="s">
         <v>56</v>
       </c>
-      <c r="C20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" t="s">
         <v>59</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
+        <v>60</v>
+      </c>
+      <c r="C22" t="s">
         <v>61</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B24" t="s">
+        <v>64</v>
+      </c>
+      <c r="C24" t="s">
+        <v>65</v>
+      </c>
+      <c r="D24" t="s">
         <v>66</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B25" t="s">
+        <v>67</v>
+      </c>
+      <c r="C25" t="s">
         <v>68</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B26" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C27" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B28" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C29" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>80</v>
+      </c>
+      <c r="D30" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B31" t="s">
+        <v>82</v>
+      </c>
+      <c r="C31" t="s">
+        <v>83</v>
+      </c>
+      <c r="D31" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B33" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C34" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B35" t="s">
+        <v>92</v>
+      </c>
+      <c r="C35" t="s">
+        <v>93</v>
+      </c>
+      <c r="D35" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C36" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C37" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D37" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C38" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D38"/>
+        <v>101</v>
+      </c>
+      <c r="D38" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B39" t="s">
+        <v>103</v>
+      </c>
+      <c r="C39" t="s">
+        <v>104</v>
+      </c>
+      <c r="D39" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B40" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C40" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C41" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D41" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>8</v>
+      </c>
+      <c r="B42" t="s">
+        <v>111</v>
+      </c>
+      <c r="C42" t="s">
+        <v>112</v>
+      </c>
+      <c r="D42" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>8</v>
+      </c>
+      <c r="B43" t="s">
+        <v>114</v>
+      </c>
+      <c r="C43" t="s">
+        <v>115</v>
+      </c>
+      <c r="D43" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B44" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="C44" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D44" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B45" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C45" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D45" t="s">
         <v>121</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>116</v>
+      </c>
+      <c r="B46" t="s">
+        <v>122</v>
+      </c>
+      <c r="C46" t="s">
+        <v>123</v>
+      </c>
+      <c r="D46" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>116</v>
+      </c>
+      <c r="B47" t="s">
+        <v>125</v>
+      </c>
+      <c r="C47" t="s">
+        <v>126</v>
+      </c>
+      <c r="D47" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">