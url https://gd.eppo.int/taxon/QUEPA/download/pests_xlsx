--- v1 (2025-11-15)
+++ v2 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUEPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>CRONFU</t>
   </si>
   <si>
     <t>Cronartium fusiforme</t>
   </si>
   <si>
     <t>* Zhao P, Liu F, Huang JE, Zhou X, Duan WJ, Cai L (2022) Cronartium rust (Pucciniales, Cronartiaceae): species delineation, diversity and host alternation. Mycosphere 13(1), 672–723.</t>
   </si>
   <si>
@@ -203,50 +203,59 @@
   <si>
     <t>LASPPR</t>
   </si>
   <si>
     <t>Grapholita prunivora (as Quercus)</t>
   </si>
   <si>
     <t>* Brown JW (2022) A review of host plants for the tortricid tribe Grapholitini, with a synopsis of host utilization by genus (Lepidoptera: Tortricidae). Insecta Mundi 0944, 1 –75.
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW, Hernández LM (2006) HOSTS – a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London. Available at https://www.nhm.ac.uk/our-science/data/hostplants/search/index.dsml</t>
   </si>
   <si>
     <t>HETEIR</t>
   </si>
   <si>
     <t>Heterobasidion irregulare (as Quercus)</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis (as Quercus)</t>
   </si>
   <si>
     <t>* Turner WF, Pollard HN (1959) Life histories and behavior of five insect vectors of phony peach disease. United States Department of Agriculture, Technical Bulletin 1188, 28 pp.
 -------- Feeding host.</t>
+  </si>
+  <si>
+    <t>HYPHCU</t>
+  </si>
+  <si>
+    <t>Hyphantria cunea</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Lee CY, Kim T, Lee B, Ahn S, Park Y, Kim J, Jung JK (2025) Distributional characteristics of insect communities in introduced pin oak trees with different environments of Korea, with special notes on major insect pests. Entomological Research 55(2), e70027. https://doi.org/10.1111/1748-5967.70027 </t>
   </si>
   <si>
     <t>LYMADI</t>
   </si>
   <si>
     <t>Lymantria dispar</t>
   </si>
   <si>
     <t>* Lee CY, Kim T, Lee B, Ahn S, Park Y, Kim J, Jung JK (2025) Distributional characteristics of insect communities in introduced pin oak trees with different environments of Korea, with special notes on major insect pests. Entomological Research 55(2), e70027. https://doi.org/10.1111/1748-5967.70027</t>
   </si>
   <si>
     <t>Lymantria dispar (as Quercus)</t>
   </si>
   <si>
     <t>LYMAMA</t>
   </si>
   <si>
     <t>Lymantria mathura</t>
   </si>
   <si>
     <t>* Lee CY, Kim T, Lee B, Ahn S, Park Y, Kim J, Jung JK (2025) Distributional characteristics of insect communities in introduced pin oak trees with different environments of Korea, with special notes on major insect pests. Entomological Research 55(2), e70027. https://doi.org/10.1111/1748-5967.70027
 ------- natural host in Korea.
 * Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
 ------- Indoor test, moderately suitable host (60% larval survival).
 * Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
@@ -766,62 +775,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D47"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="353.771" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="355.056" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -1081,381 +1090,395 @@
         <v>58</v>
       </c>
       <c r="D21" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>64</v>
+      </c>
+      <c r="D23" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>66</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>67</v>
       </c>
       <c r="C25" t="s">
         <v>68</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C26" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>71</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>72</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D28" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
         <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>82</v>
       </c>
       <c r="C31" t="s">
         <v>83</v>
       </c>
       <c r="D31" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>85</v>
       </c>
       <c r="C32" t="s">
         <v>86</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C33" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>89</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>90</v>
       </c>
       <c r="C34" t="s">
         <v>91</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C35" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>94</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>95</v>
       </c>
       <c r="C36" t="s">
         <v>96</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C37" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>99</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>100</v>
       </c>
       <c r="C38" t="s">
         <v>101</v>
       </c>
       <c r="D38" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>103</v>
       </c>
       <c r="C39" t="s">
         <v>104</v>
       </c>
       <c r="D39" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>106</v>
       </c>
       <c r="C40" t="s">
         <v>107</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C41" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>110</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>111</v>
       </c>
       <c r="C42" t="s">
         <v>112</v>
       </c>
       <c r="D42" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>114</v>
       </c>
       <c r="C43" t="s">
         <v>115</v>
       </c>
       <c r="D43" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>8</v>
+      </c>
+      <c r="B44" t="s">
+        <v>117</v>
+      </c>
+      <c r="C44" t="s">
+        <v>118</v>
+      </c>
+      <c r="D44" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B45" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="C45" t="s">
         <v>120</v>
       </c>
       <c r="D45" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B46" t="s">
         <v>122</v>
       </c>
       <c r="C46" t="s">
         <v>123</v>
       </c>
       <c r="D46" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B47" t="s">
         <v>125</v>
       </c>
       <c r="C47" t="s">
         <v>126</v>
       </c>
       <c r="D47" t="s">
-        <v>124</v>
+        <v>127</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>119</v>
+      </c>
+      <c r="B48" t="s">
+        <v>128</v>
+      </c>
+      <c r="C48" t="s">
+        <v>129</v>
+      </c>
+      <c r="D48" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">