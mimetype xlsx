--- v0 (2025-10-08)
+++ v1 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUEGL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>CRONFU</t>
   </si>
   <si>
     <t>Cronartium fusiforme</t>
   </si>
   <si>
     <t>* Zhao P, Liu F, Huang JE, Zhou X, Duan WJ, Cai L (2022) Cronartium rust (Pucciniales, Cronartiaceae): species delineation, diversity and host alternation. Mycosphere 13(1), 672–723.</t>
   </si>
   <si>
@@ -313,50 +313,59 @@
   <si>
     <t>* Akaishi D, Kamata N, Nakamura K (2006) Initial stage of an infestation of Platypus quercivorus (Coleoptera: Platypodidae) in a secondary forest dominated by Quercus serrata and Quercus variabilis. Journal of the Japanese Forest Society 88, 274-278.
 * Kamata N, Esaki K, Kato K, Igeta Y, Wada K (2002) Potential impact of global warming on deciduous oak dieback caused by ambrosia fungus Raffaelea sp. carried by ambrosia beetle Platypus quercivorus (Coleoptera: Platypodidae) in Japan. Bulletin of Entomological Research 92,  119-126.
 * Shoda-Kagaya E, Saito S, Okada M, Nozaki A, Nunokawa K, Tsuda Y (2010) Genetic structure of the oak wilt vector beetle Platypus quercivorus: inferences toward the process of damaged area expansion. BMC ecology 10(1), 21. https://doi.org/10.1186/1472-6785-10-21
 * Yamasaki M, Futai K (2012) Discrimination among host tree species by the ambrosia beetle Platypus quercivorus. Journal of Forest Research 17(2), 149-155.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.
 * Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.</t>
   </si>
   <si>
     <t>SCITCI</t>
   </si>
   <si>
     <t>Scirtothrips citri (as Quercus)</t>
   </si>
   <si>
     <t xml:space="preserve">* Tanigoshi LK and Nishio-Wong JY (1982) Citrus thrips: biology, ecology, and control. US Department of Agriculture Technical Bulletin 1668, 17 pp.
 ------- belived to be native host. </t>
+  </si>
+  <si>
+    <t>SLENRU</t>
+  </si>
+  <si>
+    <t>Selenothrips rubrocinctus</t>
+  </si>
+  <si>
+    <t>* Nishikanta Singh K, Taptamani H, Songomsing Chiru TD, Varatharajan R (2025) Biology of red-banded thrips Selenothrips Rubrocinctus (Giard) (Insecta: Thysanoptera: Thripidae) on oak leaf. Hexapoda, Insecta Indica 32(2),  1-5; https://doi.org/10.55446/hexa.2026.655</t>
   </si>
   <si>
     <t>STERHU</t>
   </si>
   <si>
     <t>Stereum hiugense (as Quercus)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Quercus)</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3870
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- Living host, dry wood host.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>RAFFQU</t>
   </si>
   <si>
@@ -715,51 +724,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1195,106 +1204,120 @@
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>14</v>
       </c>
       <c r="B34" t="s">
         <v>90</v>
       </c>
       <c r="C34" t="s">
         <v>91</v>
       </c>
       <c r="D34" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>14</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C36" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>97</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>14</v>
+      </c>
+      <c r="B37" t="s">
         <v>98</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>99</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B38" t="s">
         <v>102</v>
       </c>
       <c r="C38" t="s">
         <v>103</v>
       </c>
       <c r="D38" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B39" t="s">
         <v>105</v>
       </c>
       <c r="C39" t="s">
         <v>106</v>
       </c>
       <c r="D39" t="s">
         <v>107</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>101</v>
+      </c>
+      <c r="B40" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">