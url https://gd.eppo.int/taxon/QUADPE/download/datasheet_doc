--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Californian scale, San José scale, pernicious scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId764268e60ef83e449" w:history="1">
+            <w:hyperlink r:id="rId8413691634cb1ad0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId631768e60ef83e4b4" w:history="1">
+            <w:hyperlink r:id="rId1087691634cb1ad7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> QUADPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13285577" name="name871268e60ef83e56f" descr="2990.jpg"/>
+                  <wp:docPr id="32020650" name="name7064691634cb1b65c" descr="2990.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2990.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId888568e60ef83e56e" cstate="print"/>
+                          <a:blip r:embed="rId8610691634cb1b65a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId642568e60ef83e673" w:history="1">
+            <w:hyperlink r:id="rId5551691634cb1b7b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5101,63 +5101,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has spread to many parts of the world: from China to Egypt, the Mediterranean Basin and North America, where it was first discovered in 1873 in California. At present, it is widely distributed in the Palearctic and Nearctic regions, being recorded in more than 60 countries in North and South America, Europe, southern Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24957584" name="name257968e60ef840d1f" descr="QUADPE_distribution_map.jpg"/>
+            <wp:docPr id="4305629" name="name1827691634cb1e435" descr="QUADPE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="QUADPE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId389468e60ef840d1c" cstate="print"/>
+                    <a:blip r:embed="rId5771691634cb1e431" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6879,51 +6879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319268e60ef841aa1" w:history="1">
+      <w:hyperlink r:id="rId2818691634cb1f1c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5604/01.3001.0014.0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6969,51 +6969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813768e60ef841b35" w:history="1">
+      <w:hyperlink r:id="rId8454691634cb1f258" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture13010131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7345,51 +7345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rychla K (2014) Monitoring of San José Scale (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaspidiotus perniciosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) occurrence and comparison of temperature models. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740768e60ef841d94" w:history="1">
+      <w:hyperlink r:id="rId2783691634cb1f4dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comstockaspis perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413668e60ef841ff5" w:history="1">
+      <w:hyperlink r:id="rId1104691634cb1f73f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7962,81 +7962,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756368e60ef84216f" w:history="1">
+      <w:hyperlink r:id="rId8294691634cb1f8ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60513199" name="name597468e60ef8421c5" descr="eu_funding_250.png"/>
+            <wp:docPr id="58172513" name="name9679691634cb1f931" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId586868e60ef8421c4" cstate="print"/>
+                    <a:blip r:embed="rId8606691634cb1f930" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8134,137 +8134,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29628442">
+  <w:abstractNum w:abstractNumId="26751912">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40690509">
+    <w:lvl w:ilvl="0" w:tplc="30810901">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40690509" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30810901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40690509" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30810901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40690509" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30810901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40690509" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30810901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40690509" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30810901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40690509" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30810901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40690509" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30810901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40690509" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30810901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29628441">
+  <w:abstractNum w:abstractNumId="26751911">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85246576">
+    <w:lvl w:ilvl="0" w:tplc="18197649">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9016,55 +9016,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29628441">
-    <w:abstractNumId w:val="29628441"/>
+  <w:num w:numId="26751911">
+    <w:abstractNumId w:val="26751911"/>
   </w:num>
-  <w:num w:numId="29628442">
-    <w:abstractNumId w:val="29628442"/>
+  <w:num w:numId="26751912">
+    <w:abstractNumId w:val="26751912"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20614,51 +20614,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146548835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId986161508" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId764268e60ef83e449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId631768e60ef83e4b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId642568e60ef83e673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId319268e60ef841aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId813768e60ef841b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId740768e60ef841d94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId413668e60ef841ff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId756368e60ef84216f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId888568e60ef83e56e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId888568e60ef83e56e.jpg"/><Relationship Id="rId389468e60ef840d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId389468e60ef840d1c.jpg"/><Relationship Id="rId586868e60ef8421c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId586868e60ef8421c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId904580336" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896026661" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8413691634cb1ad0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId1087691634cb1ad7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId5551691634cb1b7b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId2818691634cb1f1c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId8454691634cb1f258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId2783691634cb1f4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId1104691634cb1f73f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8294691634cb1f8ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId8610691634cb1b65a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8610691634cb1b65a.jpg"/><Relationship Id="rId5771691634cb1e431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5771691634cb1e431.jpg"/><Relationship Id="rId8606691634cb1f930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8606691634cb1f930.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>