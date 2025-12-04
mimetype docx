--- v1 (2025-11-13)
+++ v2 (2025-12-04)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Californian scale, San José scale, pernicious scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8413691634cb1ad0f" w:history="1">
+            <w:hyperlink r:id="rId1645693146d498280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1087691634cb1ad7a" w:history="1">
+            <w:hyperlink r:id="rId5098693146d4982ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> QUADPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32020650" name="name7064691634cb1b65c" descr="2990.jpg"/>
+                  <wp:docPr id="96225275" name="name8730693146d498a4c" descr="2990.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2990.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8610691634cb1b65a" cstate="print"/>
+                          <a:blip r:embed="rId4421693146d498a4b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5551691634cb1b7b8" w:history="1">
+            <w:hyperlink r:id="rId5809693146d498b79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5101,63 +5101,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has spread to many parts of the world: from China to Egypt, the Mediterranean Basin and North America, where it was first discovered in 1873 in California. At present, it is widely distributed in the Palearctic and Nearctic regions, being recorded in more than 60 countries in North and South America, Europe, southern Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4305629" name="name1827691634cb1e435" descr="QUADPE_distribution_map.jpg"/>
+            <wp:docPr id="15781426" name="name7054693146d49b6cd" descr="QUADPE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="QUADPE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5771691634cb1e431" cstate="print"/>
+                    <a:blip r:embed="rId9940693146d49b6ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6879,51 +6879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2818691634cb1f1c4" w:history="1">
+      <w:hyperlink r:id="rId3207693146d49c4fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5604/01.3001.0014.0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6969,51 +6969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8454691634cb1f258" w:history="1">
+      <w:hyperlink r:id="rId1771693146d49c592" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture13010131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7345,51 +7345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rychla K (2014) Monitoring of San José Scale (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaspidiotus perniciosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) occurrence and comparison of temperature models. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2783691634cb1f4dc" w:history="1">
+      <w:hyperlink r:id="rId1272693146d49c7f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comstockaspis perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1104691634cb1f73f" w:history="1">
+      <w:hyperlink r:id="rId4836693146d49ca5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7962,81 +7962,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8294691634cb1f8ae" w:history="1">
+      <w:hyperlink r:id="rId9493693146d49cbe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58172513" name="name9679691634cb1f931" descr="eu_funding_250.png"/>
+            <wp:docPr id="66463102" name="name8323693146d49cc3f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8606691634cb1f930" cstate="print"/>
+                    <a:blip r:embed="rId3842693146d49cc3e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8134,137 +8134,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26751912">
+  <w:abstractNum w:abstractNumId="94068619">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30810901">
+    <w:lvl w:ilvl="0" w:tplc="42727850">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30810901" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42727850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30810901" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42727850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30810901" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42727850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30810901" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42727850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30810901" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42727850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30810901" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42727850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30810901" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42727850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30810901" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42727850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26751911">
+  <w:abstractNum w:abstractNumId="94068618">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18197649">
+    <w:lvl w:ilvl="0" w:tplc="14288246">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9016,55 +9016,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26751911">
-    <w:abstractNumId w:val="26751911"/>
+  <w:num w:numId="94068618">
+    <w:abstractNumId w:val="94068618"/>
   </w:num>
-  <w:num w:numId="26751912">
-    <w:abstractNumId w:val="26751912"/>
+  <w:num w:numId="94068619">
+    <w:abstractNumId w:val="94068619"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20614,51 +20614,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId904580336" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896026661" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8413691634cb1ad0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId1087691634cb1ad7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId5551691634cb1b7b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId2818691634cb1f1c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId8454691634cb1f258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId2783691634cb1f4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId1104691634cb1f73f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8294691634cb1f8ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId8610691634cb1b65a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8610691634cb1b65a.jpg"/><Relationship Id="rId5771691634cb1e431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5771691634cb1e431.jpg"/><Relationship Id="rId8606691634cb1f930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8606691634cb1f930.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789993251" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId783921964" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1645693146d498280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId5098693146d4982ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId5809693146d498b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId3207693146d49c4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId1771693146d49c592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId1272693146d49c7f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId4836693146d49ca5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9493693146d49cbe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId4421693146d498a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4421693146d498a4b.jpg"/><Relationship Id="rId9940693146d49b6ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9940693146d49b6ca.jpg"/><Relationship Id="rId3842693146d49cc3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3842693146d49cc3e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>