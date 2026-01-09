--- v2 (2025-12-04)
+++ v3 (2026-01-09)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Californian scale, San José scale, pernicious scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1645693146d498280" w:history="1">
+            <w:hyperlink r:id="rId998069615a85d6f08" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5098693146d4982ec" w:history="1">
+            <w:hyperlink r:id="rId278369615a85d6f74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> QUADPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96225275" name="name8730693146d498a4c" descr="2990.jpg"/>
+                  <wp:docPr id="70892242" name="name253069615a85d7050" descr="2990.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2990.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4421693146d498a4b" cstate="print"/>
+                          <a:blip r:embed="rId618969615a85d704f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5809693146d498b79" w:history="1">
+            <w:hyperlink r:id="rId556069615a85d717a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5101,63 +5101,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has spread to many parts of the world: from China to Egypt, the Mediterranean Basin and North America, where it was first discovered in 1873 in California. At present, it is widely distributed in the Palearctic and Nearctic regions, being recorded in more than 60 countries in North and South America, Europe, southern Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15781426" name="name7054693146d49b6cd" descr="QUADPE_distribution_map.jpg"/>
+            <wp:docPr id="92147758" name="name323969615a85d8fdd" descr="QUADPE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="QUADPE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9940693146d49b6ca" cstate="print"/>
+                    <a:blip r:embed="rId406869615a85d8fdb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6879,51 +6879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3207693146d49c4fa" w:history="1">
+      <w:hyperlink r:id="rId440369615a85d9d8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5604/01.3001.0014.0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6969,51 +6969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1771693146d49c592" w:history="1">
+      <w:hyperlink r:id="rId999769615a85d9e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture13010131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7345,51 +7345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rychla K (2014) Monitoring of San José Scale (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaspidiotus perniciosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) occurrence and comparison of temperature models. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1272693146d49c7f7" w:history="1">
+      <w:hyperlink r:id="rId801669615a85da088" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7705,73 +7705,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comstockaspis perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4836693146d49ca5f" w:history="1">
+      <w:hyperlink r:id="rId765869615a85da2f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7962,81 +7962,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9493693146d49cbe1" w:history="1">
+      <w:hyperlink r:id="rId249769615a85da46d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66463102" name="name8323693146d49cc3f" descr="eu_funding_250.png"/>
+            <wp:docPr id="32353017" name="name486069615a85da4d9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3842693146d49cc3e" cstate="print"/>
+                    <a:blip r:embed="rId981069615a85da4d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8134,137 +8134,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94068619">
+  <w:abstractNum w:abstractNumId="74885395">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42727850">
+    <w:lvl w:ilvl="0" w:tplc="99719655">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42727850" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99719655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42727850" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99719655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42727850" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99719655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42727850" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99719655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42727850" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99719655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42727850" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99719655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42727850" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99719655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42727850" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99719655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94068618">
+  <w:abstractNum w:abstractNumId="74885394">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14288246">
+    <w:lvl w:ilvl="0" w:tplc="58899137">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9016,55 +9016,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94068618">
-    <w:abstractNumId w:val="94068618"/>
+  <w:num w:numId="74885394">
+    <w:abstractNumId w:val="74885394"/>
   </w:num>
-  <w:num w:numId="94068619">
-    <w:abstractNumId w:val="94068619"/>
+  <w:num w:numId="74885395">
+    <w:abstractNumId w:val="74885395"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20614,51 +20614,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789993251" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId783921964" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1645693146d498280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId5098693146d4982ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId5809693146d498b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId3207693146d49c4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId1771693146d49c592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId1272693146d49c7f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId4836693146d49ca5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9493693146d49cbe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId4421693146d498a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4421693146d498a4b.jpg"/><Relationship Id="rId9940693146d49b6ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9940693146d49b6ca.jpg"/><Relationship Id="rId3842693146d49cc3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3842693146d49cc3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695676253" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId989224804" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId998069615a85d6f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId278369615a85d6f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId556069615a85d717a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId440369615a85d9d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId999769615a85d9e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId801669615a85da088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId765869615a85da2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId249769615a85da46d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId618969615a85d704f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId618969615a85d704f.jpg"/><Relationship Id="rId406869615a85d8fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406869615a85d8fdb.jpg"/><Relationship Id="rId981069615a85da4d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId981069615a85da4d8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>