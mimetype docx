--- v3 (2026-01-09)
+++ v4 (2026-02-04)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Californian scale, San José scale, pernicious scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId998069615a85d6f08" w:history="1">
+            <w:hyperlink r:id="rId919869828e869ce11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278369615a85d6f74" w:history="1">
+            <w:hyperlink r:id="rId272869828e869ce7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> QUADPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70892242" name="name253069615a85d7050" descr="2990.jpg"/>
+                  <wp:docPr id="96276764" name="name301969828e869d500" descr="2990.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2990.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId618969615a85d704f" cstate="print"/>
+                          <a:blip r:embed="rId329069828e869d4fe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId556069615a85d717a" w:history="1">
+            <w:hyperlink r:id="rId745169828e869d610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5101,105 +5101,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has spread to many parts of the world: from China to Egypt, the Mediterranean Basin and North America, where it was first discovered in 1873 in California. At present, it is widely distributed in the Palearctic and Nearctic regions, being recorded in more than 60 countries in North and South America, Europe, southern Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92147758" name="name323969615a85d8fdd" descr="QUADPE_distribution_map.jpg"/>
+            <wp:docPr id="28227292" name="name912869828e869fed5" descr="QUADPE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="QUADPE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId406869615a85d8fdb" cstate="print"/>
+                    <a:blip r:embed="rId561469828e869fed2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Bulgaria, Croatia, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Kazakhstan, Kyrgyzstan, Moldova, Republic of, Morocco, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Far East, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Bulgaria, Croatia, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna), Kazakhstan, Kyrgyzstan, Moldova, Republic of, Morocco, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Far East, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Angola, Congo, The Democratic Republic of the, Egypt, Morocco, South Africa, Tunisia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6879,51 +6879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440369615a85d9d8b" w:history="1">
+      <w:hyperlink r:id="rId844969828e86a0d8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5604/01.3001.0014.0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6969,51 +6969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999769615a85d9e20" w:history="1">
+      <w:hyperlink r:id="rId317469828e86a0e23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture13010131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7345,51 +7345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rychla K (2014) Monitoring of San José Scale (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaspidiotus perniciosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) occurrence and comparison of temperature models. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801669615a85da088" w:history="1">
+      <w:hyperlink r:id="rId625469828e86a10be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comstockaspis perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765869615a85da2f9" w:history="1">
+      <w:hyperlink r:id="rId807669828e86a1346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7962,81 +7962,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249769615a85da46d" w:history="1">
+      <w:hyperlink r:id="rId564969828e86a14bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32353017" name="name486069615a85da4d9" descr="eu_funding_250.png"/>
+            <wp:docPr id="76103024" name="name696869828e86a153d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId981069615a85da4d8" cstate="print"/>
+                    <a:blip r:embed="rId388069828e86a153c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8134,137 +8134,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74885395">
+  <w:abstractNum w:abstractNumId="83741224">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99719655">
+    <w:lvl w:ilvl="0" w:tplc="81372789">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99719655" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81372789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99719655" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81372789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99719655" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81372789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99719655" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81372789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99719655" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81372789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99719655" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81372789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99719655" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81372789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99719655" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81372789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74885394">
+  <w:abstractNum w:abstractNumId="83741223">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58899137">
+    <w:lvl w:ilvl="0" w:tplc="38565227">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9016,55 +9016,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74885394">
-    <w:abstractNumId w:val="74885394"/>
+  <w:num w:numId="83741223">
+    <w:abstractNumId w:val="83741223"/>
   </w:num>
-  <w:num w:numId="74885395">
-    <w:abstractNumId w:val="74885395"/>
+  <w:num w:numId="83741224">
+    <w:abstractNumId w:val="83741224"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20614,51 +20614,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695676253" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId989224804" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId998069615a85d6f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId278369615a85d6f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId556069615a85d717a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId440369615a85d9d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId999769615a85d9e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId801669615a85da088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId765869615a85da2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId249769615a85da46d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId618969615a85d704f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId618969615a85d704f.jpg"/><Relationship Id="rId406869615a85d8fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406869615a85d8fdb.jpg"/><Relationship Id="rId981069615a85da4d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId981069615a85da4d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId851758072" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId550551119" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId919869828e869ce11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId272869828e869ce7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId745169828e869d610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId844969828e86a0d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId317469828e86a0e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId625469828e86a10be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId807669828e86a1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId564969828e86a14bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId329069828e869d4fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId329069828e869d4fe.jpg"/><Relationship Id="rId561469828e869fed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId561469828e869fed2.jpg"/><Relationship Id="rId388069828e86a153c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId388069828e86a153c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>