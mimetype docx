--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Californian scale, San José scale, pernicious scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId919869828e869ce11" w:history="1">
+            <w:hyperlink r:id="rId4171699d6b1506f4e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272869828e869ce7e" w:history="1">
+            <w:hyperlink r:id="rId1767699d6b1506fb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> QUADPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96276764" name="name301969828e869d500" descr="2990.jpg"/>
+                  <wp:docPr id="12586371" name="name7830699d6b1507076" descr="2990.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2990.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId329069828e869d4fe" cstate="print"/>
+                          <a:blip r:embed="rId3343699d6b1507075" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId745169828e869d610" w:history="1">
+            <w:hyperlink r:id="rId8518699d6b150716a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5101,63 +5101,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has spread to many parts of the world: from China to Egypt, the Mediterranean Basin and North America, where it was first discovered in 1873 in California. At present, it is widely distributed in the Palearctic and Nearctic regions, being recorded in more than 60 countries in North and South America, Europe, southern Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28227292" name="name912869828e869fed5" descr="QUADPE_distribution_map.jpg"/>
+            <wp:docPr id="74099195" name="name5009699d6b1508f67" descr="QUADPE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="QUADPE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId561469828e869fed2" cstate="print"/>
+                    <a:blip r:embed="rId6534699d6b1508f5e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6879,51 +6879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId844969828e86a0d8d" w:history="1">
+      <w:hyperlink r:id="rId1919699d6b1509cfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5604/01.3001.0014.0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6969,51 +6969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317469828e86a0e23" w:history="1">
+      <w:hyperlink r:id="rId6383699d6b1509d8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture13010131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7345,51 +7345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rychla K (2014) Monitoring of San José Scale (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaspidiotus perniciosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) occurrence and comparison of temperature models. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId625469828e86a10be" w:history="1">
+      <w:hyperlink r:id="rId2907699d6b1509ff6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comstockaspis perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807669828e86a1346" w:history="1">
+      <w:hyperlink r:id="rId7180699d6b150a265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7962,81 +7962,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564969828e86a14bf" w:history="1">
+      <w:hyperlink r:id="rId6180699d6b150a3d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76103024" name="name696869828e86a153d" descr="eu_funding_250.png"/>
+            <wp:docPr id="40151834" name="name1248699d6b150a42b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId388069828e86a153c" cstate="print"/>
+                    <a:blip r:embed="rId2144699d6b150a42a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8134,137 +8134,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83741224">
+  <w:abstractNum w:abstractNumId="59065823">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81372789">
+    <w:lvl w:ilvl="0" w:tplc="71819962">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81372789" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71819962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81372789" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71819962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81372789" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71819962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81372789" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71819962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81372789" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71819962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81372789" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71819962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81372789" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71819962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81372789" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71819962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83741223">
+  <w:abstractNum w:abstractNumId="59065822">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38565227">
+    <w:lvl w:ilvl="0" w:tplc="94088757">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9016,55 +9016,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83741223">
-    <w:abstractNumId w:val="83741223"/>
+  <w:num w:numId="59065822">
+    <w:abstractNumId w:val="59065822"/>
   </w:num>
-  <w:num w:numId="83741224">
-    <w:abstractNumId w:val="83741224"/>
+  <w:num w:numId="59065823">
+    <w:abstractNumId w:val="59065823"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20614,51 +20614,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId851758072" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId550551119" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId919869828e869ce11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId272869828e869ce7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId745169828e869d610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId844969828e86a0d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId317469828e86a0e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId625469828e86a10be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId807669828e86a1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId564969828e86a14bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId329069828e869d4fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId329069828e869d4fe.jpg"/><Relationship Id="rId561469828e869fed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId561469828e869fed2.jpg"/><Relationship Id="rId388069828e86a153c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId388069828e86a153c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506456431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId707246581" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4171699d6b1506f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId1767699d6b1506fb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId8518699d6b150716a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId1919699d6b1509cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId6383699d6b1509d8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId2907699d6b1509ff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId7180699d6b150a265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6180699d6b150a3d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId3343699d6b1507075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3343699d6b1507075.jpg"/><Relationship Id="rId6534699d6b1508f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6534699d6b1508f5e.jpg"/><Relationship Id="rId2144699d6b150a42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2144699d6b150a42a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>