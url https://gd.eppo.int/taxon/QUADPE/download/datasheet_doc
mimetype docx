--- v5 (2026-02-24)
+++ v6 (2026-03-16)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Californian scale, San José scale, pernicious scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4171699d6b1506f4e" w:history="1">
+            <w:hyperlink r:id="rId908169b7f675d9ef1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1767699d6b1506fb9" w:history="1">
+            <w:hyperlink r:id="rId296469b7f675d9f5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> QUADPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12586371" name="name7830699d6b1507076" descr="2990.jpg"/>
+                  <wp:docPr id="12713813" name="name834769b7f675da061" descr="2990.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2990.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3343699d6b1507075" cstate="print"/>
+                          <a:blip r:embed="rId152469b7f675da05f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8518699d6b150716a" w:history="1">
+            <w:hyperlink r:id="rId302669b7f675da1c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5101,63 +5101,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has spread to many parts of the world: from China to Egypt, the Mediterranean Basin and North America, where it was first discovered in 1873 in California. At present, it is widely distributed in the Palearctic and Nearctic regions, being recorded in more than 60 countries in North and South America, Europe, southern Africa, Asia and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74099195" name="name5009699d6b1508f67" descr="QUADPE_distribution_map.jpg"/>
+            <wp:docPr id="56629854" name="name554269b7f675dce45" descr="QUADPE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="QUADPE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6534699d6b1508f5e" cstate="print"/>
+                    <a:blip r:embed="rId504069b7f675dce42" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6879,51 +6879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 7-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1919699d6b1509cfa" w:history="1">
+      <w:hyperlink r:id="rId994469b7f675ddc14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5604/01.3001.0014.0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6969,51 +6969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6383699d6b1509d8f" w:history="1">
+      <w:hyperlink r:id="rId695769b7f675ddcac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture13010131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7345,51 +7345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rychla K (2014) Monitoring of San José Scale (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaspidiotus perniciosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) occurrence and comparison of temperature models. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2907699d6b1509ff6" w:history="1">
+      <w:hyperlink r:id="rId438169b7f675ddf0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comstockaspis perniciosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7180699d6b150a265" w:history="1">
+      <w:hyperlink r:id="rId730769b7f675de171" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7962,81 +7962,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6180699d6b150a3d9" w:history="1">
+      <w:hyperlink r:id="rId449669b7f675de2ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40151834" name="name1248699d6b150a42b" descr="eu_funding_250.png"/>
+            <wp:docPr id="32743119" name="name861869b7f675de37a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2144699d6b150a42a" cstate="print"/>
+                    <a:blip r:embed="rId222069b7f675de379" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8134,137 +8134,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59065823">
+  <w:abstractNum w:abstractNumId="33677348">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71819962">
+    <w:lvl w:ilvl="0" w:tplc="61002889">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71819962" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61002889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71819962" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61002889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71819962" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61002889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71819962" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61002889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71819962" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61002889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71819962" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61002889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71819962" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61002889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71819962" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61002889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59065822">
+  <w:abstractNum w:abstractNumId="33677347">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94088757">
+    <w:lvl w:ilvl="0" w:tplc="98434495">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9016,55 +9016,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59065822">
-    <w:abstractNumId w:val="59065822"/>
+  <w:num w:numId="33677347">
+    <w:abstractNumId w:val="33677347"/>
   </w:num>
-  <w:num w:numId="59065823">
-    <w:abstractNumId w:val="59065823"/>
+  <w:num w:numId="33677348">
+    <w:abstractNumId w:val="33677348"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20614,51 +20614,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506456431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId707246581" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4171699d6b1506f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId1767699d6b1506fb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId8518699d6b150716a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId1919699d6b1509cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId6383699d6b1509d8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId2907699d6b1509ff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId7180699d6b150a265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6180699d6b150a3d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId3343699d6b1507075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3343699d6b1507075.jpg"/><Relationship Id="rId6534699d6b1508f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6534699d6b1508f5e.jpg"/><Relationship Id="rId2144699d6b150a42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2144699d6b150a42a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId599577140" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId356227301" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId908169b7f675d9ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/" TargetMode="External"/><Relationship Id="rId296469b7f675d9f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/categorization" TargetMode="External"/><Relationship Id="rId302669b7f675da1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/QUADPE/photos" TargetMode="External"/><Relationship Id="rId994469b7f675ddc14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5604/01.3001.0014.0288" TargetMode="External"/><Relationship Id="rId695769b7f675ddcac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture13010131" TargetMode="External"/><Relationship Id="rId438169b7f675ddf0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnet.mendelu.cz/mendelnet2014/articles/50_rychla_1043.pdf" TargetMode="External"/><Relationship Id="rId730769b7f675de171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449669b7f675de2ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01749.x" TargetMode="External"/><Relationship Id="rId152469b7f675da05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId152469b7f675da05f.jpg"/><Relationship Id="rId504069b7f675dce42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId504069b7f675dce42.jpg"/><Relationship Id="rId222069b7f675de379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId222069b7f675de379.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>