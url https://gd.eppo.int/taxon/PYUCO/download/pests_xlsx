--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PYUCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>AGRLMA</t>
   </si>
   <si>
     <t>Agrilus mali (as Pyrus)</t>
   </si>
   <si>
     <t>* EPPO (2024) EPPO Technical Document No. 1093. Pest risk analysis for Agrilus mali (Coleoptera: Buprestidae). EPPO, Paris. Available at https://gd.eppo.int/taxon/AGRLMA/documents
 ------- not confirmed host.</t>
   </si>
@@ -392,51 +392,52 @@
   </si>
   <si>
     <t>* Chapman PJ, Lienk SE (1971) Tortricid fauna of apple in New York (Lepidoptera: Tortricidae); including an account of apple's occurrence in the state, especially as a naturalized plant. Special Publication Geneva, NY, New York Agricultural Experiment Station, 122 pp.</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- confirmed true host of Chrysobothis femorata sensu stricto
 * Wellso SG &amp; Manley GV (2007) A revision of the Chrysobothris femorata (Olivier, 1790) species group from North America, north of Mexico (Coleoptera: Buprestidae). Zootaxa, 26(1652), 1–26.</t>
   </si>
   <si>
     <t>CHRBMA</t>
   </si>
   <si>
     <t>Chrysobothris mali</t>
   </si>
   <si>
     <t xml:space="preserve">* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
 ------- confirmed true host of Chrysobothis mali
 * Homan HW (2020) Pacific Flathead Borer. Retrieved from treefruit.wsu.edu/crop-protection/opm/pacific-flathead-borer/
-</t>
+* Kron CR, Murillo AD, Gonçalves CG, Zoller BG, Addesso K, Klingeman WE, Moulton JK (2025) DNA barcoding helps establish a novel host-plant association for Chrysobothris mali Horn, 1886 (Coleoptera: Buprestidae) larvae found infesting Pyrus communis L.‘Bartlett’(Rosaceae) fruit in Lake County, California orchards. The Pan-Pacific Entomologist 101(3), 262-272. 
+------- fruit as larval host. </t>
   </si>
   <si>
     <t>QUADPE</t>
   </si>
   <si>
     <t>Comstockaspis perniciosa</t>
   </si>
   <si>
     <t>* Ben-Dov Y, German V (2003) A systemic catalogue of the Diaspididae (armoured scale insects) of the world, subfamilies Aspidiotinae, Comstockiellinae and Odonaspidinae. Intercept Ltd, Andover UK, 1111 pp.</t>
   </si>
   <si>
     <t>CONHNE</t>
   </si>
   <si>
     <t>Conotrachelus nenuphar</t>
   </si>
   <si>
     <t>* Brown MW (2005) Host utilization and phenology of injury by plum curculio (Coleoptera: Curculionidae) in West Virginia. Journal of Entomological Science 40(2), 149–157.
 * Leskey TC, Wright SE (2007) Host preference of the plum curculio. Entomologia Experimentalis et Applicata 123(3), 217-227.
 * Maier CT (1990) Native and exotic rosaceous hosts of apple, plum and quince curculio larvae (Coleoptera: Curculionidae) in the northeastern United States. Environmental Entomology 83(4), 1326–1332.</t>
   </si>
   <si>
     <t>CRTHAR</t>
   </si>
   <si>
@@ -487,50 +488,54 @@
     <t>ERWIAM</t>
   </si>
   <si>
     <t>Erwinia amylovora (as Pyrus)</t>
   </si>
   <si>
     <t>* Van der Zwet, Keil HL (1979) Fire blight: a bacterial disease of rosaceous Plants. USDA Handbook no. 510. USDA, Washington (US), 200 p.
 * Zeller W (1977) Studies on fire blight in the German Federal Republic. 2. Susceptibility of woody ornamentals to Erwinia amylovora. Nachrichtenblatt des Deutschen Pflanzenschutzdienstes 29(1 ), p 1-10.</t>
   </si>
   <si>
     <t>EURHBR</t>
   </si>
   <si>
     <t>Eurhizococcus brasiliensis</t>
   </si>
   <si>
     <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi 10.1093/database/bav118. http://scalenet.info
 ------- citing original references
 * Soria SJ, Gallotti BJ (1986) O margarodes da videira Eurhizococcus brasiliensis (Homoptera: Margarodidae): biologia, ecologia e controle no Sul do Brasil. Embrapa, Centro Nacional de Pesquisa de Uva e Vinho, Bento Gonçalves, Brazil. CNPUV Circular Técnica 13. 22 pp.</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Gupta SK, Gupta YN (1994) A taxonomic review of Indian Tetranychidae (Acari: Prostgmata) with description of new species and redescriptions of known species, keys to genera and species. Memoirs of the Zoological Survey of India 18, 1-196.
+* Nassar OA, Ghai S (1981) Taxonomic studies on tetranychoid mites infesting vegetable and fruit crops in Delhi and surrounding areas. Oriental Insects 15(4), 333-396.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t xml:space="preserve">* Engelbrecht K, Raubenheimer I, Paap T, Neethling E, Roets F (2024) Detection of Fusarium euwallaceae and its vector Euwallacea fornicatus on pear (Pyrus communis) and in deciduous fruit orchards in South Africa. Australasian Plant Disease Notes 19(1), 3 pp. https://doi.org/10.1007/s13314-023-00524-z
 ------- able to establish breeding colonies on pear trees, but apparently at a low frequency and without causing symptoms of dieback </t>
   </si>
   <si>
     <t>EUZOSE</t>
   </si>
   <si>
     <t>Euzophera semifuneralis</t>
   </si>
   <si>
     <t>* Biddinger DJ, Howitt AJ (1992) The food plants and distribution of the American plum borer (Lepidoptera: Pyralidae). The Great Lakes Entomologist 25(3), 149-158. https://scholar.valpo.edu/tgle/vol25/iss3/2</t>
   </si>
   <si>
     <t>ASPV00</t>
   </si>
   <si>
     <t>Foveavirus mali</t>
@@ -2206,1114 +2211,1116 @@
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
         <v>142</v>
       </c>
       <c r="C52" t="s">
         <v>143</v>
       </c>
       <c r="D52" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
         <v>145</v>
       </c>
       <c r="C53" t="s">
         <v>146</v>
       </c>
-      <c r="D53"/>
+      <c r="D53" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C54" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D54" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C55" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D56" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D57" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C58" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D58" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C59" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>21</v>
       </c>
       <c r="B60" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C60" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>21</v>
       </c>
       <c r="B61" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C61" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>21</v>
       </c>
       <c r="B62" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C62" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>21</v>
       </c>
       <c r="B63" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C63" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D63" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C64" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C65" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D65" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C66" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D66" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>21</v>
       </c>
       <c r="B67" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C67" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D67" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>21</v>
       </c>
       <c r="B68" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C68" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D68" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C69" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C70" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C71" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D71" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C72" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>21</v>
       </c>
       <c r="B73" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C73" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>21</v>
       </c>
       <c r="B74" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C74" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D74" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>21</v>
       </c>
       <c r="B75" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C75" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>21</v>
       </c>
       <c r="B76" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C76" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D76" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>21</v>
       </c>
       <c r="B77" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C77" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D77" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>21</v>
       </c>
       <c r="B78" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C78" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D78" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>21</v>
       </c>
       <c r="B79" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D79" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>21</v>
       </c>
       <c r="B80" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C80" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>21</v>
       </c>
       <c r="B81" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C81" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>21</v>
       </c>
       <c r="B82" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C82" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D82" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>21</v>
       </c>
       <c r="B83" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C83" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D83" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>21</v>
       </c>
       <c r="B84" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C84" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D84" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>21</v>
       </c>
       <c r="B85" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C85" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>21</v>
       </c>
       <c r="B86" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C86" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D86" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>21</v>
       </c>
       <c r="B87" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C87" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D87" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>21</v>
       </c>
       <c r="B88" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C88" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>21</v>
       </c>
       <c r="B89" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C89" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>21</v>
       </c>
       <c r="B90" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C90" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>21</v>
       </c>
       <c r="B91" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C91" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D91" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>21</v>
       </c>
       <c r="B92" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C92" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D92" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>21</v>
       </c>
       <c r="B93" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C93" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D93" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>21</v>
       </c>
       <c r="B94" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C94" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>21</v>
       </c>
       <c r="B95" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C95" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D95" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>21</v>
       </c>
       <c r="B96" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C96" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>21</v>
       </c>
       <c r="B97" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C97" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D97" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>21</v>
       </c>
       <c r="B98" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C98" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>21</v>
       </c>
       <c r="B99" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C99" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D99" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>21</v>
       </c>
       <c r="B100" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C100" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D100" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>21</v>
       </c>
       <c r="B101" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C101" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D101" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>21</v>
       </c>
       <c r="B102" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C102" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>21</v>
       </c>
       <c r="B103" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C103" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D103" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>21</v>
       </c>
       <c r="B104" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C104" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D104" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>21</v>
       </c>
       <c r="B105" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C105" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D105" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>21</v>
       </c>
       <c r="B106" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C106" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>21</v>
       </c>
       <c r="B107" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C107" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D107" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>21</v>
       </c>
       <c r="B108" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C108" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>21</v>
       </c>
       <c r="B109" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C109" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D109" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>21</v>
       </c>
       <c r="B110" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C110" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>21</v>
       </c>
       <c r="B111" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C111" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>21</v>
       </c>
       <c r="B112" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C112" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D112" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>21</v>
       </c>
       <c r="B113" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C113" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D113" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>21</v>
       </c>
       <c r="B114" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C114" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D114" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>21</v>
       </c>
       <c r="B115" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C115" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D115" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B116" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C116" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D116" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B117" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C117" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D117" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B118" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C118" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D118" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B119" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C119" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B120" t="s">
         <v>52</v>
       </c>
       <c r="C120" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D120" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B121" t="s">
         <v>58</v>
       </c>
       <c r="C121" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B122" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C122" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D122"/>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B123" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C123" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D123" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B124" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C124" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B125" t="s">
         <v>139</v>
       </c>
       <c r="C125" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D125" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B126" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C126" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B127" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C127" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D127"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B128" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C128" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B129" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C129" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B130" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C130" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B131" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C131" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D131" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B132" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C132" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B133" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C133" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B134" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C134" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D134" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">