--- v1 (2025-12-16)
+++ v2 (2026-01-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PYUCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="352">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>AGRLMA</t>
   </si>
   <si>
     <t>Agrilus mali (as Pyrus)</t>
   </si>
   <si>
     <t>* EPPO (2024) EPPO Technical Document No. 1093. Pest risk analysis for Agrilus mali (Coleoptera: Buprestidae). EPPO, Paris. Available at https://gd.eppo.int/taxon/AGRLMA/documents
 ------- not confirmed host.</t>
   </si>
@@ -302,50 +302,59 @@
   <si>
     <t>'Candidatus Phytoplasma aurantifolia'</t>
   </si>
   <si>
     <t>* Alloush AH, Bianco PA, Alma A, Tedeschi R, Quaglino F (2024) Phytoplasma identification in pome fruit trees and Cacopsylla bidens (Hemiptera: Psyllidae) in Jordan. European Journal of Plant Pathology 169(1), 65-71</t>
   </si>
   <si>
     <t>PHYPMA</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma mali'</t>
   </si>
   <si>
     <t>* Canik Orel D, Paltrinieri S, Ertunç F, Bertaccini A (2019)  Molecular diversity of 'Candidatus phytoplasma' species in pome and stone fruits in Turkey. Bitki Koruma Bülteni 59(1) 7-14.
 * Del Serrone P, La Starza S, Krystai L, Kölber M, Barba M (1998) Occurrence of apple proliferation and pear decline phytoplasmas in diseased pear trees in Hungary. Journal of Plant Pathology 80, 53–58.
 * Seemüller E, Schneider B (2004) ‘Candidatus Phytoplasma mali’, ‘Candidatus Phytoplasma pyri’ and ‘Candidatus Phytoplasma prunorum’, the causal agents of apple proliferation, pear decline and European stone fruit yellows, respectively. International Journal of Systematic and Evolutionary Microbiology 54(2), 1217–1226.</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Križanac I, Mikec I, Budinščak Ž, Šeruga Musić M, Škorić D (2010) Diversity of phytoplasmas infecting fruit trees and their vectors in Croatia. Journal of Plant Diseases and Protection 117 (5), 206–213.</t>
+  </si>
+  <si>
+    <t>ASGV00</t>
+  </si>
+  <si>
+    <t>Capillovirus mali</t>
+  </si>
+  <si>
+    <t>* Ben Slimen A, Karam A, Venerito P, Digiaro M (2025) First report of citrus virus A (CiVA) in Italian pear trees and sanitary assessment of native pear varieties in Apulia (southern Italy). Journal of Plant Pathology. https://doi.org/10.1007/s42161-025-02062-2</t>
   </si>
   <si>
     <t>CARSSA</t>
   </si>
   <si>
     <t>Carposina sasakii</t>
   </si>
   <si>
     <t>Carposina sasakii (as Pyrus)</t>
   </si>
   <si>
     <t>* Wang YZ, Li BY, Hoffmann AA, Cao LJ, Gong YJ, Song W, Zhu JY, Wei SJ (2017) Patterns of genetic variation among geographic and host-plant associated populations of the peach fruit moth Carposina sasakii (Lepidoptera: Carposinidae). BMC Ecology and Evolution 17, 265 (2017). https://doi.org/10.1186/s12862-017-1116-7</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* De Meyer M., Copeland RS, Lux SA, Mansell M, Quilici S, Wharton R, White IM, Zenz NJ (2002) Annotated check list of host plants for Afrotropical fruit flies (Diptera: Tephritidae) of the genus Ceratitis. Zoologische Documentatie Koninklijk Museum voor Midden Afrika 27, 1-91.</t>
   </si>
   <si>
     <t>CERTMA</t>
   </si>
@@ -394,50 +403,56 @@
     <t>* Chapman PJ, Lienk SE (1971) Tortricid fauna of apple in New York (Lepidoptera: Tortricidae); including an account of apple's occurrence in the state, especially as a naturalized plant. Special Publication Geneva, NY, New York Agricultural Experiment Station, 122 pp.</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- confirmed true host of Chrysobothis femorata sensu stricto
 * Wellso SG &amp; Manley GV (2007) A revision of the Chrysobothris femorata (Olivier, 1790) species group from North America, north of Mexico (Coleoptera: Buprestidae). Zootaxa, 26(1652), 1–26.</t>
   </si>
   <si>
     <t>CHRBMA</t>
   </si>
   <si>
     <t>Chrysobothris mali</t>
   </si>
   <si>
     <t xml:space="preserve">* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
 ------- confirmed true host of Chrysobothis mali
 * Homan HW (2020) Pacific Flathead Borer. Retrieved from treefruit.wsu.edu/crop-protection/opm/pacific-flathead-borer/
 * Kron CR, Murillo AD, Gonçalves CG, Zoller BG, Addesso K, Klingeman WE, Moulton JK (2025) DNA barcoding helps establish a novel host-plant association for Chrysobothris mali Horn, 1886 (Coleoptera: Buprestidae) larvae found infesting Pyrus communis L.‘Bartlett’(Rosaceae) fruit in Lake County, California orchards. The Pan-Pacific Entomologist 101(3), 262-272. 
 ------- fruit as larval host. </t>
+  </si>
+  <si>
+    <t>COGUEB</t>
+  </si>
+  <si>
+    <t>Coguvirus eburi</t>
   </si>
   <si>
     <t>QUADPE</t>
   </si>
   <si>
     <t>Comstockaspis perniciosa</t>
   </si>
   <si>
     <t>* Ben-Dov Y, German V (2003) A systemic catalogue of the Diaspididae (armoured scale insects) of the world, subfamilies Aspidiotinae, Comstockiellinae and Odonaspidinae. Intercept Ltd, Andover UK, 1111 pp.</t>
   </si>
   <si>
     <t>CONHNE</t>
   </si>
   <si>
     <t>Conotrachelus nenuphar</t>
   </si>
   <si>
     <t>* Brown MW (2005) Host utilization and phenology of injury by plum curculio (Coleoptera: Curculionidae) in West Virginia. Journal of Entomological Science 40(2), 149–157.
 * Leskey TC, Wright SE (2007) Host preference of the plum curculio. Entomologia Experimentalis et Applicata 123(3), 217-227.
 * Maier CT (1990) Native and exotic rosaceous hosts of apple, plum and quince curculio larvae (Coleoptera: Curculionidae) in the northeastern United States. Environmental Entomology 83(4), 1326–1332.</t>
   </si>
   <si>
     <t>CRTHAR</t>
   </si>
   <si>
@@ -1483,51 +1498,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D134"/>
+  <dimension ref="A1:D136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="601.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1939,72 +1954,72 @@
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
         <v>87</v>
       </c>
       <c r="C32" t="s">
         <v>88</v>
       </c>
       <c r="D32" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
         <v>90</v>
       </c>
       <c r="C33" t="s">
         <v>91</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C34" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>95</v>
       </c>
       <c r="D35" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
         <v>97</v>
       </c>
       <c r="C36" t="s">
         <v>98</v>
       </c>
       <c r="D36" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>21</v>
@@ -2092,872 +2107,874 @@
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
         <v>118</v>
       </c>
       <c r="C43" t="s">
         <v>119</v>
       </c>
       <c r="D43" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
         <v>121</v>
       </c>
       <c r="C44" t="s">
         <v>122</v>
       </c>
       <c r="D44" t="s">
-        <v>123</v>
+        <v>92</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
+        <v>123</v>
+      </c>
+      <c r="C45" t="s">
         <v>124</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
+        <v>126</v>
+      </c>
+      <c r="C46" t="s">
         <v>127</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
+        <v>129</v>
+      </c>
+      <c r="C47" t="s">
         <v>130</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>131</v>
       </c>
-      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
         <v>132</v>
       </c>
       <c r="C48" t="s">
         <v>133</v>
       </c>
       <c r="D48" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
         <v>135</v>
       </c>
       <c r="C49" t="s">
         <v>136</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
         <v>137</v>
       </c>
       <c r="C50" t="s">
         <v>138</v>
       </c>
-      <c r="D50"/>
+      <c r="D50" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C51" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>141</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
         <v>142</v>
       </c>
       <c r="C52" t="s">
         <v>143</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
+        <v>144</v>
+      </c>
+      <c r="C53" t="s">
         <v>145</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
+        <v>147</v>
+      </c>
+      <c r="C54" t="s">
         <v>148</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
+        <v>150</v>
+      </c>
+      <c r="C55" t="s">
         <v>151</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
+        <v>153</v>
+      </c>
+      <c r="C56" t="s">
         <v>154</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
+        <v>156</v>
+      </c>
+      <c r="C57" t="s">
         <v>157</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
+        <v>159</v>
+      </c>
+      <c r="C58" t="s">
         <v>160</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C59" t="s">
         <v>163</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>164</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>21</v>
       </c>
       <c r="B60" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C60" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D60"/>
+        <v>166</v>
+      </c>
+      <c r="D60" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>21</v>
       </c>
       <c r="B61" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C61" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>21</v>
       </c>
       <c r="B62" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C62" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>21</v>
       </c>
       <c r="B63" t="s">
         <v>169</v>
       </c>
       <c r="C63" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D63" t="s">
         <v>171</v>
       </c>
+      <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
         <v>172</v>
       </c>
       <c r="C64" t="s">
         <v>173</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
         <v>174</v>
       </c>
       <c r="C65" t="s">
         <v>175</v>
       </c>
       <c r="D65" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
         <v>177</v>
       </c>
       <c r="C66" t="s">
         <v>178</v>
       </c>
-      <c r="D66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>21</v>
       </c>
       <c r="B67" t="s">
+        <v>179</v>
+      </c>
+      <c r="C67" t="s">
         <v>180</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>21</v>
       </c>
       <c r="B68" t="s">
+        <v>182</v>
+      </c>
+      <c r="C68" t="s">
         <v>183</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
+        <v>185</v>
+      </c>
+      <c r="C69" t="s">
         <v>186</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>187</v>
       </c>
-      <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
         <v>188</v>
       </c>
       <c r="C70" t="s">
         <v>189</v>
       </c>
-      <c r="D70"/>
+      <c r="D70" t="s">
+        <v>190</v>
+      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C71" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="D71" t="s">
         <v>192</v>
       </c>
+      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C72" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>21</v>
       </c>
       <c r="B73" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C73" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="D73"/>
+        <v>196</v>
+      </c>
+      <c r="D73" t="s">
+        <v>197</v>
+      </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>21</v>
       </c>
       <c r="B74" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C74" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="D74" t="s">
         <v>198</v>
       </c>
+      <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>21</v>
       </c>
       <c r="B75" t="s">
         <v>199</v>
       </c>
       <c r="C75" t="s">
         <v>200</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>21</v>
       </c>
       <c r="B76" t="s">
         <v>201</v>
       </c>
       <c r="C76" t="s">
         <v>202</v>
       </c>
       <c r="D76" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>21</v>
       </c>
       <c r="B77" t="s">
         <v>204</v>
       </c>
       <c r="C77" t="s">
         <v>205</v>
       </c>
-      <c r="D77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>21</v>
       </c>
       <c r="B78" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C78" t="s">
         <v>207</v>
       </c>
       <c r="D78" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>21</v>
       </c>
       <c r="B79" t="s">
         <v>209</v>
       </c>
       <c r="C79" t="s">
         <v>210</v>
       </c>
       <c r="D79" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>21</v>
       </c>
       <c r="B80" t="s">
+        <v>209</v>
+      </c>
+      <c r="C80" t="s">
         <v>212</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>213</v>
       </c>
-      <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>21</v>
       </c>
       <c r="B81" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C81" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="D81"/>
+        <v>215</v>
+      </c>
+      <c r="D81" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>21</v>
       </c>
       <c r="B82" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C82" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>21</v>
       </c>
       <c r="B83" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="C83" t="s">
         <v>219</v>
       </c>
-      <c r="D83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>21</v>
       </c>
       <c r="B84" t="s">
+        <v>220</v>
+      </c>
+      <c r="C84" t="s">
         <v>221</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>21</v>
       </c>
       <c r="B85" t="s">
+        <v>223</v>
+      </c>
+      <c r="C85" t="s">
         <v>224</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>225</v>
       </c>
-      <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>21</v>
       </c>
       <c r="B86" t="s">
         <v>226</v>
       </c>
       <c r="C86" t="s">
         <v>227</v>
       </c>
       <c r="D86" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>21</v>
       </c>
       <c r="B87" t="s">
         <v>229</v>
       </c>
       <c r="C87" t="s">
         <v>230</v>
       </c>
-      <c r="D87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>21</v>
       </c>
       <c r="B88" t="s">
+        <v>231</v>
+      </c>
+      <c r="C88" t="s">
         <v>232</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>233</v>
       </c>
-      <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>21</v>
       </c>
       <c r="B89" t="s">
         <v>234</v>
       </c>
       <c r="C89" t="s">
         <v>235</v>
       </c>
-      <c r="D89"/>
+      <c r="D89" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>21</v>
       </c>
       <c r="B90" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C90" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>21</v>
       </c>
       <c r="B91" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C91" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="D91" t="s">
         <v>240</v>
       </c>
+      <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>21</v>
       </c>
       <c r="B92" t="s">
         <v>241</v>
       </c>
       <c r="C92" t="s">
         <v>242</v>
       </c>
-      <c r="D92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>21</v>
       </c>
       <c r="B93" t="s">
+        <v>243</v>
+      </c>
+      <c r="C93" t="s">
         <v>244</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>21</v>
       </c>
       <c r="B94" t="s">
+        <v>246</v>
+      </c>
+      <c r="C94" t="s">
         <v>247</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>248</v>
       </c>
-      <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>21</v>
       </c>
       <c r="B95" t="s">
         <v>249</v>
       </c>
       <c r="C95" t="s">
         <v>250</v>
       </c>
       <c r="D95" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>21</v>
       </c>
       <c r="B96" t="s">
         <v>252</v>
       </c>
       <c r="C96" t="s">
         <v>253</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>21</v>
       </c>
       <c r="B97" t="s">
         <v>254</v>
       </c>
       <c r="C97" t="s">
         <v>255</v>
       </c>
       <c r="D97" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>21</v>
       </c>
       <c r="B98" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C98" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>21</v>
       </c>
       <c r="B99" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C99" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D99" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>21</v>
       </c>
       <c r="B100" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C100" t="s">
         <v>262</v>
       </c>
-      <c r="D100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>21</v>
       </c>
       <c r="B101" t="s">
+        <v>263</v>
+      </c>
+      <c r="C101" t="s">
         <v>264</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>21</v>
       </c>
       <c r="B102" t="s">
+        <v>266</v>
+      </c>
+      <c r="C102" t="s">
         <v>267</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>268</v>
       </c>
-      <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>21</v>
       </c>
       <c r="B103" t="s">
         <v>269</v>
       </c>
       <c r="C103" t="s">
         <v>270</v>
       </c>
       <c r="D103" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>21</v>
       </c>
       <c r="B104" t="s">
         <v>272</v>
       </c>
       <c r="C104" t="s">
         <v>273</v>
       </c>
-      <c r="D104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>21</v>
       </c>
       <c r="B105" t="s">
+        <v>274</v>
+      </c>
+      <c r="C105" t="s">
         <v>275</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>21</v>
       </c>
       <c r="B106" t="s">
+        <v>277</v>
+      </c>
+      <c r="C106" t="s">
         <v>278</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>279</v>
       </c>
-      <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>21</v>
       </c>
       <c r="B107" t="s">
         <v>280</v>
       </c>
       <c r="C107" t="s">
         <v>281</v>
       </c>
       <c r="D107" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>21</v>
       </c>
       <c r="B108" t="s">
         <v>283</v>
       </c>
       <c r="C108" t="s">
         <v>284</v>
       </c>
@@ -2977,350 +2994,378 @@
         <v>287</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>21</v>
       </c>
       <c r="B110" t="s">
         <v>288</v>
       </c>
       <c r="C110" t="s">
         <v>289</v>
       </c>
       <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>21</v>
       </c>
       <c r="B111" t="s">
         <v>290</v>
       </c>
       <c r="C111" t="s">
         <v>291</v>
       </c>
-      <c r="D111"/>
+      <c r="D111" t="s">
+        <v>292</v>
+      </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>21</v>
       </c>
       <c r="B112" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C112" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="D112" t="s">
         <v>294</v>
       </c>
+      <c r="D112"/>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>21</v>
       </c>
       <c r="B113" t="s">
         <v>295</v>
       </c>
       <c r="C113" t="s">
         <v>296</v>
       </c>
-      <c r="D113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>21</v>
       </c>
       <c r="B114" t="s">
+        <v>297</v>
+      </c>
+      <c r="C114" t="s">
         <v>298</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>21</v>
       </c>
       <c r="B115" t="s">
+        <v>300</v>
+      </c>
+      <c r="C115" t="s">
         <v>301</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
+        <v>21</v>
+      </c>
+      <c r="B116" t="s">
+        <v>303</v>
+      </c>
+      <c r="C116" t="s">
         <v>304</v>
       </c>
-      <c r="B116" t="s">
+      <c r="D116" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>304</v>
+        <v>21</v>
       </c>
       <c r="B117" t="s">
+        <v>306</v>
+      </c>
+      <c r="C117" t="s">
+        <v>307</v>
+      </c>
+      <c r="D117" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B118" t="s">
+        <v>310</v>
+      </c>
+      <c r="C118" t="s">
         <v>311</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B119" t="s">
+        <v>313</v>
+      </c>
+      <c r="C119" t="s">
         <v>314</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>315</v>
       </c>
-      <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B120" t="s">
-        <v>52</v>
+        <v>316</v>
       </c>
       <c r="C120" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D120" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B121" t="s">
-        <v>58</v>
+        <v>319</v>
       </c>
       <c r="C121" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B122" t="s">
-        <v>319</v>
+        <v>52</v>
       </c>
       <c r="C122" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="D122"/>
+        <v>321</v>
+      </c>
+      <c r="D122" t="s">
+        <v>322</v>
+      </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B123" t="s">
-        <v>321</v>
+        <v>58</v>
       </c>
       <c r="C123" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D123" t="s">
-        <v>323</v>
+        <v>92</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B124" t="s">
         <v>324</v>
       </c>
       <c r="C124" t="s">
         <v>325</v>
       </c>
       <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B125" t="s">
-        <v>139</v>
+        <v>326</v>
       </c>
       <c r="C125" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D125" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B126" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C126" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B127" t="s">
-        <v>186</v>
+        <v>144</v>
       </c>
       <c r="C127" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="D127"/>
+        <v>331</v>
+      </c>
+      <c r="D127" t="s">
+        <v>332</v>
+      </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B128" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C128" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B129" t="s">
-        <v>333</v>
+        <v>191</v>
       </c>
       <c r="C129" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B130" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C130" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B131" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C131" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="D131" t="s">
         <v>339</v>
       </c>
+      <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B132" t="s">
-        <v>236</v>
+        <v>340</v>
       </c>
       <c r="C132" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B133" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C133" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="D133"/>
+        <v>343</v>
+      </c>
+      <c r="D133" t="s">
+        <v>344</v>
+      </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>343</v>
+        <v>309</v>
       </c>
       <c r="B134" t="s">
-        <v>344</v>
+        <v>241</v>
       </c>
       <c r="C134" t="s">
         <v>345</v>
       </c>
-      <c r="D134" t="s">
+      <c r="D134"/>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>309</v>
+      </c>
+      <c r="B135" t="s">
         <v>346</v>
+      </c>
+      <c r="C135" t="s">
+        <v>347</v>
+      </c>
+      <c r="D135"/>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>348</v>
+      </c>
+      <c r="B136" t="s">
+        <v>349</v>
+      </c>
+      <c r="C136" t="s">
+        <v>350</v>
+      </c>
+      <c r="D136" t="s">
+        <v>351</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">