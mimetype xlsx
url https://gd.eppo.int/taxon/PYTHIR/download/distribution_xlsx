--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -239,51 +239,51 @@
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>en</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>