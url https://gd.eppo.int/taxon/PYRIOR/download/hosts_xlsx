--- v0 (2025-10-04)
+++ v1 (2026-01-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PYRIOR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ORYSA</t>
   </si>
   <si>
     <t>Oryza sativa</t>
   </si>
   <si>
     <t xml:space="preserve">* Pak D, You MP, Lanoiselet V, Barbetti MJ (2021) Management of rice blast (Pyricularia oryzae): implications of alternative hosts. European Journal of Plant Pathology 161(2), 343-355.
 </t>
   </si>
@@ -65,50 +65,59 @@
   </si>
   <si>
     <t>Triticum aestivum subsp. aestivum</t>
   </si>
   <si>
     <t>* Goulart A, Paiva F, Mesquita N (1992) Perdasentrigo (Triticum aestivum) causadas por Pyricularia oryzae. Fitopatol Bras. 17:115–7.
 * Islam MT, Croll D, Gladieux P et al. (2016) Emergence of wheat blast in Bangladesh was caused by a South American lineage of Magnaporthe oryzae . BMC Biol 14, 84. https://doi.org/10.1186/s12915-016-0309-7</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ORYAU</t>
   </si>
   <si>
     <t>Oryza australiensis</t>
   </si>
   <si>
     <t>* Pak D, You MP, Lanoiselet V, Barbetti MJ (2021) Management of rice blast (Pyricularia oryzae): implications of alternative hosts. European Journal of Plant Pathology 161(2), 343-355.
 ------- inoculation studies.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
+    <t>AGSST</t>
+  </si>
+  <si>
+    <t>Agrostis stolonifera</t>
+  </si>
+  <si>
+    <t>* Sasaki N, Hayakawa T, Tsukiboshi T (2025) First report of blast disease caused by Pyricularia oryzae on creeping bentgrass in Japan. International Turfgrass Society Research Journal 15(1), 910-913. https://doi.org/10.1002/its2.70051</t>
+  </si>
+  <si>
     <t>PESCI</t>
   </si>
   <si>
     <t>Cenchrus ciliaris</t>
   </si>
   <si>
     <t>* Perrott RF, Chakraborty S (1999) Pyricularia grisea causes blight of buffel grass (Cenchrus ciliaris) in Queensland, Australia. Tropical Grasslands 33, 201-206.</t>
   </si>
   <si>
     <t>HKNMA</t>
   </si>
   <si>
     <t>Hakonechloa macra</t>
   </si>
   <si>
     <t>* Farinas C, Villari C, Martin D, Taylor NJ, Peduto Hand F (2017) Magnaporthe oryzae perennial ryegrass pathotype causes leaf spots and blight on Japanese forest grass in Ohio. Plant Disease 101(3), p 507.</t>
   </si>
   <si>
     <t>HORVX</t>
   </si>
   <si>
     <t>Hordeum vulgare</t>
   </si>
   <si>
     <t>* Roy KK, Reza MM, Muzahid-E-Rahman M, Mustarin KE, Malaker PK, Barma NC, He X, Singh PK (2021) First report of barley blast caused by Magnaporthe oryzae pathotype Triticum (MoT) in Bangladesh. Journal of General Plant Pathology 87, 184-191.
@@ -179,50 +188,59 @@
     <t>Sorghum halepense</t>
   </si>
   <si>
     <t>* Pordel A, Tharreau D, Ghorbani G, Javan-Nikkhah M (2020) First Report of Pyricularia oryzae causing blast on Sorghum halepense (Johnson Grass) in Iran. Plant Disease 104(11), 3061</t>
   </si>
   <si>
     <t>1TRZG</t>
   </si>
   <si>
     <t>Triticum</t>
   </si>
   <si>
     <t>1TTLG</t>
   </si>
   <si>
     <t>x Triticosecale</t>
   </si>
   <si>
     <t>* Roy KK, Muzahid-E-Rahman, Reza MA, Mustarin KE, Malaker PK, Barma NC, Hossain I, He X, Singh PK (2021) First report of triticale blast caused by the fungus Magnaporthe oryzae pathotype Triticum in Bangladesh. Canadian Journal of Plant Pathology 43(2), 288-295. https://doi.org/10.1080/07060661.2020.1793223</t>
   </si>
   <si>
     <t>ZEAMX</t>
   </si>
   <si>
     <t>Zea mays</t>
+  </si>
+  <si>
+    <t>ZOYJA</t>
+  </si>
+  <si>
+    <t>Zoysia japonica</t>
+  </si>
+  <si>
+    <t>* Freund D, Fraser M, Stephens C, Dean D, Butler EL, Kerns J (2025) First Report of Gray Leaf Spot Caused by Pyricularia oryzae on Zoysia japonica in the United States of America. Plant Disease 109(9), 1990. https://doi.org/10.1094/PDIS-04-25-0863-PDN</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ORYBA</t>
   </si>
   <si>
     <t>Oryza barthii</t>
   </si>
   <si>
     <t>* Diagne D, Adreit H, Milazzo J, Koita O, Tharreau D (2025) Population structure and pathogenicity tests of Pyricularia oryzae on wild and cultivated rice in Mali. Plant Pathology 74(2), 536-547. https://doi.org/10.1111/ppa.14038</t>
   </si>
   <si>
     <t>ORYLO</t>
   </si>
   <si>
     <t>Oryza longistaminata</t>
   </si>
   <si>
     <t>* Diagne D, Adreit H, Milazzo J, Koita O, Tharreau D (2025) Population structure and pathogenicity tests of Pyricularia oryzae on wild and cultivated rice in Mali. Plant Pathology  74(2), 536-547. https://doi.org/10.1111/ppa.14038</t>
   </si>
 </sst>
 </file>
 
@@ -547,51 +565,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="364.482" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -711,170 +729,198 @@
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>34</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>40</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>51</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" t="s">
         <v>56</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" t="s">
         <v>58</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>59</v>
       </c>
-      <c r="D20" t="s">
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
         <v>60</v>
+      </c>
+      <c r="B21" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">