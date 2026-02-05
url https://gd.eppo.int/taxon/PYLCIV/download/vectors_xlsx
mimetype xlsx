--- v0 (2025-10-09)
+++ v1 (2026-02-05)
@@ -12,65 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PYLCIV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Known vector</t>
+  </si>
+  <si>
+    <t>ALTRTR</t>
+  </si>
+  <si>
+    <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Taufik M, Syair S, Mallarangeng R, Khaeruni A, Botek M, Hartono S, Aidawati,N, Hidayat P (2023). Sebaran Penyakit Daun Keriting Kuning pada Pertanaman Cabai di Sulawesi Tenggara dan Indentifikasi Penyebabnya. Jurnal Fitopatologi Indonesia, 19(3), 89-98. https://doi.org/10.14692/jfi.19.3.89-98 (abst.)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>* EFSA Panel on Plant Health (2013) Scientific opinion on the risks to plant health posed by Bemisia tabaci species complex and viruses it transmits for the EU territory. EFSA journal 11(4), 3162.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -383,90 +392,104 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2"/>
+  <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="232.229" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="358.484" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">