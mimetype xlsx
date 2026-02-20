--- v0 (2025-10-21)
+++ v1 (2026-02-20)
@@ -166,51 +166,52 @@
   </si>
   <si>
     <t>Oncometopia orbona</t>
   </si>
   <si>
     <t>* Turner WF (1959) Life histories and behavior of five insect vectors of phony peach disease. Technical Bulletin no. 1188. US Department of Agriculture. 28 pp.
 ------- as food plant of Oncometopia undata.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Pyracantha)</t>
   </si>
   <si>
     <t>* Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 p. https://doi.org/10.2737/NE-GTR-123
 * Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
-    <t>* Hızal E, Öztemiz S, Gjonov I (2023) Phenology and host preferences of the invasive Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Ricaniidae), a risk for agriculture and forest areas in the West-Palaearctic Region. Acta Zoologica Bulgarica 75(2), 251-258. https://www.acta-zoologica-bulgarica.eu/2023/002673</t>
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.
+* Hızal E, Öztemiz S, Gjonov I (2023) Phenology and host preferences of the invasive Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Ricaniidae), a risk for agriculture and forest areas in the West-Palaearctic Region. Acta Zoologica Bulgarica 75(2), 251-258. https://www.acta-zoologica-bulgarica.eu/2023/002673</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
     <t>* Pellizzari G, Duso C, Rainato A, Pozzebon A, Zanini G (2012) Phenology, ethology and distribution of Pseudococcus comstocki, an invasive pest in northeastern Italy. Bulletin of Insectology.65(2), 209-215.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>