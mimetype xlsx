--- v0 (2025-10-08)
+++ v1 (2026-02-07)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Pilet F, Loiseau M, Boyer C, Cavalier A, Diman C (2023) First report of 'Candidatus Phytoplasma palmae'(16SrIV-A subgroup) associated with palm Lethal Yellowing disease on Cocos nucifera and Pritchardia sp. in Guadeloupe, French West Indies. Plant Disease 107(5), 1621. https://doi.org/10.1094/PDIS-08-22-1898-PDN</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari (as Pritchardia)</t>
   </si>
   <si>
     <t>* Nelson SC, Wright MG (2005) Banana Moth: A Potentially Fatal Pest of Pritchardia and Other Palms. Cooperative Extension Service, College of Tropical Agriculture and Human Resources, University of Hawaiʻi at Mānoa. Insect Pests  IP-24, 4 pp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>