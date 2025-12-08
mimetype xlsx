--- v0 (2025-11-17)
+++ v1 (2025-12-08)
@@ -41,51 +41,51 @@
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Dzido JL, Sánchez R, Dollet M, Julia JF, Narvaez M, Fabre S, Oropeza C (2020) Haplaxius crudus (Hemiptera: Cixiidae) transmits the lethal yellowing phytoplasmas, 16SrIV, to Pritchardia pacifica Seem. &amp; H. Wendl (Arecaceae) in Yucatan, Mexico. Neotropical Entomology 49, 795-805.</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Myrie WA, Harrison NA, Douglas L, Helmick E, Gore-Francis J, Oropeza C, McLaughlin WA (2014) First report of lethal yellowing disease associated with subgroup 16SrIV-A phytoplasmas in Antigua, West Indies. New Disease Reports (2014) 29, 12. http://dx.doi.org/10.5197/j.2044-0588.2014.029.012
 * Paredes-Tomás C, Luis-Pantoja M, Rodríguez-Tapia JL, Salin CO, Narváez M, Myrie W, Pacini F, Bertaccini A (2022) Detection and identification of ‘Candidatus Phytoplasma palmae’ strains in Hortensia similis and Pritchardia pacifica in Cuba. European Journal of Plant Pathology 164, 593-600</t>
   </si>
   <si>
     <t>MYNDCR</t>
   </si>
   <si>
     <t>Haplaxius crudus</t>
   </si>
   <si>
     <t>* Dzido JL, Sánchez R, Dollet M, Julia JF, Narvaez M, Fabre S, Oropeza C (2021) Haplaxius crudus (Hemiptera: Cixiidae) transmits the lethal yellowing phytoplasmas, 16SrIV, to Pritchardia pacifica Seem. &amp; H. Wendl (Arecaceae) in Yucatan, Mexico. Neotropical Entomology 49(6), 795-805.
 * Howard FW, Mead FW (1980) A survey of Auchenorrhyncha (Insecta: Homoptera) associated with palms in southern Florida. Tropical Agriculture 57(2), pp.145-153.
 --------- Adult host.</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari (as Pritchardia)</t>
   </si>
   <si>
     <t>* Nelson SC, Wright MG (2005) Banana Moth: A Potentially Fatal Pest of Pritchardia and Other Palms. Cooperative Extension Service, College of Tropical Agriculture and Human Resources, University of Hawaiʻi at Mānoa. Insect Pests  IP-24, 4 pp.</t>
   </si>