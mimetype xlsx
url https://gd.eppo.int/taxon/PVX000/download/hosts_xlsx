--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PVX000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>* Fuentes S, Gibbs AJ, Hajizadeh M, Perez A, Adams IP, Fribourg CE, Kreuze J, Fox A, Boonham N, Jones RAC (2021) The Phylogeography of Potato Virus X Shows the Fingerprints of Its Human Vector. Viruses 13, 644. 24 pp.</t>
   </si>
   <si>
@@ -104,50 +104,59 @@
   </si>
   <si>
     <t>Humulus lupulus</t>
   </si>
   <si>
     <t>* Khlebova LP, Brovko ES, Bychkova OV, Mironenko ON, Nebylitsa AV (2024) Viruses in natural populations of wild hop in the south of Western Siberia. Acta Biologica Sibirica 10, 157-169. https://doi.org/10.5281/zenodo.10892844
 ------- wild hop</t>
   </si>
   <si>
     <t>LAMPU</t>
   </si>
   <si>
     <t>Lamium purpureum</t>
   </si>
   <si>
     <t>* Kyrychenko AM, Bohdan MM, Snihur HO, Shcherbatenko IS, Antipov IO (2021) First report of potato viruses infecting Lamium purpureum in Ukraine. Mīkrobiologīchniĭ Zhurnal 83(6), 55-64.</t>
   </si>
   <si>
     <t>OYPVI</t>
   </si>
   <si>
     <t>Orychophragmus violaceus</t>
   </si>
   <si>
     <t>* Li XS, Cao YY, Zhou T, Cheng YQ, Li HF, Fan ZF (2008) Orychophragmus violaceus, a new host of Potato virus X, reported from China. Plant Pathology 57(2), 395.</t>
+  </si>
+  <si>
+    <t>ROSSS</t>
+  </si>
+  <si>
+    <t>Rosa sp.</t>
+  </si>
+  <si>
+    <t>* Cutler J, Langer J, von Bargen SV, Acosta-Losada O, Casierra-Posada F, Castañeda-Cárdenas A, Betancourt-Vásquez M, Cuellar W, Arvydas-Stasiukynas E, Altenbach D, Büttner C (2018) Preliminary evaluation of associated viruses in production systems of cape gooseberry, purple passion fruit, and rose. Revista Colombiana de Ciencias Hortícolas 12(2), 390-396. https://doi.org/10.17584/rcch.2018vl2i2.7799</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Ben Moussa A, Makni M, Marrakchi M (2000) Identification of the principal viruses infecting tomato crops in Tunisia. Bulletin OEPP 30(2), 293-296.</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>* Abou Kubaa R, Choueiri E, De Stradis A, Jreijiri F, Saponari M, Cillo F (2021) Occurrence and Distribution of Major Viruses Infecting Eggplant in Lebanon and Molecular Characterization of a Local Potato Virus X Isolate. Agriculture 11(2), 126. https://doi.org/10.3390/agriculture11020126
 * Ravanbod E, Rakhshandehroo F, Golnaraghi A (2018) Survey of potato virus X in vegetable fields of Iran. Journal of Plant Pathology 100, 137.</t>
   </si>
   <si>
     <t>SOLPJ</t>
   </si>
   <si>
     <t>Solanum phureja</t>
@@ -488,62 +497,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D13"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="475.313" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -682,50 +691,64 @@
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">