--- v1 (2026-03-03)
+++ v2 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PVX000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>* Fuentes S, Gibbs AJ, Hajizadeh M, Perez A, Adams IP, Fribourg CE, Kreuze J, Fox A, Boonham N, Jones RAC (2021) The Phylogeography of Potato Virus X Shows the Fingerprints of Its Human Vector. Viruses 13, 644. 24 pp.</t>
   </si>
   <si>
@@ -150,50 +150,59 @@
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>* Abou Kubaa R, Choueiri E, De Stradis A, Jreijiri F, Saponari M, Cillo F (2021) Occurrence and Distribution of Major Viruses Infecting Eggplant in Lebanon and Molecular Characterization of a Local Potato Virus X Isolate. Agriculture 11(2), 126. https://doi.org/10.3390/agriculture11020126
 * Ravanbod E, Rakhshandehroo F, Golnaraghi A (2018) Survey of potato virus X in vegetable fields of Iran. Journal of Plant Pathology 100, 137.</t>
   </si>
   <si>
     <t>SOLPJ</t>
   </si>
   <si>
     <t>Solanum phureja</t>
   </si>
   <si>
     <t xml:space="preserve">* Sierra Mejía A, Gallo García Y, Estrada Arteaga M, Gutiérrez PA, Marín Montoya M (2020) Molecular detection of six RNA viruses in tuber sprouts of potato (Solanum phureja) in Antioquia, Colombia. Bioagro 32(1), 3-14. </t>
   </si>
   <si>
     <t>VIGSI</t>
   </si>
   <si>
     <t>Vigna unguiculata</t>
   </si>
   <si>
     <t>* Xiang SY, Tian CL, Liu CY, Peng HR, Wang J, Ye SH, Wang DB, Xu C, Sun XC, Xue Y (2021) First report of Brassica yellows virus infecting cowpea in China. Journal of Plant Pathology 103(14), 1327.</t>
+  </si>
+  <si>
+    <t>VITVI</t>
+  </si>
+  <si>
+    <t>Vitis vinifera</t>
+  </si>
+  <si>
+    <t>* Fuchs M (2025) Grapevine viruses: Did you say more than a hundred? Journal of Plant Pathology 107(1), 217-227.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -497,51 +506,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="475.313" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -705,50 +714,64 @@
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">