--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato T trichovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato virus T</w:t>
             </w:r>
-            <w:hyperlink r:id="rId956368e6e6d8963dd" w:history="1">
+            <w:hyperlink r:id="rId74686903b126ce5c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId593868e6e6d896457" w:history="1">
+            <w:hyperlink r:id="rId25046903b126ce664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PVT000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17959976" name="name968968e6e6d896ef1" descr="13945.jpg"/>
+                  <wp:docPr id="50724427" name="name24666903b126ce71f" descr="13945.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13945.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId870868e6e6d896eef" cstate="print"/>
+                          <a:blip r:embed="rId52816903b126ce71e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId753468e6e6d896ff6" w:history="1">
+            <w:hyperlink r:id="rId29056903b126ce805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1281,63 +1281,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26525201" name="name938568e6e6d8981ff" descr="PVT000_distribution_map.jpg"/>
+            <wp:docPr id="8767832" name="name37646903b126cfaf9" descr="PVT000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PVT000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId614468e6e6d8981fc" cstate="print"/>
+                    <a:blip r:embed="rId28586903b126cfaf7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2723,101 +2723,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microbiology Resource Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e01066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId844568e6e6d898d33" w:history="1">
+      <w:hyperlink r:id="rId86316903b126d05fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.01066-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1991) Potato germplasm collection. Pp. 3-4 in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CIP 1991, Lima, (PE). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855368e6e6d898d8c" w:history="1">
+      <w:hyperlink r:id="rId76626903b126d0655" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778168e6e6d898e04" w:history="1">
+      <w:hyperlink r:id="rId61026903b126d06d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2913,51 +2913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819068e6e6d898e74" w:history="1">
+      <w:hyperlink r:id="rId20936903b126d0743" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2992,51 +2992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561268e6e6d898ef0" w:history="1">
+      <w:hyperlink r:id="rId36476903b126d07c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510968e6e6d898f70" w:history="1">
+      <w:hyperlink r:id="rId40096903b126d0838" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728268e6e6d898ffb" w:history="1">
+      <w:hyperlink r:id="rId44596903b126d08b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3220,129 +3220,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId129768e6e6d899092" w:history="1">
+      <w:hyperlink r:id="rId23776903b126d0938" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824668e6e6d8990d3" w:history="1">
+      <w:hyperlink r:id="rId69626903b126d09ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660168e6e6d899111" w:history="1">
+      <w:hyperlink r:id="rId35626903b126d09f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3355,90 +3355,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) ICTV master species list </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964068e6e6d89916d" w:history="1">
+      <w:hyperlink r:id="rId65066903b126d0a4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. FAO/IPGRI, Rome (IT). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905468e6e6d8991ac" w:history="1">
+      <w:hyperlink r:id="rId85066903b126d0a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3542,51 +3542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911668e6e6d89929a" w:history="1">
+      <w:hyperlink r:id="rId63116903b126d0b92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3978,51 +3978,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-235.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Silvestre R &amp; Cuellar W (2012) Sequence variability among PVT isolates. GenBank accession JQ407085.1 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334268e6e6d899563" w:history="1">
+      <w:hyperlink r:id="rId46696903b126d0e5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JQ407085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4155,51 +4155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493968e6e6d8996a0" w:history="1">
+      <w:hyperlink r:id="rId55026903b126d0f79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,81 +4330,81 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and AAB resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on PVT: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206768e6e6d8997d6" w:history="1">
+      <w:hyperlink r:id="rId45436903b126d10c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB description of plant viruses: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId759968e6e6d899809" w:history="1">
+      <w:hyperlink r:id="rId86156903b126d10f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4470,51 +4470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tepovirus tafsolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215768e6e6d8998c2" w:history="1">
+      <w:hyperlink r:id="rId18906903b126d11ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4685,90 +4685,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId551068e6e6d899a14" w:history="1">
+      <w:hyperlink r:id="rId36806903b126d1309" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90025506" name="name553268e6e6d899ab2" descr="eu_funding_250.png"/>
+            <wp:docPr id="23989189" name="name92846903b126d138d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId274268e6e6d899ab1" cstate="print"/>
+                    <a:blip r:embed="rId69526903b126d138b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4866,137 +4866,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92171884">
+  <w:abstractNum w:abstractNumId="12470351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42185682">
+    <w:lvl w:ilvl="0" w:tplc="83484054">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42185682" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83484054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42185682" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83484054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42185682" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83484054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42185682" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83484054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42185682" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83484054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42185682" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83484054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42185682" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83484054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42185682" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83484054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92171883">
+  <w:abstractNum w:abstractNumId="12470350">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74878919">
+    <w:lvl w:ilvl="0" w:tplc="54711111">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5748,55 +5748,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92171883">
-    <w:abstractNumId w:val="92171883"/>
+  <w:num w:numId="12470350">
+    <w:abstractNumId w:val="12470350"/>
   </w:num>
-  <w:num w:numId="92171884">
-    <w:abstractNumId w:val="92171884"/>
+  <w:num w:numId="12470351">
+    <w:abstractNumId w:val="12470351"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17346,51 +17346,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId895080010" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId319758772" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId956368e6e6d8963dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId593868e6e6d896457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId753468e6e6d896ff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId844568e6e6d898d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId855368e6e6d898d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId778168e6e6d898e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId819068e6e6d898e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId561268e6e6d898ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId510968e6e6d898f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId728268e6e6d898ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId129768e6e6d899092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId824668e6e6d8990d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId660168e6e6d899111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId964068e6e6d89916d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId905468e6e6d8991ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId911668e6e6d89929a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId334268e6e6d899563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId493968e6e6d8996a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId206768e6e6d8997d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId759968e6e6d899809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId215768e6e6d8998c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId551068e6e6d899a14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId870868e6e6d896eef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId870868e6e6d896eef.jpg"/><Relationship Id="rId614468e6e6d8981fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId614468e6e6d8981fc.jpg"/><Relationship Id="rId274268e6e6d899ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId274268e6e6d899ab1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId930466431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId503969281" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74686903b126ce5c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId25046903b126ce664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId29056903b126ce805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId86316903b126d05fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId76626903b126d0655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId61026903b126d06d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId20936903b126d0743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId36476903b126d07c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId40096903b126d0838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId44596903b126d08b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId23776903b126d0938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId69626903b126d09ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId35626903b126d09f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId65066903b126d0a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId85066903b126d0a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId63116903b126d0b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId46696903b126d0e5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId55026903b126d0f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId45436903b126d10c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId86156903b126d10f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId18906903b126d11ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36806903b126d1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId52816903b126ce71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52816903b126ce71e.jpg"/><Relationship Id="rId28586903b126cfaf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28586903b126cfaf7.jpg"/><Relationship Id="rId69526903b126d138b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69526903b126d138b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>