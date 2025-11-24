--- v1 (2025-10-30)
+++ v2 (2025-11-24)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato T trichovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato virus T</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74686903b126ce5c0" w:history="1">
+            <w:hyperlink r:id="rId343469240c99671ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25046903b126ce664" w:history="1">
+            <w:hyperlink r:id="rId369769240c9967272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PVT000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50724427" name="name24666903b126ce71f" descr="13945.jpg"/>
+                  <wp:docPr id="68614528" name="name434469240c9967b69" descr="13945.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13945.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52816903b126ce71e" cstate="print"/>
+                          <a:blip r:embed="rId183169240c9967b67" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId29056903b126ce805" w:history="1">
+            <w:hyperlink r:id="rId329669240c9967c54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1281,63 +1281,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8767832" name="name37646903b126cfaf9" descr="PVT000_distribution_map.jpg"/>
+            <wp:docPr id="63048733" name="name897069240c9968dfa" descr="PVT000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PVT000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28586903b126cfaf7" cstate="print"/>
+                    <a:blip r:embed="rId846069240c9968df7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2723,101 +2723,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microbiology Resource Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e01066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86316903b126d05fc" w:history="1">
+      <w:hyperlink r:id="rId461569240c99698ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.01066-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1991) Potato germplasm collection. Pp. 3-4 in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CIP 1991, Lima, (PE). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76626903b126d0655" w:history="1">
+      <w:hyperlink r:id="rId371369240c9969922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61026903b126d06d0" w:history="1">
+      <w:hyperlink r:id="rId302969240c996999a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2913,51 +2913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20936903b126d0743" w:history="1">
+      <w:hyperlink r:id="rId895269240c9969a19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2992,51 +2992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36476903b126d07c5" w:history="1">
+      <w:hyperlink r:id="rId320769240c9969a9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40096903b126d0838" w:history="1">
+      <w:hyperlink r:id="rId749169240c9969b0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44596903b126d08b9" w:history="1">
+      <w:hyperlink r:id="rId214269240c9969b88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3220,129 +3220,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23776903b126d0938" w:history="1">
+      <w:hyperlink r:id="rId989669240c9969c04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69626903b126d09ae" w:history="1">
+      <w:hyperlink r:id="rId349569240c9969c44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35626903b126d09f1" w:history="1">
+      <w:hyperlink r:id="rId260869240c9969c82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3355,90 +3355,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) ICTV master species list </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65066903b126d0a4f" w:history="1">
+      <w:hyperlink r:id="rId692469240c9969cdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. FAO/IPGRI, Rome (IT). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85066903b126d0a93" w:history="1">
+      <w:hyperlink r:id="rId997169240c9969d1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3542,51 +3542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63116903b126d0b92" w:history="1">
+      <w:hyperlink r:id="rId796969240c9969e0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3978,51 +3978,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-235.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Silvestre R &amp; Cuellar W (2012) Sequence variability among PVT isolates. GenBank accession JQ407085.1 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46696903b126d0e5c" w:history="1">
+      <w:hyperlink r:id="rId765369240c996a0c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JQ407085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4155,51 +4155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55026903b126d0f79" w:history="1">
+      <w:hyperlink r:id="rId857069240c996a1e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,81 +4330,81 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and AAB resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on PVT: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45436903b126d10c0" w:history="1">
+      <w:hyperlink r:id="rId879669240c996a2fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB description of plant viruses: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86156903b126d10f6" w:history="1">
+      <w:hyperlink r:id="rId672469240c996a32e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4470,51 +4470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tepovirus tafsolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18906903b126d11ae" w:history="1">
+      <w:hyperlink r:id="rId948869240c996a3e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4685,90 +4685,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36806903b126d1309" w:history="1">
+      <w:hyperlink r:id="rId700269240c996a593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23989189" name="name92846903b126d138d" descr="eu_funding_250.png"/>
+            <wp:docPr id="52316855" name="name792869240c996a5f2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69526903b126d138b" cstate="print"/>
+                    <a:blip r:embed="rId970169240c996a5f1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4866,137 +4866,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12470351">
+  <w:abstractNum w:abstractNumId="88279875">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83484054">
+    <w:lvl w:ilvl="0" w:tplc="79498692">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83484054" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79498692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83484054" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79498692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83484054" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79498692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83484054" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79498692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83484054" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79498692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83484054" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79498692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83484054" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79498692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83484054" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79498692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12470350">
+  <w:abstractNum w:abstractNumId="88279874">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54711111">
+    <w:lvl w:ilvl="0" w:tplc="63107955">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5748,55 +5748,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12470350">
-    <w:abstractNumId w:val="12470350"/>
+  <w:num w:numId="88279874">
+    <w:abstractNumId w:val="88279874"/>
   </w:num>
-  <w:num w:numId="12470351">
-    <w:abstractNumId w:val="12470351"/>
+  <w:num w:numId="88279875">
+    <w:abstractNumId w:val="88279875"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17346,51 +17346,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId930466431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId503969281" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74686903b126ce5c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId25046903b126ce664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId29056903b126ce805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId86316903b126d05fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId76626903b126d0655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId61026903b126d06d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId20936903b126d0743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId36476903b126d07c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId40096903b126d0838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId44596903b126d08b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId23776903b126d0938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId69626903b126d09ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId35626903b126d09f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId65066903b126d0a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId85066903b126d0a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId63116903b126d0b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId46696903b126d0e5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId55026903b126d0f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId45436903b126d10c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId86156903b126d10f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId18906903b126d11ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36806903b126d1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId52816903b126ce71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52816903b126ce71e.jpg"/><Relationship Id="rId28586903b126cfaf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28586903b126cfaf7.jpg"/><Relationship Id="rId69526903b126d138b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69526903b126d138b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId939221709" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373770369" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId343469240c99671ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId369769240c9967272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId329669240c9967c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId461569240c99698ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId371369240c9969922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId302969240c996999a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId895269240c9969a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId320769240c9969a9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId749169240c9969b0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId214269240c9969b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId989669240c9969c04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId349569240c9969c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId260869240c9969c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId692469240c9969cdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId997169240c9969d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId796969240c9969e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId765369240c996a0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId857069240c996a1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId879669240c996a2fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId672469240c996a32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId948869240c996a3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId700269240c996a593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId183169240c9967b67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183169240c9967b67.jpg"/><Relationship Id="rId846069240c9968df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId846069240c9968df7.jpg"/><Relationship Id="rId970169240c996a5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970169240c996a5f1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>