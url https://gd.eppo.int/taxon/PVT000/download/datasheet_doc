--- v2 (2025-11-24)
+++ v3 (2025-12-14)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato T trichovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato virus T</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343469240c99671ff" w:history="1">
+            <w:hyperlink r:id="rId2065693ed58abea7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369769240c9967272" w:history="1">
+            <w:hyperlink r:id="rId9882693ed58abeae7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PVT000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68614528" name="name434469240c9967b69" descr="13945.jpg"/>
+                  <wp:docPr id="87241739" name="name9863693ed58abf377" descr="13945.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13945.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId183169240c9967b67" cstate="print"/>
+                          <a:blip r:embed="rId5672693ed58abf376" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId329669240c9967c54" w:history="1">
+            <w:hyperlink r:id="rId7170693ed58abf467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1281,63 +1281,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63048733" name="name897069240c9968dfa" descr="PVT000_distribution_map.jpg"/>
+            <wp:docPr id="48258492" name="name5002693ed58ac068b" descr="PVT000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PVT000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId846069240c9968df7" cstate="print"/>
+                    <a:blip r:embed="rId1093693ed58ac0689" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2723,101 +2723,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microbiology Resource Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e01066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461569240c99698ca" w:history="1">
+      <w:hyperlink r:id="rId5769693ed58ac112d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.01066-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1991) Potato germplasm collection. Pp. 3-4 in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CIP 1991, Lima, (PE). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371369240c9969922" w:history="1">
+      <w:hyperlink r:id="rId9509693ed58ac1183" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302969240c996999a" w:history="1">
+      <w:hyperlink r:id="rId8930693ed58ac11fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2913,51 +2913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895269240c9969a19" w:history="1">
+      <w:hyperlink r:id="rId2176693ed58ac1301" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2992,51 +2992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320769240c9969a9a" w:history="1">
+      <w:hyperlink r:id="rId4673693ed58ac1381" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749169240c9969b0b" w:history="1">
+      <w:hyperlink r:id="rId8742693ed58ac13f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214269240c9969b88" w:history="1">
+      <w:hyperlink r:id="rId4478693ed58ac1471" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3220,129 +3220,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989669240c9969c04" w:history="1">
+      <w:hyperlink r:id="rId9728693ed58ac14ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349569240c9969c44" w:history="1">
+      <w:hyperlink r:id="rId9357693ed58ac152c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260869240c9969c82" w:history="1">
+      <w:hyperlink r:id="rId1200693ed58ac156a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3355,90 +3355,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) ICTV master species list </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692469240c9969cdc" w:history="1">
+      <w:hyperlink r:id="rId8536693ed58ac15db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. FAO/IPGRI, Rome (IT). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId997169240c9969d1c" w:history="1">
+      <w:hyperlink r:id="rId8781693ed58ac161a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3542,51 +3542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796969240c9969e0a" w:history="1">
+      <w:hyperlink r:id="rId6774693ed58ac1707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3978,51 +3978,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-235.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Silvestre R &amp; Cuellar W (2012) Sequence variability among PVT isolates. GenBank accession JQ407085.1 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765369240c996a0c4" w:history="1">
+      <w:hyperlink r:id="rId2801693ed58ac19bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JQ407085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4155,51 +4155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId857069240c996a1e0" w:history="1">
+      <w:hyperlink r:id="rId2305693ed58ac1ad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,81 +4330,81 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and AAB resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on PVT: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879669240c996a2fc" w:history="1">
+      <w:hyperlink r:id="rId5123693ed58ac1bfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB description of plant viruses: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId672469240c996a32e" w:history="1">
+      <w:hyperlink r:id="rId3381693ed58ac1c2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4470,51 +4470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tepovirus tafsolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId948869240c996a3e6" w:history="1">
+      <w:hyperlink r:id="rId2926693ed58ac1ce5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4685,90 +4685,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700269240c996a593" w:history="1">
+      <w:hyperlink r:id="rId7739693ed58ac1e33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52316855" name="name792869240c996a5f2" descr="eu_funding_250.png"/>
+            <wp:docPr id="99711714" name="name5659693ed58ac1e98" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId970169240c996a5f1" cstate="print"/>
+                    <a:blip r:embed="rId5905693ed58ac1e97" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4866,137 +4866,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88279875">
+  <w:abstractNum w:abstractNumId="76306238">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79498692">
+    <w:lvl w:ilvl="0" w:tplc="22995632">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79498692" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22995632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79498692" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22995632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79498692" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22995632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79498692" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22995632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79498692" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22995632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79498692" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22995632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79498692" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22995632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79498692" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22995632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88279874">
+  <w:abstractNum w:abstractNumId="76306237">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63107955">
+    <w:lvl w:ilvl="0" w:tplc="68027441">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5748,55 +5748,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88279874">
-    <w:abstractNumId w:val="88279874"/>
+  <w:num w:numId="76306237">
+    <w:abstractNumId w:val="76306237"/>
   </w:num>
-  <w:num w:numId="88279875">
-    <w:abstractNumId w:val="88279875"/>
+  <w:num w:numId="76306238">
+    <w:abstractNumId w:val="76306238"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17346,51 +17346,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId939221709" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373770369" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId343469240c99671ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId369769240c9967272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId329669240c9967c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId461569240c99698ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId371369240c9969922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId302969240c996999a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId895269240c9969a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId320769240c9969a9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId749169240c9969b0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId214269240c9969b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId989669240c9969c04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId349569240c9969c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId260869240c9969c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId692469240c9969cdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId997169240c9969d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId796969240c9969e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId765369240c996a0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId857069240c996a1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId879669240c996a2fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId672469240c996a32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId948869240c996a3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId700269240c996a593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId183169240c9967b67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183169240c9967b67.jpg"/><Relationship Id="rId846069240c9968df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId846069240c9968df7.jpg"/><Relationship Id="rId970169240c996a5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970169240c996a5f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId328781130" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId395084407" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2065693ed58abea7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId9882693ed58abeae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId7170693ed58abf467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId5769693ed58ac112d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId9509693ed58ac1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId8930693ed58ac11fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId2176693ed58ac1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId4673693ed58ac1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId8742693ed58ac13f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId4478693ed58ac1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId9728693ed58ac14ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId9357693ed58ac152c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId1200693ed58ac156a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8536693ed58ac15db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId8781693ed58ac161a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId6774693ed58ac1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2801693ed58ac19bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId2305693ed58ac1ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId5123693ed58ac1bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId3381693ed58ac1c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId2926693ed58ac1ce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7739693ed58ac1e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId5672693ed58abf376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5672693ed58abf376.jpg"/><Relationship Id="rId1093693ed58ac0689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1093693ed58ac0689.jpg"/><Relationship Id="rId5905693ed58ac1e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5905693ed58ac1e97.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>