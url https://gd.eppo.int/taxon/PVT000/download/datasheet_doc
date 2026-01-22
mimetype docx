--- v3 (2025-12-14)
+++ v4 (2026-01-22)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato T trichovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato virus T</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2065693ed58abea7e" w:history="1">
+            <w:hyperlink r:id="rId841069725cc8edaf8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9882693ed58abeae7" w:history="1">
+            <w:hyperlink r:id="rId744469725cc8edb64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PVT000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87241739" name="name9863693ed58abf377" descr="13945.jpg"/>
+                  <wp:docPr id="31627088" name="name305969725cc8ee134" descr="13945.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13945.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5672693ed58abf376" cstate="print"/>
+                          <a:blip r:embed="rId108369725cc8ee132" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7170693ed58abf467" w:history="1">
+            <w:hyperlink r:id="rId546069725cc8ee252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1281,63 +1281,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48258492" name="name5002693ed58ac068b" descr="PVT000_distribution_map.jpg"/>
+            <wp:docPr id="95437296" name="name736869725cc8ef613" descr="PVT000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PVT000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1093693ed58ac0689" cstate="print"/>
+                    <a:blip r:embed="rId879569725cc8ef611" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2723,101 +2723,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microbiology Resource Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e01066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5769693ed58ac112d" w:history="1">
+      <w:hyperlink r:id="rId698669725cc8f00e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.01066-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1991) Potato germplasm collection. Pp. 3-4 in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CIP 1991, Lima, (PE). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9509693ed58ac1183" w:history="1">
+      <w:hyperlink r:id="rId466569725cc8f013e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8930693ed58ac11fa" w:history="1">
+      <w:hyperlink r:id="rId411869725cc8f01b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2913,51 +2913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2176693ed58ac1301" w:history="1">
+      <w:hyperlink r:id="rId490369725cc8f0224" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2992,51 +2992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4673693ed58ac1381" w:history="1">
+      <w:hyperlink r:id="rId947269725cc8f029e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8742693ed58ac13f3" w:history="1">
+      <w:hyperlink r:id="rId312269725cc8f030d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4478693ed58ac1471" w:history="1">
+      <w:hyperlink r:id="rId181969725cc8f03a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3220,129 +3220,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9728693ed58ac14ed" w:history="1">
+      <w:hyperlink r:id="rId119269725cc8f0427" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9357693ed58ac152c" w:history="1">
+      <w:hyperlink r:id="rId436769725cc8f0467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1200693ed58ac156a" w:history="1">
+      <w:hyperlink r:id="rId112369725cc8f04ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3355,90 +3355,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) ICTV master species list </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8536693ed58ac15db" w:history="1">
+      <w:hyperlink r:id="rId974469725cc8f0509" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. FAO/IPGRI, Rome (IT). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8781693ed58ac161a" w:history="1">
+      <w:hyperlink r:id="rId522869725cc8f0549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3542,51 +3542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6774693ed58ac1707" w:history="1">
+      <w:hyperlink r:id="rId902869725cc8f0636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3978,51 +3978,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-235.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Silvestre R &amp; Cuellar W (2012) Sequence variability among PVT isolates. GenBank accession JQ407085.1 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2801693ed58ac19bb" w:history="1">
+      <w:hyperlink r:id="rId796069725cc8f090a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JQ407085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4155,51 +4155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2305693ed58ac1ad1" w:history="1">
+      <w:hyperlink r:id="rId520669725cc8f0a1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,81 +4330,81 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and AAB resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on PVT: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5123693ed58ac1bfb" w:history="1">
+      <w:hyperlink r:id="rId568469725cc8f0b37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB description of plant viruses: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3381693ed58ac1c2f" w:history="1">
+      <w:hyperlink r:id="rId917569725cc8f0b68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4448,73 +4448,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tepovirus tafsolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2926693ed58ac1ce5" w:history="1">
+      <w:hyperlink r:id="rId781969725cc8f0c1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4685,90 +4685,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7739693ed58ac1e33" w:history="1">
+      <w:hyperlink r:id="rId124369725cc8f0d6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99711714" name="name5659693ed58ac1e98" descr="eu_funding_250.png"/>
+            <wp:docPr id="68042590" name="name173969725cc8f0dcf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5905693ed58ac1e97" cstate="print"/>
+                    <a:blip r:embed="rId148569725cc8f0dce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4866,137 +4866,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76306238">
+  <w:abstractNum w:abstractNumId="26541803">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22995632">
+    <w:lvl w:ilvl="0" w:tplc="37434014">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22995632" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37434014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22995632" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37434014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22995632" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37434014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22995632" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37434014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22995632" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37434014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22995632" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37434014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22995632" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37434014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22995632" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37434014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76306237">
+  <w:abstractNum w:abstractNumId="26541802">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68027441">
+    <w:lvl w:ilvl="0" w:tplc="49637840">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5748,55 +5748,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76306237">
-    <w:abstractNumId w:val="76306237"/>
+  <w:num w:numId="26541802">
+    <w:abstractNumId w:val="26541802"/>
   </w:num>
-  <w:num w:numId="76306238">
-    <w:abstractNumId w:val="76306238"/>
+  <w:num w:numId="26541803">
+    <w:abstractNumId w:val="26541803"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17346,51 +17346,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId328781130" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId395084407" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2065693ed58abea7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId9882693ed58abeae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId7170693ed58abf467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId5769693ed58ac112d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId9509693ed58ac1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId8930693ed58ac11fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId2176693ed58ac1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId4673693ed58ac1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId8742693ed58ac13f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId4478693ed58ac1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId9728693ed58ac14ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId9357693ed58ac152c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId1200693ed58ac156a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8536693ed58ac15db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId8781693ed58ac161a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId6774693ed58ac1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2801693ed58ac19bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId2305693ed58ac1ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId5123693ed58ac1bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId3381693ed58ac1c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId2926693ed58ac1ce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7739693ed58ac1e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId5672693ed58abf376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5672693ed58abf376.jpg"/><Relationship Id="rId1093693ed58ac0689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1093693ed58ac0689.jpg"/><Relationship Id="rId5905693ed58ac1e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5905693ed58ac1e97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId879350995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565132599" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId841069725cc8edaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId744469725cc8edb64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId546069725cc8ee252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId698669725cc8f00e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId466569725cc8f013e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId411869725cc8f01b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId490369725cc8f0224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId947269725cc8f029e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId312269725cc8f030d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId181969725cc8f03a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId119269725cc8f0427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId436769725cc8f0467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId112369725cc8f04ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId974469725cc8f0509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId522869725cc8f0549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId902869725cc8f0636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId796069725cc8f090a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId520669725cc8f0a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId568469725cc8f0b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId917569725cc8f0b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId781969725cc8f0c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId124369725cc8f0d6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId108369725cc8ee132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId108369725cc8ee132.jpg"/><Relationship Id="rId879569725cc8ef611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId879569725cc8ef611.jpg"/><Relationship Id="rId148569725cc8f0dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId148569725cc8f0dce.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>