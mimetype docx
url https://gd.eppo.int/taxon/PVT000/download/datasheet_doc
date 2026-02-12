--- v4 (2026-01-22)
+++ v5 (2026-02-12)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato T trichovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato virus T</w:t>
             </w:r>
-            <w:hyperlink r:id="rId841069725cc8edaf8" w:history="1">
+            <w:hyperlink r:id="rId2999698e337422e81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -338,53 +338,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId744469725cc8edb64" w:history="1">
+            <w:hyperlink r:id="rId1897698e337422eeb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PVT000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31627088" name="name305969725cc8ee134" descr="13945.jpg"/>
+                  <wp:docPr id="98971488" name="name6791698e337423336" descr="13945.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13945.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId108369725cc8ee132" cstate="print"/>
+                          <a:blip r:embed="rId6966698e337423334" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId546069725cc8ee252" w:history="1">
+            <w:hyperlink r:id="rId1410698e3374234b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1281,63 +1281,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95437296" name="name736869725cc8ef613" descr="PVT000_distribution_map.jpg"/>
+            <wp:docPr id="43550267" name="name3056698e3374246aa" descr="PVT000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PVT000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId879569725cc8ef611" cstate="print"/>
+                    <a:blip r:embed="rId6291698e3374246a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2723,101 +2723,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microbiology Resource Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e01066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId698669725cc8f00e7" w:history="1">
+      <w:hyperlink r:id="rId8209698e3374252f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.01066-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1991) Potato germplasm collection. Pp. 3-4 in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CIP 1991, Lima, (PE). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466569725cc8f013e" w:history="1">
+      <w:hyperlink r:id="rId9841698e33742534c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411869725cc8f01b6" w:history="1">
+      <w:hyperlink r:id="rId4024698e3374253d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2913,51 +2913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490369725cc8f0224" w:history="1">
+      <w:hyperlink r:id="rId6374698e337425447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2992,51 +2992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId947269725cc8f029e" w:history="1">
+      <w:hyperlink r:id="rId5109698e3374254c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312269725cc8f030d" w:history="1">
+      <w:hyperlink r:id="rId5118698e337425541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181969725cc8f03a1" w:history="1">
+      <w:hyperlink r:id="rId9528698e3374255c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3220,129 +3220,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119269725cc8f0427" w:history="1">
+      <w:hyperlink r:id="rId1828698e337425643" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436769725cc8f0467" w:history="1">
+      <w:hyperlink r:id="rId4440698e337425683" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112369725cc8f04ad" w:history="1">
+      <w:hyperlink r:id="rId2147698e3374256c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3355,90 +3355,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) ICTV master species list </w:t>
       </w:r>
-      <w:hyperlink r:id="rId974469725cc8f0509" w:history="1">
+      <w:hyperlink r:id="rId8539698e337425735" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. FAO/IPGRI, Rome (IT). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522869725cc8f0549" w:history="1">
+      <w:hyperlink r:id="rId8698698e337425776" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3542,51 +3542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902869725cc8f0636" w:history="1">
+      <w:hyperlink r:id="rId2562698e33742587d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3978,51 +3978,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-235.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Silvestre R &amp; Cuellar W (2012) Sequence variability among PVT isolates. GenBank accession JQ407085.1 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796069725cc8f090a" w:history="1">
+      <w:hyperlink r:id="rId8741698e337425b6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JQ407085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4155,51 +4155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520669725cc8f0a1f" w:history="1">
+      <w:hyperlink r:id="rId8835698e337425ca2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,81 +4330,81 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and AAB resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on PVT: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568469725cc8f0b37" w:history="1">
+      <w:hyperlink r:id="rId9570698e337425de2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB description of plant viruses: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917569725cc8f0b68" w:history="1">
+      <w:hyperlink r:id="rId9540698e337425e15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4470,51 +4470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tepovirus tafsolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781969725cc8f0c1d" w:history="1">
+      <w:hyperlink r:id="rId3219698e337425ecd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4685,90 +4685,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124369725cc8f0d6b" w:history="1">
+      <w:hyperlink r:id="rId3453698e33742603b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68042590" name="name173969725cc8f0dcf" descr="eu_funding_250.png"/>
+            <wp:docPr id="27937751" name="name6037698e3374263c2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId148569725cc8f0dce" cstate="print"/>
+                    <a:blip r:embed="rId8876698e3374263c0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4866,137 +4866,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26541803">
+  <w:abstractNum w:abstractNumId="24627492">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37434014">
+    <w:lvl w:ilvl="0" w:tplc="64468385">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37434014" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64468385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37434014" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64468385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37434014" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64468385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37434014" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64468385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37434014" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64468385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37434014" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64468385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37434014" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64468385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37434014" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64468385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26541802">
+  <w:abstractNum w:abstractNumId="24627491">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49637840">
+    <w:lvl w:ilvl="0" w:tplc="72490396">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5748,55 +5748,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26541802">
-    <w:abstractNumId w:val="26541802"/>
+  <w:num w:numId="24627491">
+    <w:abstractNumId w:val="24627491"/>
   </w:num>
-  <w:num w:numId="26541803">
-    <w:abstractNumId w:val="26541803"/>
+  <w:num w:numId="24627492">
+    <w:abstractNumId w:val="24627492"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17346,51 +17346,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId879350995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565132599" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId841069725cc8edaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId744469725cc8edb64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId546069725cc8ee252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId698669725cc8f00e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId466569725cc8f013e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId411869725cc8f01b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId490369725cc8f0224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId947269725cc8f029e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId312269725cc8f030d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId181969725cc8f03a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId119269725cc8f0427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId436769725cc8f0467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId112369725cc8f04ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId974469725cc8f0509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId522869725cc8f0549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId902869725cc8f0636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId796069725cc8f090a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId520669725cc8f0a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId568469725cc8f0b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId917569725cc8f0b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId781969725cc8f0c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId124369725cc8f0d6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId108369725cc8ee132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId108369725cc8ee132.jpg"/><Relationship Id="rId879569725cc8ef611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId879569725cc8ef611.jpg"/><Relationship Id="rId148569725cc8f0dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId148569725cc8f0dce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393618415" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId458200349" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2999698e337422e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId1897698e337422eeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId1410698e3374234b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId8209698e3374252f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId9841698e33742534c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId4024698e3374253d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId6374698e337425447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId5109698e3374254c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId5118698e337425541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId9528698e3374255c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId1828698e337425643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId4440698e337425683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId2147698e3374256c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8539698e337425735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId8698698e337425776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId2562698e33742587d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId8741698e337425b6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId8835698e337425ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId9570698e337425de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId9540698e337425e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId3219698e337425ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3453698e33742603b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId6966698e337423334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6966698e337423334.jpg"/><Relationship Id="rId6291698e3374246a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6291698e3374246a7.jpg"/><Relationship Id="rId8876698e3374263c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8876698e3374263c0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>