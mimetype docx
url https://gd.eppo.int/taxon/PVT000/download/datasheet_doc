--- v5 (2026-02-12)
+++ v6 (2026-03-25)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato T trichovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato virus T</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2999698e337422e81" w:history="1">
+            <w:hyperlink r:id="rId884569c363f854cfa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1897698e337422eeb" w:history="1">
+            <w:hyperlink r:id="rId333869c363f854d64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PVT000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98971488" name="name6791698e337423336" descr="13945.jpg"/>
+                  <wp:docPr id="32515345" name="name845769c363f8553f5" descr="13945.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13945.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6966698e337423334" cstate="print"/>
+                          <a:blip r:embed="rId863169c363f8553f3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1410698e3374234b4" w:history="1">
+            <w:hyperlink r:id="rId311169c363f855534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1281,63 +1281,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43550267" name="name3056698e3374246aa" descr="PVT000_distribution_map.jpg"/>
+            <wp:docPr id="6911981" name="name826769c363f85687f" descr="PVT000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PVT000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6291698e3374246a7" cstate="print"/>
+                    <a:blip r:embed="rId521669c363f85687c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2723,101 +2723,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microbiology Resource Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e01066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8209698e3374252f3" w:history="1">
+      <w:hyperlink r:id="rId400269c363f8573c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.01066-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1991) Potato germplasm collection. Pp. 3-4 in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CIP 1991, Lima, (PE). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9841698e33742534c" w:history="1">
+      <w:hyperlink r:id="rId409569c363f857420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4024698e3374253d2" w:history="1">
+      <w:hyperlink r:id="rId365969c363f857497" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2913,51 +2913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6374698e337425447" w:history="1">
+      <w:hyperlink r:id="rId895769c363f857509" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2992,51 +2992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5109698e3374254c6" w:history="1">
+      <w:hyperlink r:id="rId842569c363f857595" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5118698e337425541" w:history="1">
+      <w:hyperlink r:id="rId165569c363f857608" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9528698e3374255c6" w:history="1">
+      <w:hyperlink r:id="rId858169c363f857685" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3220,129 +3220,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1828698e337425643" w:history="1">
+      <w:hyperlink r:id="rId616169c363f857701" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4440698e337425683" w:history="1">
+      <w:hyperlink r:id="rId629569c363f85773f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2147698e3374256c1" w:history="1">
+      <w:hyperlink r:id="rId256769c363f85777d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3355,90 +3355,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2019) ICTV master species list </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8539698e337425735" w:history="1">
+      <w:hyperlink r:id="rId940669c363f8577d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. FAO/IPGRI, Rome (IT). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8698698e337425776" w:history="1">
+      <w:hyperlink r:id="rId292169c363f857817" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3542,51 +3542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2562698e33742587d" w:history="1">
+      <w:hyperlink r:id="rId230769c363f857904" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3978,51 +3978,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-235.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Silvestre R &amp; Cuellar W (2012) Sequence variability among PVT isolates. GenBank accession JQ407085.1 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8741698e337425b6c" w:history="1">
+      <w:hyperlink r:id="rId465969c363f857bde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JQ407085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4155,51 +4155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8835698e337425ca2" w:history="1">
+      <w:hyperlink r:id="rId419869c363f857cf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,81 +4330,81 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and AAB resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on PVT: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9570698e337425de2" w:history="1">
+      <w:hyperlink r:id="rId177069c363f857e3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB description of plant viruses: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9540698e337425e15" w:history="1">
+      <w:hyperlink r:id="rId289269c363f857e72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4470,51 +4470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tepovirus tafsolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3219698e337425ecd" w:history="1">
+      <w:hyperlink r:id="rId625669c363f857f2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4685,90 +4685,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3453698e33742603b" w:history="1">
+      <w:hyperlink r:id="rId812069c363f858087" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27937751" name="name6037698e3374263c2" descr="eu_funding_250.png"/>
+            <wp:docPr id="62529616" name="name776969c363f858316" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8876698e3374263c0" cstate="print"/>
+                    <a:blip r:embed="rId403969c363f858314" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4866,137 +4866,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24627492">
+  <w:abstractNum w:abstractNumId="64392280">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64468385">
+    <w:lvl w:ilvl="0" w:tplc="32496711">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64468385" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32496711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64468385" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32496711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64468385" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32496711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64468385" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32496711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64468385" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32496711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64468385" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32496711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64468385" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32496711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64468385" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32496711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24627491">
+  <w:abstractNum w:abstractNumId="64392279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72490396">
+    <w:lvl w:ilvl="0" w:tplc="64314432">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5748,55 +5748,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24627491">
-    <w:abstractNumId w:val="24627491"/>
+  <w:num w:numId="64392279">
+    <w:abstractNumId w:val="64392279"/>
   </w:num>
-  <w:num w:numId="24627492">
-    <w:abstractNumId w:val="24627492"/>
+  <w:num w:numId="64392280">
+    <w:abstractNumId w:val="64392280"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17346,51 +17346,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393618415" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId458200349" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2999698e337422e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId1897698e337422eeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId1410698e3374234b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId8209698e3374252f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId9841698e33742534c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId4024698e3374253d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId6374698e337425447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId5109698e3374254c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId5118698e337425541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId9528698e3374255c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId1828698e337425643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId4440698e337425683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId2147698e3374256c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8539698e337425735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId8698698e337425776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId2562698e33742587d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId8741698e337425b6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId8835698e337425ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId9570698e337425de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId9540698e337425e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId3219698e337425ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3453698e33742603b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId6966698e337423334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6966698e337423334.jpg"/><Relationship Id="rId6291698e3374246a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6291698e3374246a7.jpg"/><Relationship Id="rId8876698e3374263c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8876698e3374263c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId140952727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId170531025" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId884569c363f854cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/" TargetMode="External"/><Relationship Id="rId333869c363f854d64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/categorization" TargetMode="External"/><Relationship Id="rId311169c363f855534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PVT000/photos" TargetMode="External"/><Relationship Id="rId400269c363f8573c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.01066-18" TargetMode="External"/><Relationship Id="rId409569c363f857420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/bitstream/handle/10568/109439/CIP-Annual-Report-1991.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId365969c363f857497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId895769c363f857509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId842569c363f857595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId165569c363f857608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId858169c363f857685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId616169c363f857701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId629569c363f85773f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId256769c363f85777d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId940669c363f8577d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/files/master-species-lists/m/msl/9601/download" TargetMode="External"/><Relationship Id="rId292169c363f857817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId230769c363f857904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId465969c363f857bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JQ407085" TargetMode="External"/><Relationship Id="rId419869c363f857cf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId177069c363f857e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43686" TargetMode="External"/><Relationship Id="rId289269c363f857e72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=187" TargetMode="External"/><Relationship Id="rId625669c363f857f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId812069c363f858087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId863169c363f8553f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId863169c363f8553f3.jpg"/><Relationship Id="rId521669c363f85687c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId521669c363f85687c.jpg"/><Relationship Id="rId403969c363f858314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId403969c363f858314.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>