--- v0 (2025-10-30)
+++ v1 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PUNGR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPPH</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma phoenicium'</t>
   </si>
   <si>
     <t xml:space="preserve">* Çaglayan K, Gazel M, Acioglu M, Deniz Kocabag H, Sipahioglu HK (2019) Molecular identification of phytoplasmas in ornamental pomegranates in Turkey. Phytopathogenic Mollicutes 9, 3-4.
 -------  phytoplasmas in group 16SrIX .
 </t>
@@ -313,50 +313,62 @@
   <si>
     <t>Erthesina fullo</t>
   </si>
   <si>
     <t>* Mi Q, Zhang J, Gould E, Chen J, Sun Z, Zhang F (2020) Biology, ecology, and management of Erthesina fullo (Hemiptera: Pentatomidae): A review. Insects 11, 346. https://doi.org/10.3390/insects11060346</t>
   </si>
   <si>
     <t>PLTPPA</t>
   </si>
   <si>
     <t>Euplatypus parallelus</t>
   </si>
   <si>
     <t>* Jayanthi PK, Suma A, Sane A, Sreedevi K, Veena NV (2022) First Report of Euplatypus parallelus (Fabricius)(Coleoptera: Curculionidae: Platypodinae) on pomegranate (Punica granatum L.), symptoms of infestation, its attraction to ethanol-baited traps, and niche partitioning with scolytines. The Coleopterists Bulletin 76(1), 70-72.</t>
   </si>
   <si>
     <t>EURHBR</t>
   </si>
   <si>
     <t>Eurhizococcus brasiliensis</t>
   </si>
   <si>
     <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi 10.1093/database/bav118. http://scalenet.info
 ------- citing original references
 * Soria SJ, Gallotti BJ (1986) O margarodes da videira Eurhizococcus brasiliensis (Homoptera: Margarodidae): biologia, ecologia e controle no Sul do Brasil. Embrapa, Centro Nacional de Pesquisa de Uva e Vinho, Bento Gonçalves, Brazil. CNPUV Circular Técnica 13. 22 pp.</t>
+  </si>
+  <si>
+    <t>EUTEOR</t>
+  </si>
+  <si>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species
+* Zaher MA, Gomaa EA, El-Enany MA (1982) Spider mites of Egypt (Acari: Tetranychidae). International Journal of Acarology 8(2), 91-114.
+</t>
   </si>
   <si>
     <t>EUTYLA</t>
   </si>
   <si>
     <t>Eutypa lata</t>
   </si>
   <si>
     <t>* Sosnowski MR, Dinh SQ, Sandow MJ (2020) First report of Eutypa lata causing dieback and wood canker of pomegranate (Punica granatum) in Australia. Plant Disease 104(2), 568. https://doi.org/10.1094/PDIS-09-19-1912-PDN
 ------- confirmed host.</t>
   </si>
   <si>
     <t>EUZOSE</t>
   </si>
   <si>
     <t>Euzophera semifuneralis</t>
   </si>
   <si>
     <t>* Atay E, Öztürk N (2010) [Euzophera semifuneralis (Walker, 1863) (Lepidoptera, Pyralidae) detected in pomegranate orchards in Adana and Osmaniye and its type of damage]. Ziraat Fakultesi Dergisi, Mustafa Kemal Universitesi 15,(2), 51-58 (abst).</t>
   </si>
   <si>
     <t>ECDYAU</t>
   </si>
   <si>
     <t>Gymnandrosoma aurantianum</t>
@@ -950,51 +962,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D63"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="392.761" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1448,65 +1460,65 @@
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
       <c r="C34" t="s">
         <v>101</v>
       </c>
       <c r="D34" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>103</v>
       </c>
       <c r="C35" t="s">
         <v>104</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>107</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>108</v>
       </c>
       <c r="C37" t="s">
         <v>109</v>
       </c>
       <c r="D37" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>111</v>
       </c>
       <c r="C38" t="s">
         <v>112</v>
       </c>
@@ -1628,252 +1640,266 @@
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>138</v>
       </c>
       <c r="C47" t="s">
         <v>139</v>
       </c>
       <c r="D47" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>141</v>
       </c>
       <c r="C48" t="s">
         <v>142</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>143</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C50" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="D50" t="s">
         <v>147</v>
       </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>148</v>
       </c>
       <c r="C51" t="s">
         <v>149</v>
       </c>
       <c r="D51" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>151</v>
       </c>
       <c r="C52" t="s">
         <v>152</v>
       </c>
       <c r="D52" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>154</v>
       </c>
       <c r="C53" t="s">
         <v>155</v>
       </c>
-      <c r="D53"/>
+      <c r="D53" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C54" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D54" t="s">
         <v>158</v>
       </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>159</v>
       </c>
       <c r="C55" t="s">
         <v>160</v>
       </c>
       <c r="D55" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>162</v>
       </c>
       <c r="C56" t="s">
         <v>163</v>
       </c>
       <c r="D56" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>165</v>
       </c>
       <c r="C57" t="s">
         <v>166</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C58" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>169</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>170</v>
       </c>
       <c r="C59" t="s">
         <v>171</v>
       </c>
       <c r="D59" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>8</v>
+      </c>
+      <c r="B60" t="s">
         <v>173</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>174</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B61" t="s">
         <v>177</v>
       </c>
       <c r="C61" t="s">
         <v>178</v>
       </c>
       <c r="D61" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B62" t="s">
         <v>180</v>
       </c>
       <c r="C62" t="s">
         <v>181</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>182</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B63" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C63" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="D63" t="s">
         <v>184</v>
+      </c>
+      <c r="D63"/>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>176</v>
+      </c>
+      <c r="B64" t="s">
+        <v>185</v>
+      </c>
+      <c r="C64" t="s">
+        <v>186</v>
+      </c>
+      <c r="D64" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">