--- v1 (2025-11-27)
+++ v2 (2026-03-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PUNGR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPPH</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma phoenicium'</t>
   </si>
   <si>
     <t xml:space="preserve">* Çaglayan K, Gazel M, Acioglu M, Deniz Kocabag H, Sipahioglu HK (2019) Molecular identification of phytoplasmas in ornamental pomegranates in Turkey. Phytopathogenic Mollicutes 9, 3-4.
 -------  phytoplasmas in group 16SrIX .
 </t>
@@ -574,50 +574,59 @@
   </si>
   <si>
     <t>THRIHA</t>
   </si>
   <si>
     <t>Thrips hawaiiensis</t>
   </si>
   <si>
     <t>XYLSCO</t>
   </si>
   <si>
     <t>Xylosandrus compactus</t>
   </si>
   <si>
     <t>* Riba-Flinch JM, Bedós M (2023) Datos sobre la expansión de la especie exótica Xylosandrus compactus (Eichhoff, 1876) (Coleoptera: Curculionidae: Scolytinae) en las provincias de Girona y Barcelona (NE España). Revista gaditana de Entomología, XIV,  117-135.</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus</t>
   </si>
   <si>
     <t>* Khaldi M, Barech G, Bendjedou H, Aouari I (2021) First detection and infestation levels of the invasive fruit fly Zaprionus indianus Gupta, 1970 (Diptera: Drosophilidae) in pomegranate orchards from Algeria. African Entomology, 29(1), 173-179.
 ------- confirmed host.</t>
+  </si>
+  <si>
+    <t>ZAPRTU</t>
+  </si>
+  <si>
+    <t>Zaprionus tuberculatus</t>
+  </si>
+  <si>
+    <t>* Nugnes F, Carbone C, Miele F, Pica F, Pierro S, Sasso R, Bodini M, Bernardo U (2026) Contrasting invasion strategies, convergent outcomes: establishment of Zaprionus tuberculatus and Ceroplastes ceriferus in Italy. Insect 17(2), 198. https://doi.org/10.3390/insects17020198</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>DACULA</t>
   </si>
   <si>
     <t>Bactrocera latifrons</t>
   </si>
   <si>
     <t xml:space="preserve">* Allwood AL, Chinajariyawong A, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C,  Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia.  Raffles Bulletin of Zoology, Supplement, 7, 1-92.
 ------- Confirmed host in Asia.
 * McQuate GT, Liquido NJ (2016) Provisional list of suitable host plants of Bactrocera (Bactrocera) latifrons (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Bentley WJ, Carrol D, Haviland DR, Tollerup KE, Walton VM (2018) Agriculture: Pomegranate Pest Management Guidelines. Omnivorous leafroller, Platynota stultana. UC ANR Publication 3474. https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION
 * LaRue H (1980) Growing pomegranates in California. DNAR UC Publication Leaflet 2459.
 * MacKay MR (1962) Larvae of the North American Tortricinae (Lepidoptera: Tortricidae). Canadian Entomologist Supplement 28, 180 pp.</t>
@@ -962,51 +971,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D64"/>
+  <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="392.761" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1806,100 +1815,114 @@
         <v>170</v>
       </c>
       <c r="C59" t="s">
         <v>171</v>
       </c>
       <c r="D59" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>173</v>
       </c>
       <c r="C60" t="s">
         <v>174</v>
       </c>
       <c r="D60" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>8</v>
+      </c>
+      <c r="B61" t="s">
         <v>176</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>177</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B62" t="s">
         <v>180</v>
       </c>
       <c r="C62" t="s">
         <v>181</v>
       </c>
       <c r="D62" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B63" t="s">
         <v>183</v>
       </c>
       <c r="C63" t="s">
         <v>184</v>
       </c>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>185</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B64" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C64" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>187</v>
+      </c>
+      <c r="D64"/>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>179</v>
+      </c>
+      <c r="B65" t="s">
+        <v>188</v>
+      </c>
+      <c r="C65" t="s">
+        <v>189</v>
+      </c>
+      <c r="D65" t="s">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">