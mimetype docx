--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common potato rust, common rust of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId975468e7087d1b584" w:history="1">
+            <w:hyperlink r:id="rId70236905f224b8512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192368e7087d1b5f2" w:history="1">
+            <w:hyperlink r:id="rId37046905f224b857b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58487507" name="name154968e7087d1bc9a" descr="13884.jpg"/>
+                  <wp:docPr id="53994929" name="name53116905f224b8c9d" descr="13884.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13884.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId499268e7087d1bc98" cstate="print"/>
+                          <a:blip r:embed="rId27516905f224b8c9b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId805168e7087d1bdaa" w:history="1">
+            <w:hyperlink r:id="rId55046905f224b8d90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -832,63 +832,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Central and South America, where it occurs in mountain valleys, mostly between 2700-3800 m. It was erroneously reported from Bolivia, Brazil, Panama, and Paraguay. Reports from Bolivia and Brazil were based on misidentifications, while records from Panama and Paraguay were based on erroneous citations, which were later invalidated (Otálora &amp; Berndt, 2020; CABI 2021). It has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70923618" name="name889368e7087d1ce55" descr="PUCCPT_distribution_map.jpg"/>
+            <wp:docPr id="40152071" name="name11536905f224b9b89" descr="PUCCPT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCPT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId698168e7087d1ce52" cstate="print"/>
+                    <a:blip r:embed="rId89056905f224b9b87" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1689,51 +1689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 800-801.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId650568e7087d1d767" w:history="1">
+      <w:hyperlink r:id="rId33606905f224ba28c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/45847</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021)].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1837,101 +1837,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5036, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139368e7087d1d866" w:history="1">
+      <w:hyperlink r:id="rId46476905f224ba392" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424968e7087d1d8ba" w:history="1">
+      <w:hyperlink r:id="rId84396905f224ba3f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2013,51 +2013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 286. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2021) National Center for Biotechnology Information, Maryland, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521568e7087d1d98b" w:history="1">
+      <w:hyperlink r:id="rId33826905f224ba4d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/218683768</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2337,51 +2337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131168e7087d1db9c" w:history="1">
+      <w:hyperlink r:id="rId43426905f224ba728" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2572,90 +2572,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 517-519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775168e7087d1dd2b" w:history="1">
+      <w:hyperlink r:id="rId22256905f224ba8d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00408.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50891759" name="name495068e7087d1dd94" descr="eu_funding_250.png"/>
+            <wp:docPr id="6949199" name="name32256905f224ba942" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId560268e7087d1dd93" cstate="print"/>
+                    <a:blip r:embed="rId49556905f224ba941" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2753,137 +2753,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76710877">
+  <w:abstractNum w:abstractNumId="19125324">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13745814">
+    <w:lvl w:ilvl="0" w:tplc="33647467">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13745814" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33647467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13745814" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33647467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13745814" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33647467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13745814" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33647467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13745814" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33647467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13745814" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33647467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13745814" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33647467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13745814" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33647467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76710876">
+  <w:abstractNum w:abstractNumId="19125323">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63608912">
+    <w:lvl w:ilvl="0" w:tplc="32818813">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3635,55 +3635,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76710876">
-    <w:abstractNumId w:val="76710876"/>
+  <w:num w:numId="19125323">
+    <w:abstractNumId w:val="19125323"/>
   </w:num>
-  <w:num w:numId="76710877">
-    <w:abstractNumId w:val="76710877"/>
+  <w:num w:numId="19125324">
+    <w:abstractNumId w:val="19125324"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15233,51 +15233,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758632894" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId637021645" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId975468e7087d1b584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId192368e7087d1b5f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId805168e7087d1bdaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId650568e7087d1d767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId139368e7087d1d866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId424968e7087d1d8ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId521568e7087d1d98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId131168e7087d1db9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId775168e7087d1dd2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId499268e7087d1bc98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId499268e7087d1bc98.jpg"/><Relationship Id="rId698168e7087d1ce52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId698168e7087d1ce52.jpg"/><Relationship Id="rId560268e7087d1dd93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId560268e7087d1dd93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId929221046" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId911609016" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId70236905f224b8512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId37046905f224b857b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId55046905f224b8d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId33606905f224ba28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId46476905f224ba392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId84396905f224ba3f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId33826905f224ba4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId43426905f224ba728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22256905f224ba8d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId27516905f224b8c9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27516905f224b8c9b.jpg"/><Relationship Id="rId89056905f224b9b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89056905f224b9b87.jpg"/><Relationship Id="rId49556905f224ba941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49556905f224ba941.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>