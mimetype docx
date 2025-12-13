--- v1 (2025-11-01)
+++ v2 (2025-12-13)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common potato rust, common rust of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70236905f224b8512" w:history="1">
+            <w:hyperlink r:id="rId6123693d3311b721f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37046905f224b857b" w:history="1">
+            <w:hyperlink r:id="rId1958693d3311b728a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53994929" name="name53116905f224b8c9d" descr="13884.jpg"/>
+                  <wp:docPr id="81073210" name="name5597693d3311b84e2" descr="13884.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13884.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId27516905f224b8c9b" cstate="print"/>
+                          <a:blip r:embed="rId9450693d3311b84e0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId55046905f224b8d90" w:history="1">
+            <w:hyperlink r:id="rId4557693d3311b8614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -832,63 +832,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Central and South America, where it occurs in mountain valleys, mostly between 2700-3800 m. It was erroneously reported from Bolivia, Brazil, Panama, and Paraguay. Reports from Bolivia and Brazil were based on misidentifications, while records from Panama and Paraguay were based on erroneous citations, which were later invalidated (Otálora &amp; Berndt, 2020; CABI 2021). It has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40152071" name="name11536905f224b9b89" descr="PUCCPT_distribution_map.jpg"/>
+            <wp:docPr id="67638034" name="name2594693d3311b9547" descr="PUCCPT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCPT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89056905f224b9b87" cstate="print"/>
+                    <a:blip r:embed="rId8871693d3311b9545" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1689,51 +1689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 800-801.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33606905f224ba28c" w:history="1">
+      <w:hyperlink r:id="rId3837693d3311b9c88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/45847</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021)].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1837,101 +1837,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5036, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46476905f224ba392" w:history="1">
+      <w:hyperlink r:id="rId7197693d3311b9d7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84396905f224ba3f1" w:history="1">
+      <w:hyperlink r:id="rId1463693d3311b9dcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2013,51 +2013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 286. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2021) National Center for Biotechnology Information, Maryland, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33826905f224ba4d6" w:history="1">
+      <w:hyperlink r:id="rId6305693d3311b9eae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/218683768</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2337,51 +2337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43426905f224ba728" w:history="1">
+      <w:hyperlink r:id="rId4099693d3311ba0be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2572,90 +2572,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 517-519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22256905f224ba8d0" w:history="1">
+      <w:hyperlink r:id="rId4044693d3311ba3a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00408.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6949199" name="name32256905f224ba942" descr="eu_funding_250.png"/>
+            <wp:docPr id="78170562" name="name9134693d3311ba403" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49556905f224ba941" cstate="print"/>
+                    <a:blip r:embed="rId5470693d3311ba402" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2753,137 +2753,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19125324">
+  <w:abstractNum w:abstractNumId="15767317">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33647467">
+    <w:lvl w:ilvl="0" w:tplc="42289691">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33647467" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42289691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33647467" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42289691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33647467" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42289691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33647467" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42289691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33647467" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42289691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33647467" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42289691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33647467" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42289691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33647467" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42289691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19125323">
+  <w:abstractNum w:abstractNumId="15767316">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32818813">
+    <w:lvl w:ilvl="0" w:tplc="46441566">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3635,55 +3635,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19125323">
-    <w:abstractNumId w:val="19125323"/>
+  <w:num w:numId="15767316">
+    <w:abstractNumId w:val="15767316"/>
   </w:num>
-  <w:num w:numId="19125324">
-    <w:abstractNumId w:val="19125324"/>
+  <w:num w:numId="15767317">
+    <w:abstractNumId w:val="15767317"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15233,51 +15233,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId929221046" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId911609016" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId70236905f224b8512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId37046905f224b857b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId55046905f224b8d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId33606905f224ba28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId46476905f224ba392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId84396905f224ba3f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId33826905f224ba4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId43426905f224ba728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22256905f224ba8d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId27516905f224b8c9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27516905f224b8c9b.jpg"/><Relationship Id="rId89056905f224b9b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89056905f224b9b87.jpg"/><Relationship Id="rId49556905f224ba941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49556905f224ba941.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId445814608" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439026284" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6123693d3311b721f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId1958693d3311b728a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId4557693d3311b8614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId3837693d3311b9c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId7197693d3311b9d7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId1463693d3311b9dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId6305693d3311b9eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId4099693d3311ba0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4044693d3311ba3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId9450693d3311b84e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9450693d3311b84e0.jpg"/><Relationship Id="rId8871693d3311b9545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8871693d3311b9545.jpg"/><Relationship Id="rId5470693d3311ba402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5470693d3311ba402.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>