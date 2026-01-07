--- v2 (2025-12-13)
+++ v3 (2026-01-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common potato rust, common rust of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6123693d3311b721f" w:history="1">
+            <w:hyperlink r:id="rId5247695e8047b2eea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1958693d3311b728a" w:history="1">
+            <w:hyperlink r:id="rId4900695e8047b2f55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81073210" name="name5597693d3311b84e2" descr="13884.jpg"/>
+                  <wp:docPr id="31839671" name="name6641695e8047b306f" descr="13884.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13884.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9450693d3311b84e0" cstate="print"/>
+                          <a:blip r:embed="rId1526695e8047b306e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4557693d3311b8614" w:history="1">
+            <w:hyperlink r:id="rId2380695e8047b31a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -832,63 +832,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Central and South America, where it occurs in mountain valleys, mostly between 2700-3800 m. It was erroneously reported from Bolivia, Brazil, Panama, and Paraguay. Reports from Bolivia and Brazil were based on misidentifications, while records from Panama and Paraguay were based on erroneous citations, which were later invalidated (Otálora &amp; Berndt, 2020; CABI 2021). It has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67638034" name="name2594693d3311b9547" descr="PUCCPT_distribution_map.jpg"/>
+            <wp:docPr id="75874020" name="name4750695e8047b3684" descr="PUCCPT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCPT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8871693d3311b9545" cstate="print"/>
+                    <a:blip r:embed="rId2684695e8047b3683" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1689,51 +1689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 800-801.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3837693d3311b9c88" w:history="1">
+      <w:hyperlink r:id="rId4952695e8047b3e6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/45847</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021)].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1837,101 +1837,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5036, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7197693d3311b9d7d" w:history="1">
+      <w:hyperlink r:id="rId8848695e8047b3f80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1463693d3311b9dcf" w:history="1">
+      <w:hyperlink r:id="rId1802695e8047b3fd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2013,51 +2013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 286. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2021) National Center for Biotechnology Information, Maryland, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6305693d3311b9eae" w:history="1">
+      <w:hyperlink r:id="rId8563695e8047b40b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/218683768</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2315,73 +2315,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4099693d3311ba0be" w:history="1">
+      <w:hyperlink r:id="rId3755695e8047b435f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2572,90 +2572,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 517-519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4044693d3311ba3a2" w:history="1">
+      <w:hyperlink r:id="rId4659695e8047b4513" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00408.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78170562" name="name9134693d3311ba403" descr="eu_funding_250.png"/>
+            <wp:docPr id="17541502" name="name6684695e8047b4578" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5470693d3311ba402" cstate="print"/>
+                    <a:blip r:embed="rId4756695e8047b4577" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2753,137 +2753,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15767317">
+  <w:abstractNum w:abstractNumId="89083991">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42289691">
+    <w:lvl w:ilvl="0" w:tplc="31921459">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42289691" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31921459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42289691" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31921459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42289691" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31921459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42289691" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31921459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42289691" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31921459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42289691" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31921459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42289691" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31921459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42289691" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31921459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15767316">
+  <w:abstractNum w:abstractNumId="89083990">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46441566">
+    <w:lvl w:ilvl="0" w:tplc="86339375">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3635,55 +3635,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15767316">
-    <w:abstractNumId w:val="15767316"/>
+  <w:num w:numId="89083990">
+    <w:abstractNumId w:val="89083990"/>
   </w:num>
-  <w:num w:numId="15767317">
-    <w:abstractNumId w:val="15767317"/>
+  <w:num w:numId="89083991">
+    <w:abstractNumId w:val="89083991"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15233,51 +15233,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId445814608" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439026284" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6123693d3311b721f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId1958693d3311b728a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId4557693d3311b8614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId3837693d3311b9c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId7197693d3311b9d7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId1463693d3311b9dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId6305693d3311b9eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId4099693d3311ba0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4044693d3311ba3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId9450693d3311b84e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9450693d3311b84e0.jpg"/><Relationship Id="rId8871693d3311b9545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8871693d3311b9545.jpg"/><Relationship Id="rId5470693d3311ba402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5470693d3311ba402.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635851150" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId502145871" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5247695e8047b2eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId4900695e8047b2f55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId2380695e8047b31a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId4952695e8047b3e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId8848695e8047b3f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId1802695e8047b3fd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId8563695e8047b40b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId3755695e8047b435f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4659695e8047b4513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId1526695e8047b306e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1526695e8047b306e.jpg"/><Relationship Id="rId2684695e8047b3683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2684695e8047b3683.jpg"/><Relationship Id="rId4756695e8047b4577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4756695e8047b4577.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>