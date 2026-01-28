--- v3 (2026-01-07)
+++ v4 (2026-01-28)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common potato rust, common rust of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5247695e8047b2eea" w:history="1">
+            <w:hyperlink r:id="rId43746979563c96ce7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4900695e8047b2f55" w:history="1">
+            <w:hyperlink r:id="rId27096979563c96d51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31839671" name="name6641695e8047b306f" descr="13884.jpg"/>
+                  <wp:docPr id="66318005" name="name94006979563c96e4c" descr="13884.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13884.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1526695e8047b306e" cstate="print"/>
+                          <a:blip r:embed="rId57616979563c96e4b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2380695e8047b31a3" w:history="1">
+            <w:hyperlink r:id="rId28536979563c96f74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -832,63 +832,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Central and South America, where it occurs in mountain valleys, mostly between 2700-3800 m. It was erroneously reported from Bolivia, Brazil, Panama, and Paraguay. Reports from Bolivia and Brazil were based on misidentifications, while records from Panama and Paraguay were based on erroneous citations, which were later invalidated (Otálora &amp; Berndt, 2020; CABI 2021). It has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75874020" name="name4750695e8047b3684" descr="PUCCPT_distribution_map.jpg"/>
+            <wp:docPr id="36195802" name="name14776979563c97f44" descr="PUCCPT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCPT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2684695e8047b3683" cstate="print"/>
+                    <a:blip r:embed="rId68226979563c97f41" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1689,51 +1689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 800-801.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4952695e8047b3e6a" w:history="1">
+      <w:hyperlink r:id="rId96046979563c98678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/45847</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021)].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1837,101 +1837,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5036, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8848695e8047b3f80" w:history="1">
+      <w:hyperlink r:id="rId61986979563c9876e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1802695e8047b3fd6" w:history="1">
+      <w:hyperlink r:id="rId36836979563c987c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2013,51 +2013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 286. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2021) National Center for Biotechnology Information, Maryland, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8563695e8047b40b1" w:history="1">
+      <w:hyperlink r:id="rId61846979563c9888f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/218683768</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2337,51 +2337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3755695e8047b435f" w:history="1">
+      <w:hyperlink r:id="rId43836979563c98aab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2572,90 +2572,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 517-519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4659695e8047b4513" w:history="1">
+      <w:hyperlink r:id="rId27346979563c98c3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00408.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17541502" name="name6684695e8047b4578" descr="eu_funding_250.png"/>
+            <wp:docPr id="56877784" name="name95496979563c98c99" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4756695e8047b4577" cstate="print"/>
+                    <a:blip r:embed="rId17496979563c98c98" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2753,137 +2753,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89083991">
+  <w:abstractNum w:abstractNumId="18904748">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31921459">
+    <w:lvl w:ilvl="0" w:tplc="80122016">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31921459" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80122016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31921459" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80122016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31921459" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80122016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31921459" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80122016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31921459" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80122016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31921459" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80122016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31921459" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80122016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31921459" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80122016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89083990">
+  <w:abstractNum w:abstractNumId="18904747">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86339375">
+    <w:lvl w:ilvl="0" w:tplc="35413430">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3635,55 +3635,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89083990">
-    <w:abstractNumId w:val="89083990"/>
+  <w:num w:numId="18904747">
+    <w:abstractNumId w:val="18904747"/>
   </w:num>
-  <w:num w:numId="89083991">
-    <w:abstractNumId w:val="89083991"/>
+  <w:num w:numId="18904748">
+    <w:abstractNumId w:val="18904748"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15233,51 +15233,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635851150" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId502145871" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5247695e8047b2eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId4900695e8047b2f55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId2380695e8047b31a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId4952695e8047b3e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId8848695e8047b3f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId1802695e8047b3fd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId8563695e8047b40b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId3755695e8047b435f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4659695e8047b4513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId1526695e8047b306e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1526695e8047b306e.jpg"/><Relationship Id="rId2684695e8047b3683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2684695e8047b3683.jpg"/><Relationship Id="rId4756695e8047b4577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4756695e8047b4577.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId491043014" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId612372191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43746979563c96ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId27096979563c96d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId28536979563c96f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId96046979563c98678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId61986979563c9876e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId36836979563c987c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId61846979563c9888f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId43836979563c98aab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId27346979563c98c3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId57616979563c96e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57616979563c96e4b.jpg"/><Relationship Id="rId68226979563c97f41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68226979563c97f41.jpg"/><Relationship Id="rId17496979563c98c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17496979563c98c98.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>