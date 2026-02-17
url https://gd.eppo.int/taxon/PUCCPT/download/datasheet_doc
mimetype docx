--- v4 (2026-01-28)
+++ v5 (2026-02-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common potato rust, common rust of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43746979563c96ce7" w:history="1">
+            <w:hyperlink r:id="rId1496699430f7b10d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27096979563c96d51" w:history="1">
+            <w:hyperlink r:id="rId7207699430f7b113e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66318005" name="name94006979563c96e4c" descr="13884.jpg"/>
+                  <wp:docPr id="41222376" name="name8677699430f7b11f1" descr="13884.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13884.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57616979563c96e4b" cstate="print"/>
+                          <a:blip r:embed="rId2272699430f7b11f0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28536979563c96f74" w:history="1">
+            <w:hyperlink r:id="rId1119699430f7b1310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -832,63 +832,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Central and South America, where it occurs in mountain valleys, mostly between 2700-3800 m. It was erroneously reported from Bolivia, Brazil, Panama, and Paraguay. Reports from Bolivia and Brazil were based on misidentifications, while records from Panama and Paraguay were based on erroneous citations, which were later invalidated (Otálora &amp; Berndt, 2020; CABI 2021). It has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36195802" name="name14776979563c97f44" descr="PUCCPT_distribution_map.jpg"/>
+            <wp:docPr id="96755658" name="name4850699430f7b2164" descr="PUCCPT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCPT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68226979563c97f41" cstate="print"/>
+                    <a:blip r:embed="rId4336699430f7b2161" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1689,51 +1689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 800-801.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96046979563c98678" w:history="1">
+      <w:hyperlink r:id="rId1965699430f7b2869" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/45847</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021)].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1837,101 +1837,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5036, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61986979563c9876e" w:history="1">
+      <w:hyperlink r:id="rId6447699430f7b295b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36836979563c987c0" w:history="1">
+      <w:hyperlink r:id="rId4263699430f7b29bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2013,51 +2013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 286. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2021) National Center for Biotechnology Information, Maryland, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61846979563c9888f" w:history="1">
+      <w:hyperlink r:id="rId7641699430f7b2a8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/218683768</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2337,51 +2337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43836979563c98aab" w:history="1">
+      <w:hyperlink r:id="rId3415699430f7b2cb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2572,90 +2572,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 517-519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27346979563c98c3a" w:history="1">
+      <w:hyperlink r:id="rId8828699430f7b2e54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00408.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56877784" name="name95496979563c98c99" descr="eu_funding_250.png"/>
+            <wp:docPr id="27758267" name="name9846699430f7b2eb5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17496979563c98c98" cstate="print"/>
+                    <a:blip r:embed="rId9467699430f7b2eb4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2753,137 +2753,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18904748">
+  <w:abstractNum w:abstractNumId="25474923">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80122016">
+    <w:lvl w:ilvl="0" w:tplc="44406529">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80122016" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44406529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80122016" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44406529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80122016" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44406529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80122016" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44406529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80122016" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44406529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80122016" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44406529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80122016" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44406529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80122016" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44406529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18904747">
+  <w:abstractNum w:abstractNumId="25474922">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35413430">
+    <w:lvl w:ilvl="0" w:tplc="27889105">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3635,55 +3635,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18904747">
-    <w:abstractNumId w:val="18904747"/>
+  <w:num w:numId="25474922">
+    <w:abstractNumId w:val="25474922"/>
   </w:num>
-  <w:num w:numId="18904748">
-    <w:abstractNumId w:val="18904748"/>
+  <w:num w:numId="25474923">
+    <w:abstractNumId w:val="25474923"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15233,51 +15233,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId491043014" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId612372191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43746979563c96ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId27096979563c96d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId28536979563c96f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId96046979563c98678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId61986979563c9876e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId36836979563c987c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId61846979563c9888f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId43836979563c98aab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId27346979563c98c3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId57616979563c96e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57616979563c96e4b.jpg"/><Relationship Id="rId68226979563c97f41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68226979563c97f41.jpg"/><Relationship Id="rId17496979563c98c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17496979563c98c98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId175848141" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId478462064" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1496699430f7b10d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId7207699430f7b113e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId1119699430f7b1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId1965699430f7b2869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId6447699430f7b295b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId4263699430f7b29bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId7641699430f7b2a8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId3415699430f7b2cb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8828699430f7b2e54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId2272699430f7b11f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2272699430f7b11f0.jpg"/><Relationship Id="rId4336699430f7b2161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4336699430f7b2161.jpg"/><Relationship Id="rId9467699430f7b2eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9467699430f7b2eb4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>