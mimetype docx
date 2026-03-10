--- v5 (2026-02-17)
+++ v6 (2026-03-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common potato rust, common rust of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1496699430f7b10d1" w:history="1">
+            <w:hyperlink r:id="rId485769af725d6b1bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7207699430f7b113e" w:history="1">
+            <w:hyperlink r:id="rId811569af725d6b246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41222376" name="name8677699430f7b11f1" descr="13884.jpg"/>
+                  <wp:docPr id="31742691" name="name994169af725d6b727" descr="13884.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13884.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2272699430f7b11f0" cstate="print"/>
+                          <a:blip r:embed="rId227669af725d6b725" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1119699430f7b1310" w:history="1">
+            <w:hyperlink r:id="rId801369af725d6b818" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -832,63 +832,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Central and South America, where it occurs in mountain valleys, mostly between 2700-3800 m. It was erroneously reported from Bolivia, Brazil, Panama, and Paraguay. Reports from Bolivia and Brazil were based on misidentifications, while records from Panama and Paraguay were based on erroneous citations, which were later invalidated (Otálora &amp; Berndt, 2020; CABI 2021). It has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96755658" name="name4850699430f7b2164" descr="PUCCPT_distribution_map.jpg"/>
+            <wp:docPr id="82456250" name="name764869af725d6c721" descr="PUCCPT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCPT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4336699430f7b2161" cstate="print"/>
+                    <a:blip r:embed="rId664869af725d6c71e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1689,51 +1689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 800-801.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1965699430f7b2869" w:history="1">
+      <w:hyperlink r:id="rId240869af725d6ce31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/45847</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021)].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1837,101 +1837,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5036, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6447699430f7b295b" w:history="1">
+      <w:hyperlink r:id="rId970669af725d6cf47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4263699430f7b29bd" w:history="1">
+      <w:hyperlink r:id="rId549969af725d6cf9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2013,51 +2013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 286. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2021) National Center for Biotechnology Information, Maryland, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7641699430f7b2a8e" w:history="1">
+      <w:hyperlink r:id="rId200869af725d6d068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/218683768</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2337,51 +2337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3415699430f7b2cb6" w:history="1">
+      <w:hyperlink r:id="rId180669af725d6d271" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2572,90 +2572,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 517-519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8828699430f7b2e54" w:history="1">
+      <w:hyperlink r:id="rId302669af725d6d423" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00408.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27758267" name="name9846699430f7b2eb5" descr="eu_funding_250.png"/>
+            <wp:docPr id="47438005" name="name370669af725d6d787" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9467699430f7b2eb4" cstate="print"/>
+                    <a:blip r:embed="rId970269af725d6d786" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2753,137 +2753,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25474923">
+  <w:abstractNum w:abstractNumId="11378650">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44406529">
+    <w:lvl w:ilvl="0" w:tplc="41325760">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44406529" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41325760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44406529" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41325760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44406529" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41325760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44406529" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41325760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44406529" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41325760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44406529" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41325760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44406529" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41325760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44406529" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41325760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25474922">
+  <w:abstractNum w:abstractNumId="11378649">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27889105">
+    <w:lvl w:ilvl="0" w:tplc="73092385">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3635,55 +3635,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25474922">
-    <w:abstractNumId w:val="25474922"/>
+  <w:num w:numId="11378649">
+    <w:abstractNumId w:val="11378649"/>
   </w:num>
-  <w:num w:numId="25474923">
-    <w:abstractNumId w:val="25474923"/>
+  <w:num w:numId="11378650">
+    <w:abstractNumId w:val="11378650"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15233,51 +15233,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId175848141" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId478462064" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1496699430f7b10d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId7207699430f7b113e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId1119699430f7b1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId1965699430f7b2869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId6447699430f7b295b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId4263699430f7b29bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId7641699430f7b2a8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId3415699430f7b2cb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8828699430f7b2e54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId2272699430f7b11f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2272699430f7b11f0.jpg"/><Relationship Id="rId4336699430f7b2161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4336699430f7b2161.jpg"/><Relationship Id="rId9467699430f7b2eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9467699430f7b2eb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId901351003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691021739" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId485769af725d6b1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId811569af725d6b246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId801369af725d6b818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId240869af725d6ce31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId970669af725d6cf47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId549969af725d6cf9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId200869af725d6d068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId180669af725d6d271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId302669af725d6d423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId227669af725d6b725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId227669af725d6b725.jpg"/><Relationship Id="rId664869af725d6c71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664869af725d6c71e.jpg"/><Relationship Id="rId970269af725d6d786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970269af725d6d786.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>