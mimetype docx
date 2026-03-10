--- v6 (2026-03-10)
+++ v7 (2026-03-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common potato rust, common rust of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485769af725d6b1bd" w:history="1">
+            <w:hyperlink r:id="rId170869af800cdbed5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId811569af725d6b246" w:history="1">
+            <w:hyperlink r:id="rId803569af800cdbf54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31742691" name="name994169af725d6b727" descr="13884.jpg"/>
+                  <wp:docPr id="17746972" name="name323569af800cdc70a" descr="13884.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13884.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId227669af725d6b725" cstate="print"/>
+                          <a:blip r:embed="rId865869af800cdc707" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId801369af725d6b818" w:history="1">
+            <w:hyperlink r:id="rId959269af800cdc82c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -832,63 +832,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Central and South America, where it occurs in mountain valleys, mostly between 2700-3800 m. It was erroneously reported from Bolivia, Brazil, Panama, and Paraguay. Reports from Bolivia and Brazil were based on misidentifications, while records from Panama and Paraguay were based on erroneous citations, which were later invalidated (Otálora &amp; Berndt, 2020; CABI 2021). It has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82456250" name="name764869af725d6c721" descr="PUCCPT_distribution_map.jpg"/>
+            <wp:docPr id="53054928" name="name947769af800cdd4cb" descr="PUCCPT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCPT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId664869af725d6c71e" cstate="print"/>
+                    <a:blip r:embed="rId718669af800cdd4c8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1689,51 +1689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 800-801.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240869af725d6ce31" w:history="1">
+      <w:hyperlink r:id="rId648369af800cddc35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/45847</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021)].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1837,101 +1837,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5036, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970669af725d6cf47" w:history="1">
+      <w:hyperlink r:id="rId570069af800cddd29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549969af725d6cf9a" w:history="1">
+      <w:hyperlink r:id="rId570269af800cddd7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2013,51 +2013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 286. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2021) National Center for Biotechnology Information, Maryland, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200869af725d6d068" w:history="1">
+      <w:hyperlink r:id="rId233569af800cdde57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/218683768</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2337,51 +2337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180669af725d6d271" w:history="1">
+      <w:hyperlink r:id="rId984769af800cde061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2572,90 +2572,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 517-519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302669af725d6d423" w:history="1">
+      <w:hyperlink r:id="rId335569af800cde1ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00408.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47438005" name="name370669af725d6d787" descr="eu_funding_250.png"/>
+            <wp:docPr id="33702109" name="name518369af800cde28a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId970269af725d6d786" cstate="print"/>
+                    <a:blip r:embed="rId261869af800cde289" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2753,137 +2753,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11378650">
+  <w:abstractNum w:abstractNumId="84770045">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41325760">
+    <w:lvl w:ilvl="0" w:tplc="81642232">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41325760" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81642232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41325760" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81642232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41325760" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81642232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41325760" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81642232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41325760" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81642232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41325760" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81642232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41325760" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81642232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41325760" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81642232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11378649">
+  <w:abstractNum w:abstractNumId="84770044">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73092385">
+    <w:lvl w:ilvl="0" w:tplc="74337552">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3635,55 +3635,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11378649">
-    <w:abstractNumId w:val="11378649"/>
+  <w:num w:numId="84770044">
+    <w:abstractNumId w:val="84770044"/>
   </w:num>
-  <w:num w:numId="11378650">
-    <w:abstractNumId w:val="11378650"/>
+  <w:num w:numId="84770045">
+    <w:abstractNumId w:val="84770045"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15233,51 +15233,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId901351003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691021739" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId485769af725d6b1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId811569af725d6b246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId801369af725d6b818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId240869af725d6ce31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId970669af725d6cf47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId549969af725d6cf9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId200869af725d6d068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId180669af725d6d271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId302669af725d6d423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId227669af725d6b725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId227669af725d6b725.jpg"/><Relationship Id="rId664869af725d6c71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664869af725d6c71e.jpg"/><Relationship Id="rId970269af725d6d786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970269af725d6d786.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId740534591" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId830290496" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId170869af800cdbed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId803569af800cdbf54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId959269af800cdc82c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId648369af800cddc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId570069af800cddd29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId570269af800cddd7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId233569af800cdde57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId984769af800cde061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId335569af800cde1ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId865869af800cdc707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865869af800cdc707.jpg"/><Relationship Id="rId718669af800cdd4c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718669af800cdd4c8.jpg"/><Relationship Id="rId261869af800cde289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId261869af800cde289.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>