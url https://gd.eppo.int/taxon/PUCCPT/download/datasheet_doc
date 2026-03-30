--- v7 (2026-03-10)
+++ v8 (2026-03-30)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common potato rust, common rust of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170869af800cdbed5" w:history="1">
+            <w:hyperlink r:id="rId290569ca15356f433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId803569af800cdbf54" w:history="1">
+            <w:hyperlink r:id="rId728469ca15356f49c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17746972" name="name323569af800cdc70a" descr="13884.jpg"/>
+                  <wp:docPr id="59661631" name="name694369ca15356fb16" descr="13884.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13884.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId865869af800cdc707" cstate="print"/>
+                          <a:blip r:embed="rId259369ca15356fb14" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId959269af800cdc82c" w:history="1">
+            <w:hyperlink r:id="rId585069ca15356fc27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -832,63 +832,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Central and South America, where it occurs in mountain valleys, mostly between 2700-3800 m. It was erroneously reported from Bolivia, Brazil, Panama, and Paraguay. Reports from Bolivia and Brazil were based on misidentifications, while records from Panama and Paraguay were based on erroneous citations, which were later invalidated (Otálora &amp; Berndt, 2020; CABI 2021). It has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53054928" name="name947769af800cdd4cb" descr="PUCCPT_distribution_map.jpg"/>
+            <wp:docPr id="21529026" name="name684669ca153570abd" descr="PUCCPT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCPT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId718669af800cdd4c8" cstate="print"/>
+                    <a:blip r:embed="rId940369ca153570aba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1689,51 +1689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 800-801.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648369af800cddc35" w:history="1">
+      <w:hyperlink r:id="rId959769ca153571238" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/45847</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021)].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1837,101 +1837,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5036, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570069af800cddd29" w:history="1">
+      <w:hyperlink r:id="rId442869ca153571331" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570269af800cddd7a" w:history="1">
+      <w:hyperlink r:id="rId801069ca153571384" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2013,51 +2013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 286. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2021) National Center for Biotechnology Information, Maryland, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233569af800cdde57" w:history="1">
+      <w:hyperlink r:id="rId884069ca15357146f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/218683768</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2337,51 +2337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia pittieriana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984769af800cde061" w:history="1">
+      <w:hyperlink r:id="rId601669ca153571687" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2572,90 +2572,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 517-519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335569af800cde1ef" w:history="1">
+      <w:hyperlink r:id="rId514069ca153571817" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00408.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33702109" name="name518369af800cde28a" descr="eu_funding_250.png"/>
+            <wp:docPr id="84506256" name="name699369ca1535718a0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId261869af800cde289" cstate="print"/>
+                    <a:blip r:embed="rId954969ca15357189f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2753,137 +2753,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84770045">
+  <w:abstractNum w:abstractNumId="17963335">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81642232">
+    <w:lvl w:ilvl="0" w:tplc="62022114">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81642232" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62022114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81642232" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62022114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81642232" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62022114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81642232" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62022114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81642232" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62022114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81642232" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62022114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81642232" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62022114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81642232" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62022114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84770044">
+  <w:abstractNum w:abstractNumId="17963334">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74337552">
+    <w:lvl w:ilvl="0" w:tplc="38606382">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3635,55 +3635,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84770044">
-    <w:abstractNumId w:val="84770044"/>
+  <w:num w:numId="17963334">
+    <w:abstractNumId w:val="17963334"/>
   </w:num>
-  <w:num w:numId="84770045">
-    <w:abstractNumId w:val="84770045"/>
+  <w:num w:numId="17963335">
+    <w:abstractNumId w:val="17963335"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15233,51 +15233,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId740534591" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId830290496" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId170869af800cdbed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId803569af800cdbf54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId959269af800cdc82c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId648369af800cddc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId570069af800cddd29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId570269af800cddd7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId233569af800cdde57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId984769af800cde061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId335569af800cde1ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId865869af800cdc707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865869af800cdc707.jpg"/><Relationship Id="rId718669af800cdd4c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718669af800cdd4c8.jpg"/><Relationship Id="rId261869af800cde289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId261869af800cde289.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId246156445" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId848612183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId290569ca15356f433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/" TargetMode="External"/><Relationship Id="rId728469ca15356f49c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/categorization" TargetMode="External"/><Relationship Id="rId585069ca15356fc27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCPT/photos" TargetMode="External"/><Relationship Id="rId959769ca153571238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/45847" TargetMode="External"/><Relationship Id="rId442869ca153571331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5036" TargetMode="External"/><Relationship Id="rId801069ca153571384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/taxon/PUCCPT/specimens" TargetMode="External"/><Relationship Id="rId884069ca15357146f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/218683768" TargetMode="External"/><Relationship Id="rId601669ca153571687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId514069ca153571817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00408.x" TargetMode="External"/><Relationship Id="rId259369ca15356fb14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259369ca15356fb14.jpg"/><Relationship Id="rId940369ca153570aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId940369ca153570aba.jpg"/><Relationship Id="rId954969ca15357189f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954969ca15357189f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>