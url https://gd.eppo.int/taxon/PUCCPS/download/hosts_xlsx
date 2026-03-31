--- v0 (2025-10-08)
+++ v1 (2026-03-31)
@@ -12,1046 +12,2633 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PUCCPS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1154">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
-    <t>Wild/Weed</t>
-[...11 lines deleted...]
-  <si>
     <t>Host</t>
   </si>
   <si>
+    <t>VGGBR</t>
+  </si>
+  <si>
+    <t>Aggreflorum brachyandrum</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Leptospermum brachyandrum</t>
+  </si>
+  <si>
+    <t>VGGEL</t>
+  </si>
+  <si>
+    <t>Aggreflorum ellipticum</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Leptospermum whitei</t>
+  </si>
+  <si>
     <t>LEKMA</t>
   </si>
   <si>
     <t>Aggreflorum longifolium</t>
   </si>
   <si>
-    <t>* Westaway JO (2016) The pathogen myrtle rust (Puccinia psidii) in the Northern Territory: First detection, new host and potential impacts. Northern Territory Naturalist 27, 13-28.</t>
+    <t>* Westaway JO (2016) The pathogen myrtle rust (Puccinia psidii) in the Northern Territory: First detection, new host and potential impacts. Northern Territory Naturalist 27, 13-28.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html. 
+-------- as Leptospermum madidum</t>
+  </si>
+  <si>
+    <t>VGGLS</t>
+  </si>
+  <si>
+    <t>Aggreflorum longifolium subsp. sativum</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as Leptospermum madidum</t>
+  </si>
+  <si>
+    <t>VGGLU</t>
+  </si>
+  <si>
+    <t>Aggreflorum luehmannii</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html. 
+------- as Leptospermum luehmannii</t>
   </si>
   <si>
     <t>AFGFL</t>
   </si>
   <si>
     <t>Agonis flexuosa</t>
   </si>
   <si>
     <t>* Carnegie AJ, Lidbetter JR (2012) Rapidly expanding host range for Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13–29.
 * Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
-------- Confirmed host.</t>
+------- Confirmed host.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>LLRTE</t>
+  </si>
+  <si>
+    <t>Allosyncarpia ternata</t>
+  </si>
+  <si>
+    <t>* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434</t>
+  </si>
+  <si>
+    <t>AQZCO</t>
+  </si>
+  <si>
+    <t>Angophora costata</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434  
+* Tommerup IC, Alfenas AC, Old KM (2003) Guava rust in Brazil - A threat to Eucalyptus and other Myrtaceae. New Zealand Journal of Forestry Science 33 (3), 420-428</t>
   </si>
   <si>
     <t>AQZFL</t>
   </si>
   <si>
     <t>Angophora floribunda</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
   </si>
   <si>
     <t>AQZBU</t>
   </si>
   <si>
     <t>Angophora subvelutina</t>
   </si>
   <si>
-    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>VRCBE</t>
   </si>
   <si>
     <t>Archirhodomyrtus beckleri</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
+* Pegg G, Taylor T, Entwistle P, Guymer G, Giblin F, Carnegie A (2017) Impact of Austropuccinia psidii (myrtle rust) on Myrtaceae-rich wet sclerophyll forests in south east Queensland. PLOS ONE 12 (11):e0188058. doi:10.1371/journal.pone.0188058</t>
+  </si>
+  <si>
+    <t>BZUGU</t>
+  </si>
+  <si>
+    <t>Arillastrum gummiferum</t>
+  </si>
+  <si>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>AAXFA</t>
+  </si>
+  <si>
+    <t>Astartea fascicularis</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29</t>
+  </si>
+  <si>
+    <t>VSMBR</t>
+  </si>
+  <si>
+    <t>Asteromyrtus brassii</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173</t>
   </si>
   <si>
-    <t>BZUGU</t>
-[...11 lines deleted...]
-    <t>Asteromyrtus brassii</t>
+    <t>VSMMA</t>
+  </si>
+  <si>
+    <t>Asteromyrtus magnifica</t>
   </si>
   <si>
     <t>AUYDU</t>
   </si>
   <si>
     <t>Austromyrtus dulcis</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173</t>
+  </si>
+  <si>
+    <t>AUYHY</t>
+  </si>
+  <si>
+    <t>Austromyrtus hybrids</t>
+  </si>
+  <si>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Austromyrtus dulcis x tenuifolia</t>
+  </si>
+  <si>
+    <t>AUYTE</t>
+  </si>
+  <si>
+    <t>Austromyrtus tenuifolia</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.034</t>
+  </si>
+  <si>
+    <t>BKOAN</t>
+  </si>
+  <si>
+    <t>Backhousia angustifolia</t>
+  </si>
+  <si>
+    <t>BKOBA</t>
+  </si>
+  <si>
+    <t>Backhousia bancroftii</t>
+  </si>
+  <si>
+    <t>* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+  </si>
+  <si>
+    <t>BKOCI</t>
+  </si>
+  <si>
+    <t>Backhousia citriodora</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Roux J, Granados GM, Shuey L, Barnes I, Wingfield MJ, McTaggart AR (2016) A unique genotype of the rust pathogen, Puccinia psidii, on Myrtaceae in South Africa. Australasian Plant Pathology 45 (6), 645-652.
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Sandhu KS, Park RF (2013) Genetic basis of pathogenicity in Uredo rangelii. In: Final Report to the National Myrtle Rust Transition to Management (T2M) Program
+* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434</t>
+  </si>
+  <si>
+    <t>BKOEN</t>
+  </si>
+  <si>
+    <t>Backhousia enata</t>
+  </si>
+  <si>
+    <t>BKOGU</t>
+  </si>
+  <si>
+    <t>Backhousia gundarara</t>
+  </si>
+  <si>
+    <t>BKOHU</t>
+  </si>
+  <si>
+    <t>Backhousia hughesii</t>
+  </si>
+  <si>
+    <t>BKOLE</t>
+  </si>
+  <si>
+    <t>Backhousia leptopetala</t>
+  </si>
+  <si>
+    <t>BKOMY</t>
+  </si>
+  <si>
+    <t>Backhousia myrtifolia</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173</t>
+  </si>
+  <si>
+    <t>BKOOL</t>
+  </si>
+  <si>
+    <t>Backhousia oligantha</t>
+  </si>
+  <si>
+    <t>BKOSC</t>
+  </si>
+  <si>
+    <t>Backhousia sciadophora</t>
+  </si>
+  <si>
+    <t>BKOSU</t>
+  </si>
+  <si>
+    <t>Backhousia subargentea</t>
+  </si>
+  <si>
+    <t>BKOTE</t>
+  </si>
+  <si>
+    <t>Backhousia tetraptera</t>
+  </si>
+  <si>
+    <t>BEKGU</t>
+  </si>
+  <si>
+    <t>Baeckea gunniana</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>BEKLE</t>
+  </si>
+  <si>
+    <t>Baeckea leptocaulis</t>
+  </si>
+  <si>
+    <t>BEKLI</t>
+  </si>
+  <si>
+    <t>Baeckea linifolia</t>
+  </si>
+  <si>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+  </si>
+  <si>
+    <t>BGJLO</t>
+  </si>
+  <si>
+    <t>Barongia lophandra</t>
+  </si>
+  <si>
+    <t>CXXTE</t>
+  </si>
+  <si>
+    <t>Calytrix tetragona</t>
+  </si>
+  <si>
+    <t>CMQFE</t>
+  </si>
+  <si>
+    <t>Campomanesia guaviroba</t>
+  </si>
+  <si>
+    <t>CMQGZ</t>
+  </si>
+  <si>
+    <t>Campomanesia guazumifolia</t>
+  </si>
+  <si>
+    <t>* Bernardi C, Santos Rey M, Wagner Jr A, Bernardi Lima N, Rovaris Biz D, da Rosa V, Perboni AT, Conceição PC (2023) First report of myrtle rust caused by Austropuccinia psidii in Campomanesia guazumifolia (Camb.) Berg in Brazil. Plant Disease 107(8), 2552-2553. https://doi.org/10.1094/PDIS-12-22-2878-PDN</t>
+  </si>
+  <si>
+    <t>CQAUN</t>
+  </si>
+  <si>
+    <t>Chamelaucium uncinatum</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;</t>
   </si>
   <si>
-    <t>AUYHY</t>
-[...148 lines deleted...]
-  <si>
     <t>KZIAR</t>
   </si>
   <si>
     <t>Cloezia artensis</t>
   </si>
   <si>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
+------- both for Cloezia artensis var. artensis and var. riparia</t>
+  </si>
+  <si>
+    <t>KZIFL</t>
+  </si>
+  <si>
+    <t>Cloezia floribunda</t>
+  </si>
+  <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cloezia floribunda</t>
   </si>
   <si>
     <t>EUCCI</t>
   </si>
   <si>
     <t>Corymbia citriodora</t>
   </si>
   <si>
     <t xml:space="preserve">* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
 * Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
 * Joffily J (1944) Ferrugem do eucalipto. Bragantia 4(8), 475-487.
 ------- In Rio de Janeiro, Brazil.
 * Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
 </t>
   </si>
   <si>
+    <t>EUCFI</t>
+  </si>
+  <si>
+    <t>Corymbia ficifolia</t>
+  </si>
+  <si>
+    <t>KMBGR</t>
+  </si>
+  <si>
+    <t>Corymbia grandifolia</t>
+  </si>
+  <si>
     <t>KMBGU</t>
   </si>
   <si>
     <t>Corymbia gummifera</t>
   </si>
   <si>
     <t xml:space="preserve">* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035; </t>
   </si>
   <si>
     <t>KMBHE</t>
   </si>
   <si>
     <t>Corymbia henryi</t>
   </si>
   <si>
     <t>* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434
 * Roux J, Granados GM, Shuey L, Barnes I, Wingfield MJ, McTaggart AR (2016) A unique genotype of the rust pathogen, Puccinia psidii, on Myrtaceae in South Africa. Australasian Plant Pathology 45 (6), 645-652.
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
   </si>
   <si>
     <t>KMBHY</t>
   </si>
   <si>
     <t>Corymbia hybrids</t>
   </si>
   <si>
+    <t>* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Corymbia ficifolia x C. ptychocarpa, Corymbia variegata x C. torelliana</t>
+  </si>
+  <si>
+    <t>EUCIN</t>
+  </si>
+  <si>
+    <t>Corymbia intermedia</t>
+  </si>
+  <si>
     <t>EUCMA</t>
   </si>
   <si>
     <t>Corymbia maculata</t>
   </si>
   <si>
     <t>* Carnegie AJ, Lidbetter JR (2012) Rapidly expanding host range for Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13–29.
 * Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.</t>
   </si>
   <si>
     <t>EUCTS</t>
   </si>
   <si>
     <t>Corymbia tessellaris</t>
   </si>
   <si>
     <t>* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
   </si>
   <si>
     <t>KMBTO</t>
   </si>
   <si>
     <t>Corymbia torelliana</t>
   </si>
   <si>
+    <t>KMBVA</t>
+  </si>
+  <si>
+    <t>Corymbia variegata</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as Corymbia citriodora subsp. variegata</t>
+  </si>
+  <si>
+    <t>CWQHE</t>
+  </si>
+  <si>
+    <t>Cyathostemon heterantherus</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Zauza EAV, Couto MMF, Lana VM, Maffia LA, Alfenas AC (2010) Vertical spread of Puccinia psidii urediniospores and development of eucalyptus rust at different heights. Australasian Plant Pathology 39 (2):141-145. doi:10.1071/AP09073
+------- Astartea heteranthera</t>
+  </si>
+  <si>
     <t>DRWCI</t>
   </si>
   <si>
     <t>Darwinia citriodora</t>
   </si>
   <si>
     <t>* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;</t>
+  </si>
+  <si>
+    <t>DRWGL</t>
+  </si>
+  <si>
+    <t>Darwinia glaucophylla</t>
   </si>
   <si>
     <t>DRWPR</t>
   </si>
   <si>
     <t>Darwinia procera</t>
   </si>
   <si>
     <t>DEKHU</t>
   </si>
   <si>
     <t>Decaspermum humile</t>
   </si>
   <si>
     <t xml:space="preserve">* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
 * Winzer LF, Carnegie AJ, Pegg GS, Leishman MR (2017) Impacts of the invasive fungus Austropuccinia psidii (myrtle rust) on three Australian Myrtaceae species of coastal swamp woodland. Austral Ecology 43(1), 56-68.
 ------- extremely susceptible.
 </t>
   </si>
   <si>
+    <t>1EUCG</t>
+  </si>
+  <si>
+    <t>Eucalyptus</t>
+  </si>
+  <si>
+    <t>* More than 110 Eucalyptus species are hosts, not excluded that some other Eucalyptus species also are (2026-03).</t>
+  </si>
+  <si>
+    <t>EUCAO</t>
+  </si>
+  <si>
+    <t>Eucalyptus acmenoides</t>
+  </si>
+  <si>
     <t>EUCAG</t>
   </si>
   <si>
     <t>Eucalyptus agglomerata</t>
   </si>
   <si>
     <t>* Carnegie AJ, Lidbetter JR (2012) Rapidly expanding host range for Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13–29.</t>
   </si>
   <si>
+    <t>EUCAL</t>
+  </si>
+  <si>
+    <t>Eucalyptus alba</t>
+  </si>
+  <si>
+    <t>EUCAF</t>
+  </si>
+  <si>
+    <t>Eucalyptus amplifolia</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- E. amplifolia subsp. amplifolia
+* Berthon KA, Fernandez Winzer L, Sandhu K, Cuddy W, Manea A, Carnegie AJ, Leishman MR (2019) Endangered species face an extra threat: susceptibility to the invasive pathogen Austropuccinia psidii (myrtle rust) in Australia. Australasian Plant Pathology 48, 385-393
+------- E. amplifolia subsp. amplifolia and subsp. sessiliflora</t>
+  </si>
+  <si>
+    <t>EUCAM</t>
+  </si>
+  <si>
+    <t>Eucalyptus amygdalina</t>
+  </si>
+  <si>
+    <t>* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193</t>
+  </si>
+  <si>
+    <t>EUCAN</t>
+  </si>
+  <si>
+    <t>Eucalyptus andrewsii</t>
+  </si>
+  <si>
+    <t>EUCAH</t>
+  </si>
+  <si>
+    <t>Eucalyptus archeri</t>
+  </si>
+  <si>
+    <t>EUCAR</t>
+  </si>
+  <si>
+    <t>Eucalyptus argophloia</t>
+  </si>
+  <si>
+    <t>EUCBA</t>
+  </si>
+  <si>
+    <t>Eucalyptus baileyana</t>
+  </si>
+  <si>
+    <t>EUCBB</t>
+  </si>
+  <si>
+    <t>Eucalyptus barberi</t>
+  </si>
+  <si>
+    <t>EUCBU</t>
+  </si>
+  <si>
+    <t>Eucalyptus baueriana</t>
+  </si>
+  <si>
+    <t>EUCBE</t>
+  </si>
+  <si>
+    <t>Eucalyptus benthamii</t>
+  </si>
+  <si>
+    <t>EUCBC</t>
+  </si>
+  <si>
+    <t>Eucalyptus bicostata</t>
+  </si>
+  <si>
+    <t>EUCBO</t>
+  </si>
+  <si>
+    <t>Eucalyptus botryoides</t>
+  </si>
+  <si>
+    <t>EUCBN</t>
+  </si>
+  <si>
+    <t>Eucalyptus brassiana</t>
+  </si>
+  <si>
+    <t>EUCBR</t>
+  </si>
+  <si>
+    <t>Eucalyptus brookeriana</t>
+  </si>
+  <si>
+    <t>EUCBG</t>
+  </si>
+  <si>
+    <t>Eucalyptus burgessiana</t>
+  </si>
+  <si>
     <t>EUCCM</t>
   </si>
   <si>
     <t>Eucalyptus camaldulensis</t>
   </si>
   <si>
+    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- E. camaldulensis, E. camaldulensis subsp. obtusa, E. camaldulensis subsp. simulata
+* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825
+------- subsp. simulata</t>
+  </si>
+  <si>
+    <t>EUCCW</t>
+  </si>
+  <si>
+    <t>Eucalyptus camfieldii</t>
+  </si>
+  <si>
+    <t>EUCCJ</t>
+  </si>
+  <si>
+    <t>Eucalyptus campanulata</t>
+  </si>
+  <si>
+    <t>EUCBH</t>
+  </si>
+  <si>
+    <t>Eucalyptus camphora</t>
+  </si>
+  <si>
+    <t>EUCCX</t>
+  </si>
+  <si>
+    <t>Eucalyptus carnea</t>
+  </si>
+  <si>
+    <t>EUCCH</t>
+  </si>
+  <si>
+    <t>Eucalyptus cephalocarpa</t>
+  </si>
+  <si>
+    <t>EUCCN</t>
+  </si>
+  <si>
+    <t>Eucalyptus cinerea</t>
+  </si>
+  <si>
     <t>EUCCZ</t>
   </si>
   <si>
     <t>Eucalyptus cloeziana</t>
   </si>
   <si>
+    <t>EUCCC</t>
+  </si>
+  <si>
+    <t>Eucalyptus coccifera</t>
+  </si>
+  <si>
+    <t>EUCCQ</t>
+  </si>
+  <si>
+    <t>Eucalyptus copulans</t>
+  </si>
+  <si>
+    <t>* Berthon KA, Fernandez Winzer L, Sandhu K, Cuddy W, Manea A, Carnegie AJ, Leishman MR (2019) Endangered species face an extra threat: susceptibility to the invasive pathogen Austropuccinia psidii (myrtle rust) in Australia. Australasian Plant Pathology 48, 385-393</t>
+  </si>
+  <si>
+    <t>EUCCO</t>
+  </si>
+  <si>
+    <t>Eucalyptus cordata</t>
+  </si>
+  <si>
+    <t>* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193
+------- Eucalyptus cordata subsp. cordata</t>
+  </si>
+  <si>
+    <t>EUCCS</t>
+  </si>
+  <si>
+    <t>Eucalyptus cornuta</t>
+  </si>
+  <si>
+    <t>EUCCR</t>
+  </si>
+  <si>
+    <t>Eucalyptus crebra</t>
+  </si>
+  <si>
     <t>EUCCV</t>
   </si>
   <si>
     <t>Eucalyptus curtisii</t>
+  </si>
+  <si>
+    <t>EUCDA</t>
+  </si>
+  <si>
+    <t>Eucalyptus dalrympleana</t>
   </si>
   <si>
     <t>EUCDJ</t>
   </si>
   <si>
     <t>Eucalyptus deanei</t>
   </si>
   <si>
     <t xml:space="preserve">* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035; "
 </t>
   </si>
   <si>
+    <t>EUCDG</t>
+  </si>
+  <si>
+    <t>Eucalyptus deglupta</t>
+  </si>
+  <si>
+    <t>EUCDE</t>
+  </si>
+  <si>
+    <t>Eucalyptus delegatensis</t>
+  </si>
+  <si>
+    <t>EUCDZ</t>
+  </si>
+  <si>
+    <t>Eucalyptus deuaensis</t>
+  </si>
+  <si>
+    <t>EUCDV</t>
+  </si>
+  <si>
+    <t>Eucalyptus diversicolor</t>
+  </si>
+  <si>
     <t>EUCDU</t>
   </si>
   <si>
     <t>Eucalyptus dunnii</t>
   </si>
   <si>
-    <t>* Pérez CA, Reyna R, Montanari L, Torres-Dini D, Nikichuk N, Simeto S (2014) First report of rust caused by Puccinia psidii on Eucalyptus dunnii in Uruguay. Plant Disease 98(10), p 1444.</t>
+    <t>* Pérez CA, Reyna R, Montanari L, Torres-Dini D, Nikichuk N, Simeto S (2014) First report of rust caused by Puccinia psidii on Eucalyptus dunnii in Uruguay. Plant Disease 98(10), p 1444.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>EUCEL</t>
+  </si>
+  <si>
+    <t>Eucalyptus elata</t>
+  </si>
+  <si>
+    <t>EUCEU</t>
+  </si>
+  <si>
+    <t>Eucalyptus eugenioides</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as Eucalyptus nigra</t>
+  </si>
+  <si>
+    <t>EUCFA</t>
+  </si>
+  <si>
+    <t>Eucalyptus fastigata</t>
+  </si>
+  <si>
+    <t>EUCFS</t>
+  </si>
+  <si>
+    <t>Eucalyptus forrestiana</t>
+  </si>
+  <si>
+    <t>EUCGI</t>
+  </si>
+  <si>
+    <t>Eucalyptus gillii</t>
   </si>
   <si>
     <t>EUCGB</t>
   </si>
   <si>
     <t>Eucalyptus globoidea</t>
+  </si>
+  <si>
+    <t>* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
+------- confirmed host
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>EUCGL</t>
+  </si>
+  <si>
+    <t>Eucalyptus globulus</t>
+  </si>
+  <si>
+    <t>* Alfenas AC, Zauza EAV, Assis TF (2003) First record of Puccinia psidii on Eucalyptus globulus and E. viminalis in Brazil. Australasian Plant Pathology 32, 325–326.
+* Carnegie AJ, Lidbetter JR (2012) Rapidly expanding host range for Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13–29.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193</t>
+  </si>
+  <si>
+    <t>EUCGO</t>
+  </si>
+  <si>
+    <t>Eucalyptus gomphocephala</t>
+  </si>
+  <si>
+    <t>EUCGX</t>
+  </si>
+  <si>
+    <t>Eucalyptus goniocalyx</t>
+  </si>
+  <si>
+    <t>EUCGD</t>
+  </si>
+  <si>
+    <t>Eucalyptus grandis</t>
+  </si>
+  <si>
+    <t>EUCGF</t>
+  </si>
+  <si>
+    <t>Eucalyptus guilfoylei</t>
+  </si>
+  <si>
+    <t>EUCGU</t>
+  </si>
+  <si>
+    <t>Eucalyptus gunnii</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- subsp. gunnii
+* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193
+------- subsp. gunnii</t>
+  </si>
+  <si>
+    <t>EUCGV</t>
+  </si>
+  <si>
+    <t>Eucalyptus gunnii subsp. divaricata</t>
+  </si>
+  <si>
+    <t>EUCHS</t>
+  </si>
+  <si>
+    <t>Eucalyptus haemastoma</t>
+  </si>
+  <si>
+    <t>EUCHY</t>
+  </si>
+  <si>
+    <t>Eucalyptus hybrids</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Eucalyptus websteriana x E. crucis, Eucalyptus websteriana x E. orbifolia, Eucalyptus youngiana x E. macrocarpa, Eucalyptus pyriformis x E. macrocarpa</t>
+  </si>
+  <si>
+    <t>EUCJA</t>
+  </si>
+  <si>
+    <t>Eucalyptus jacksonii</t>
+  </si>
+  <si>
+    <t>EUCJO</t>
+  </si>
+  <si>
+    <t>Eucalyptus johnstonii</t>
+  </si>
+  <si>
+    <t>EUCLV</t>
+  </si>
+  <si>
+    <t>Eucalyptus laevopinea</t>
+  </si>
+  <si>
+    <t>EUCLR</t>
+  </si>
+  <si>
+    <t>Eucalyptus largeana</t>
+  </si>
+  <si>
+    <t>EUCLE</t>
+  </si>
+  <si>
+    <t>Eucalyptus lehmannii</t>
+  </si>
+  <si>
+    <t>EUCLO</t>
+  </si>
+  <si>
+    <t>Eucalyptus longirostrata</t>
+  </si>
+  <si>
+    <t>EUCMT</t>
+  </si>
+  <si>
+    <t>Eucalyptus macarthurii</t>
+  </si>
+  <si>
+    <t>EUCMF</t>
+  </si>
+  <si>
+    <t>Eucalyptus magnificata</t>
+  </si>
+  <si>
+    <t>EUCMG</t>
+  </si>
+  <si>
+    <t>Eucalyptus marginata</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- E. marginata subsp. marginata</t>
+  </si>
+  <si>
+    <t>EUCXM</t>
+  </si>
+  <si>
+    <t>Eucalyptus megacarpa</t>
+  </si>
+  <si>
+    <t>EUCME</t>
+  </si>
+  <si>
+    <t>Eucalyptus melanophloia</t>
+  </si>
+  <si>
+    <t>EUCMY</t>
+  </si>
+  <si>
+    <t>Eucalyptus microcorys</t>
+  </si>
+  <si>
+    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>EUCMO</t>
+  </si>
+  <si>
+    <t>Eucalyptus moluccana</t>
+  </si>
+  <si>
+    <t>EUCMB</t>
+  </si>
+  <si>
+    <t>Eucalyptus morrisbyi</t>
+  </si>
+  <si>
+    <t>EUCNE</t>
+  </si>
+  <si>
+    <t>Eucalyptus nebulosa</t>
+  </si>
+  <si>
+    <t>EUCNT</t>
+  </si>
+  <si>
+    <t>Eucalyptus nitens</t>
+  </si>
+  <si>
+    <t>EUCSN</t>
+  </si>
+  <si>
+    <t>Eucalyptus nitida</t>
+  </si>
+  <si>
+    <t>EUCOB</t>
+  </si>
+  <si>
+    <t>Eucalyptus obliqua</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193</t>
+  </si>
+  <si>
+    <t>EUCOC</t>
+  </si>
+  <si>
+    <t>Eucalyptus occidentalis</t>
+  </si>
+  <si>
+    <t>EUCOI</t>
+  </si>
+  <si>
+    <t>Eucalyptus olida</t>
+  </si>
+  <si>
+    <t>EUCOV</t>
+  </si>
+  <si>
+    <t>Eucalyptus ovata</t>
+  </si>
+  <si>
+    <t>EUCPW</t>
+  </si>
+  <si>
+    <t>Eucalyptus pachycalyx</t>
+  </si>
+  <si>
+    <t>* Berthon KA, Fernandez Winzer L, Sandhu K, Cuddy W, Manea A, Carnegie AJ, Leishman MR (2019) Endangered species face an extra threat: susceptibility to the invasive pathogen Austropuccinia psidii (myrtle rust) in Australia. Australasian Plant Pathology 48, 385-393
+------- E. pachycalyx subsp. pachycalyx and subsp. waajensis</t>
+  </si>
+  <si>
+    <t>EUCPA</t>
+  </si>
+  <si>
+    <t>Eucalyptus paniculata</t>
+  </si>
+  <si>
+    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.</t>
+  </si>
+  <si>
+    <t>EUCPV</t>
+  </si>
+  <si>
+    <t>Eucalyptus parvula</t>
+  </si>
+  <si>
+    <t>EUCPF</t>
+  </si>
+  <si>
+    <t>Eucalyptus pauciflora</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- subsp. pauciflora
+* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193
+------- subsp. pauciflora</t>
+  </si>
+  <si>
+    <t>EUCPJ</t>
+  </si>
+  <si>
+    <t>Eucalyptus pellita</t>
+  </si>
+  <si>
+    <t>EUCPE</t>
+  </si>
+  <si>
+    <t>Eucalyptus perriniana</t>
+  </si>
+  <si>
+    <t>EUCPI</t>
+  </si>
+  <si>
+    <t>Eucalyptus pilularis</t>
+  </si>
+  <si>
+    <t>EUCPX</t>
+  </si>
+  <si>
+    <t>Eucalyptus planchoniana</t>
+  </si>
+  <si>
+    <t>EUCPO</t>
+  </si>
+  <si>
+    <t>Eucalyptus populnea</t>
+  </si>
+  <si>
+    <t>EUCPQ</t>
+  </si>
+  <si>
+    <t>Eucalyptus propinqua</t>
+  </si>
+  <si>
+    <t>EUCLI</t>
+  </si>
+  <si>
+    <t>Eucalyptus pulchella</t>
+  </si>
+  <si>
+    <t>EUCPU</t>
+  </si>
+  <si>
+    <t>Eucalyptus punctata</t>
+  </si>
+  <si>
+    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
+* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>EUCPK</t>
+  </si>
+  <si>
+    <t>Eucalyptus pyrocarpa</t>
+  </si>
+  <si>
+    <t>EUCRA</t>
+  </si>
+  <si>
+    <t>Eucalyptus radiata</t>
+  </si>
+  <si>
+    <t>EUCRE</t>
+  </si>
+  <si>
+    <t>Eucalyptus regnans</t>
+  </si>
+  <si>
+    <t>EUCRS</t>
+  </si>
+  <si>
+    <t>Eucalyptus resinifera</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as E. resinifera and E. resinifera subsp. hemilampra</t>
+  </si>
+  <si>
+    <t>EUCRX</t>
+  </si>
+  <si>
+    <t>Eucalyptus risdonii</t>
+  </si>
+  <si>
+    <t>EUCRO</t>
+  </si>
+  <si>
+    <t>Eucalyptus robusta</t>
+  </si>
+  <si>
+    <t>EUCRW</t>
+  </si>
+  <si>
+    <t>Eucalyptus rodwayi</t>
+  </si>
+  <si>
+    <t>EUCRB</t>
+  </si>
+  <si>
+    <t>Eucalyptus rubida</t>
+  </si>
+  <si>
+    <t>* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193
+------- as subsp. rubida</t>
+  </si>
+  <si>
+    <t>EUCRG</t>
+  </si>
+  <si>
+    <t>Eucalyptus rubiginosa</t>
+  </si>
+  <si>
+    <t>EUCRU</t>
+  </si>
+  <si>
+    <t>Eucalyptus rudis</t>
+  </si>
+  <si>
+    <t>EUCSA</t>
+  </si>
+  <si>
+    <t>Eucalyptus saligna</t>
+  </si>
+  <si>
+    <t>EUCSX</t>
+  </si>
+  <si>
+    <t>Eucalyptus scias</t>
+  </si>
+  <si>
+    <t>EUCSC</t>
+  </si>
+  <si>
+    <t>Eucalyptus scoparia</t>
+  </si>
+  <si>
+    <t>EUCSF</t>
+  </si>
+  <si>
+    <t>Eucalyptus siderophloia</t>
+  </si>
+  <si>
+    <t>EUCSB</t>
+  </si>
+  <si>
+    <t>Eucalyptus sieberi</t>
+  </si>
+  <si>
+    <t>EUCSM</t>
+  </si>
+  <si>
+    <t>Eucalyptus smithii</t>
+  </si>
+  <si>
+    <t>EUCSR</t>
+  </si>
+  <si>
+    <t>Eucalyptus subcrenulata</t>
+  </si>
+  <si>
+    <t>EUCTN</t>
+  </si>
+  <si>
+    <t>Eucalyptus tenuiramis</t>
+  </si>
+  <si>
+    <t>EUCTR</t>
+  </si>
+  <si>
+    <t>Eucalyptus tereticornis</t>
+  </si>
+  <si>
+    <t>EUCTD</t>
+  </si>
+  <si>
+    <t>Eucalyptus tetrodonta</t>
+  </si>
+  <si>
+    <t>EUCPH</t>
+  </si>
+  <si>
+    <t>Eucalyptus tindaliae</t>
+  </si>
+  <si>
+    <t>EUCTO</t>
+  </si>
+  <si>
+    <t>Eucalyptus torquata</t>
+  </si>
+  <si>
+    <t>EUCUR</t>
+  </si>
+  <si>
+    <t>Eucalyptus urnigera</t>
+  </si>
+  <si>
+    <t>EUCUP</t>
+  </si>
+  <si>
+    <t>Eucalyptus urophylla</t>
+  </si>
+  <si>
+    <t>EUCVE</t>
+  </si>
+  <si>
+    <t>Eucalyptus vernicosa</t>
+  </si>
+  <si>
+    <t>EUCVI</t>
+  </si>
+  <si>
+    <t>Eucalyptus viminalis</t>
+  </si>
+  <si>
+    <t>" Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035; "
+* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193 
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as subsp. viminalis</t>
+  </si>
+  <si>
+    <t>EUCWA</t>
+  </si>
+  <si>
+    <t>Eucalyptus wandoo</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as subsp. wandoo</t>
+  </si>
+  <si>
+    <t>EUCWO</t>
+  </si>
+  <si>
+    <t>Eucalyptus woodwardii</t>
+  </si>
+  <si>
+    <t>EUCXC</t>
+  </si>
+  <si>
+    <t>Eucalyptus x castrensis</t>
+  </si>
+  <si>
+    <t>EUCXE</t>
+  </si>
+  <si>
+    <t>Eucalyptus xerothermica</t>
+  </si>
+  <si>
+    <t>EUEBL</t>
+  </si>
+  <si>
+    <t>Eugenia balansae</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
+  </si>
+  <si>
+    <t>EUEBI</t>
+  </si>
+  <si>
+    <t>Eugenia biflora</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as E. brachythrix</t>
+  </si>
+  <si>
+    <t>EUEBR</t>
+  </si>
+  <si>
+    <t>Eugenia brongniartiana</t>
+  </si>
+  <si>
+    <t>EUEBT</t>
+  </si>
+  <si>
+    <t>Eugenia bullata</t>
+  </si>
+  <si>
+    <t>EUECA</t>
+  </si>
+  <si>
+    <t>Eugenia cambucae</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Calycorectes pohlianus</t>
+  </si>
+  <si>
+    <t>EUECN</t>
+  </si>
+  <si>
+    <t>Eugenia candolleana</t>
+  </si>
+  <si>
+    <t>EUENA</t>
+  </si>
+  <si>
+    <t>Eugenia capensis subsp. natalitia</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Roux J, Granados GM, Shuey L, Barnes I, Wingfield MJ, McTaggart AR (2016) A unique genotype of the rust pathogen, Puccinia psidii, on Myrtaceae in South Africa. Australasian Plant Pathology 45 (6), 645-652
+------- as Eugenia natalitia</t>
+  </si>
+  <si>
+    <t>EUEZE</t>
+  </si>
+  <si>
+    <t>Eugenia capensis subsp. zeyheri</t>
+  </si>
+  <si>
+    <t>EUEDA</t>
+  </si>
+  <si>
+    <t>Eugenia daenikeri</t>
+  </si>
+  <si>
+    <t>EUEDO</t>
+  </si>
+  <si>
+    <t>Eugenia dombeyi</t>
+  </si>
+  <si>
+    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
+------- As E. brasilensis.
+* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>EUEER</t>
+  </si>
+  <si>
+    <t>Eugenia erythrophylla</t>
+  </si>
+  <si>
+    <t>* Roux J, Granados GM, Shuey L, Barnes I, Wingfield MJ, McTaggart AR (2016) A unique genotype of the rust pathogen, Puccinia psidii, on Myrtaceae in South Africa. Australasian Plant Pathology 45 (6), 645-652</t>
+  </si>
+  <si>
+    <t>EUEMA</t>
+  </si>
+  <si>
+    <t>Eugenia foetida</t>
+  </si>
+  <si>
+    <t>EUEGC</t>
+  </si>
+  <si>
+    <t>Eugenia gacognei</t>
+  </si>
+  <si>
+    <t>EUEHU</t>
+  </si>
+  <si>
+    <t>Eugenia hurlimannii</t>
+  </si>
+  <si>
+    <t>EUEAG</t>
+  </si>
+  <si>
+    <t>Eugenia involucrata</t>
+  </si>
+  <si>
+    <t>EUEKA</t>
+  </si>
+  <si>
+    <t>Eugenia kanakana</t>
+  </si>
+  <si>
+    <t>EUEKO</t>
+  </si>
+  <si>
+    <t>Eugenia koolauensis</t>
+  </si>
+  <si>
+    <t>EUEMU</t>
+  </si>
+  <si>
+    <t>Eugenia mouensis</t>
+  </si>
+  <si>
+    <t>EUEMS</t>
+  </si>
+  <si>
+    <t>Eugenia myrcianthes</t>
+  </si>
+  <si>
+    <t>* Bernardi C, Rey MS, Wagner Júnior A, Bernardi Lima N, Rovaris Biz D, da Rosa V (2023) First Report of Myrtle Rust Caused by Austropuccinia psidii on Eugenia myrcianthes in Brazil. Plant Disease 107(7), 2226-2227. https://doi.org/10.1094/PDIS-07-22-1569-PDN</t>
+  </si>
+  <si>
+    <t>EUENO</t>
+  </si>
+  <si>
+    <t>Eugenia noumeensis</t>
+  </si>
+  <si>
+    <t>EUEOV</t>
+  </si>
+  <si>
+    <t>Eugenia ovigera</t>
+  </si>
+  <si>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>EUEPD</t>
+  </si>
+  <si>
+    <t>Eugenia paludosa</t>
+  </si>
+  <si>
+    <t>EUEPI</t>
+  </si>
+  <si>
+    <t>Eugenia pitanga</t>
+  </si>
+  <si>
+    <t>EUEUV</t>
+  </si>
+  <si>
+    <t>Eugenia pyriformis</t>
+  </si>
+  <si>
+    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
+------- As E. uvalha.</t>
+  </si>
+  <si>
+    <t>EUERE</t>
+  </si>
+  <si>
+    <t>Eugenia reinwardtiana</t>
+  </si>
+  <si>
+    <t>* Westaway JO (2016) The pathogen myrtle rust (Puccinia psidii) in the Northern Territory: First detection, new host and potential impacts. Northern Territory Naturalist 27, 13-28.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>EUEST</t>
+  </si>
+  <si>
+    <t>Eugenia stipitata</t>
+  </si>
+  <si>
+    <t>EUESC</t>
+  </si>
+  <si>
+    <t>Eugenia stricta</t>
+  </si>
+  <si>
+    <t>EUEUM</t>
+  </si>
+  <si>
+    <t>Eugenia umtamvunensis</t>
+  </si>
+  <si>
+    <t>EUEUN</t>
+  </si>
+  <si>
+    <t>Eugenia uniflora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
+* Graça RN, Ross-Davis AL, Klopfenstein NB, Kim MS, Peever TL, Cannon PG, Aun CP, Mizubuti ESG, Alfenas AC (2013) Rust disease of eucalypts, caused by Puccinia psidii, did not originate via host jump from guava in Brazil. Molecular Ecology. 22 (24), 6033-6047. </t>
+  </si>
+  <si>
+    <t>EUEVE</t>
+  </si>
+  <si>
+    <t>Eugenia verdoorniae</t>
+  </si>
+  <si>
+    <t>FEJSE</t>
+  </si>
+  <si>
+    <t>Feijoa sellowiana</t>
+  </si>
+  <si>
+    <t>* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
+------- confirmed host
+* Blum LEB, Dianese JC (2001) Patterns of urediniospores release and development of rose apple rust. Pesquisa Agropecuaria Brasileira 36 (6):845-850
+------- as Acca sellowiana</t>
+  </si>
+  <si>
+    <t>LEKGL</t>
+  </si>
+  <si>
+    <t>Gaudium glaucescens</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Leptospermum glaucescens</t>
+  </si>
+  <si>
+    <t>LEKLA</t>
+  </si>
+  <si>
+    <t>Gaudium laevigatum</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Leptospermum laevigatum</t>
+  </si>
+  <si>
+    <t>GDUMY</t>
+  </si>
+  <si>
+    <t>Gaudium myrsinoides</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Leptospermum myrsinoides</t>
+  </si>
+  <si>
+    <t>GDUSE</t>
+  </si>
+  <si>
+    <t>Gaudium semibaccatum</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Leptospermum semibaccatum</t>
+  </si>
+  <si>
+    <t>LEKST</t>
+  </si>
+  <si>
+    <t>Gaudium trinervium</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Leptospermum trinervium</t>
+  </si>
+  <si>
+    <t>GSJAC</t>
+  </si>
+  <si>
+    <t>Gossia acmenoides</t>
+  </si>
+  <si>
+    <t>GSJAL</t>
+  </si>
+  <si>
+    <t>Gossia alaternoides</t>
+  </si>
+  <si>
+    <t>GSJBA</t>
+  </si>
+  <si>
+    <t>Gossia bamagensis</t>
+  </si>
+  <si>
+    <t>GSJBI</t>
+  </si>
+  <si>
+    <t>Gossia bidwillii</t>
+  </si>
+  <si>
+    <t>GSJFL</t>
+  </si>
+  <si>
+    <t>Gossia floribunda</t>
+  </si>
+  <si>
+    <t>GSJFR</t>
+  </si>
+  <si>
+    <t>Gossia fragrantissima</t>
+  </si>
+  <si>
+    <t>GSJGO</t>
+  </si>
+  <si>
+    <t>Gossia gonoclada</t>
+  </si>
+  <si>
+    <t>GSJHI</t>
+  </si>
+  <si>
+    <t>Gossia hillii</t>
+  </si>
+  <si>
+    <t>GSJIN</t>
+  </si>
+  <si>
+    <t>Gossia inophloia</t>
+  </si>
+  <si>
+    <t>GSJLE</t>
+  </si>
+  <si>
+    <t>Gossia lewisensis</t>
+  </si>
+  <si>
+    <t>GSJMA</t>
+  </si>
+  <si>
+    <t>Gossia macilwraithensis</t>
+  </si>
+  <si>
+    <t>GSJMY</t>
+  </si>
+  <si>
+    <t>Gossia myrsinocarpa</t>
+  </si>
+  <si>
+    <t>GSJPU</t>
+  </si>
+  <si>
+    <t>Gossia pubiflora</t>
+  </si>
+  <si>
+    <t>GSJPN</t>
+  </si>
+  <si>
+    <t>Gossia punctata</t>
+  </si>
+  <si>
+    <t>HHXCA</t>
+  </si>
+  <si>
+    <t>Heteropyxis canescens</t>
+  </si>
+  <si>
+    <t>HHXNA</t>
+  </si>
+  <si>
+    <t>Heteropyxis natalensis</t>
+  </si>
+  <si>
+    <t>* Roux J, Granados GM, Shuey L, Barnes I, Wingfield MJ, McTaggart AR (2016) A unique genotype of the rust pathogen, Puccinia psidii, on Myrtaceae in South Africa. Australasian Plant Pathology 45 (6), 645-652.
+* Alfenas AC, Zauza EAV, Wingfield MJ, Roux J, Glen M (2005) Heteropyxis natalensis, a new host of Puccinia psidii rust. Australasian Plant Pathology 34, 285-286</t>
+  </si>
+  <si>
+    <t>HHSFL</t>
+  </si>
+  <si>
+    <t>Homoranthus flavescens</t>
+  </si>
+  <si>
+    <t>HHSME</t>
+  </si>
+  <si>
+    <t>Homoranthus melanostictus</t>
+  </si>
+  <si>
+    <t>HHSPA</t>
+  </si>
+  <si>
+    <t>Homoranthus papillatus</t>
+  </si>
+  <si>
+    <t>HHSPR</t>
+  </si>
+  <si>
+    <t>Homoranthus prolixus</t>
+  </si>
+  <si>
+    <t>HHSVI</t>
+  </si>
+  <si>
+    <t>Homoranthus virgatus</t>
+  </si>
+  <si>
+    <t>HKLAN</t>
+  </si>
+  <si>
+    <t>Hypocalymma angustifolium</t>
+  </si>
+  <si>
+    <t>HKLRO</t>
+  </si>
+  <si>
+    <t>Hypocalymma robustum</t>
+  </si>
+  <si>
+    <t>KAFPR</t>
+  </si>
+  <si>
+    <t>Kardomia prominens</t>
+  </si>
+  <si>
+    <t>* Berthon KA,Fernandez Winzer L, Sandhu K, Cuddy W, Manea A, Carnegie AJ, Leishman MR (2019) Endangered species face an extra threat: susceptibility to the invasive pathogen Austropuccinia psidii (myrtle rust) in Australia. Australasian Plant Pathology 48, 385-393</t>
+  </si>
+  <si>
+    <t>KUNAM</t>
+  </si>
+  <si>
+    <t>Kunzea ambigua</t>
+  </si>
+  <si>
+    <t>KUNBA</t>
+  </si>
+  <si>
+    <t>Kunzea baxteri</t>
+  </si>
+  <si>
+    <t>LEKER</t>
+  </si>
+  <si>
+    <t>Kunzea ericoides</t>
+  </si>
+  <si>
+    <t>* Soewarto J, Pérez C, Bartlett M, Somchit C, Ganley B, Sutherland R, Simeto S, Stewart JE, Ibarra Caballero JR, Fraser S, Scott PM (2025)New Zealand Myrtaceae are susceptible to a strain from the Eucalyptus biotype of Austropuccinia psidii present in South America. Biological Invasions 27, 72 https://doi.org/10.1007/s10530-024-03465-5.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>KUNPO</t>
+  </si>
+  <si>
+    <t>Kunzea pomifera</t>
+  </si>
+  <si>
+    <t>KUNRE</t>
+  </si>
+  <si>
+    <t>Kunzea recurva</t>
+  </si>
+  <si>
+    <t>LWBLA</t>
+  </si>
+  <si>
+    <t>Lenwebbia lasioclada</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;</t>
+  </si>
+  <si>
+    <t>LWBPR</t>
+  </si>
+  <si>
+    <t>Lenwebbia prominens</t>
+  </si>
+  <si>
+    <t>LEKBA</t>
+  </si>
+  <si>
+    <t>Leptospermum barneyense</t>
+  </si>
+  <si>
+    <t>* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173</t>
+  </si>
+  <si>
+    <t>LEKCO</t>
+  </si>
+  <si>
+    <t>Leptospermum continentale</t>
+  </si>
+  <si>
+    <t>LEKGD</t>
+  </si>
+  <si>
+    <t>Leptospermum grandiflorum</t>
+  </si>
+  <si>
+    <t>LEKHY</t>
+  </si>
+  <si>
+    <t>Leptospermum hybrids</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Leptospermum scoparium x L. macrocarpum</t>
+  </si>
+  <si>
+    <t>LEKJU</t>
+  </si>
+  <si>
+    <t>Leptospermum juniperinum</t>
+  </si>
+  <si>
+    <t>LEKLG</t>
+  </si>
+  <si>
+    <t>Leptospermum lanigerum</t>
+  </si>
+  <si>
+    <t>LEKLI</t>
+  </si>
+  <si>
+    <t>Leptospermum liversidgei</t>
+  </si>
+  <si>
+    <t>LEKMO</t>
+  </si>
+  <si>
+    <t>Leptospermum morrisonii</t>
+  </si>
+  <si>
+    <t>LEKNI</t>
+  </si>
+  <si>
+    <t>Leptospermum nitidum</t>
+  </si>
+  <si>
+    <t>LEKPE</t>
+  </si>
+  <si>
+    <t>Leptospermum petersonii</t>
+  </si>
+  <si>
+    <t>LEKPT</t>
+  </si>
+  <si>
+    <t>Leptospermum petraeum</t>
+  </si>
+  <si>
+    <t>LEKPO</t>
+  </si>
+  <si>
+    <t>Leptospermum polygalifolium</t>
+  </si>
+  <si>
+    <t>LEKRI</t>
+  </si>
+  <si>
+    <t>Leptospermum riparium</t>
+  </si>
+  <si>
+    <t>LEKRO</t>
+  </si>
+  <si>
+    <t>Leptospermum rotundifolium</t>
+  </si>
+  <si>
+    <t>LEKRU</t>
+  </si>
+  <si>
+    <t>Leptospermum rupestre</t>
+  </si>
+  <si>
+    <t>LEKSC</t>
+  </si>
+  <si>
+    <t>Leptospermum scoparium</t>
+  </si>
+  <si>
+    <t>LEKSP</t>
+  </si>
+  <si>
+    <t>Leptospermum spectabile</t>
+  </si>
+  <si>
+    <t>LDYRA</t>
+  </si>
+  <si>
+    <t>Lindsayomyrtus racemoides</t>
+  </si>
+  <si>
+    <t>LJMOB</t>
+  </si>
+  <si>
+    <t>Lithomyrtus obtusa</t>
+  </si>
+  <si>
+    <t>LJMRE</t>
+  </si>
+  <si>
+    <t>Lithomyrtus retusa</t>
+  </si>
+  <si>
+    <t>* Westaway JO (2016) The pathogen myrtle rust (Puccinia psidii) in the Northern Territory: First detection, new host and potential impacts. Northern Territory Naturalist 27, 13-28.</t>
+  </si>
+  <si>
+    <t>MYVBU</t>
+  </si>
+  <si>
+    <t>Lophomyrtus bullata</t>
+  </si>
+  <si>
+    <t>LOYOB</t>
+  </si>
+  <si>
+    <t>Lophomyrtus obcordata</t>
   </si>
   <si>
     <t xml:space="preserve">* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
 ------- confirmed host
 </t>
   </si>
   <si>
-    <t>EUCGL</t>
-[...86 lines deleted...]
-    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Eugenia balansae, Eugenia brongniartiana, Eugenia bullata, Eugenia daenikeri, Eugenia excorticata, Eugenia gacognei, Eugenia, hurlimannii, Eugenia mouensis, Eugenia munzingeri, Eugenia noumeensis, Eugenia ovigera, Eugenia paludosa</t>
-  </si>
-[...13 lines deleted...]
-    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
-------- As E. brasilensis.</t>
-  </si>
-[...22 lines deleted...]
-    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
-------- As E. uvalha.</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Eugenia balansae, Eugenia brongniartiana, Eugenia bullata, Eugenia daenikeri, Eugenia excorticata, Eugenia gacognei, Eugenia, hurlimannii, Eugenia mouensis, Eugenia munzingeri, Eugenia noumeensis, Eugenia ovigera, Eugenia paludosa
-</t>
-[...101 lines deleted...]
-  <si>
     <t>LOYRA</t>
   </si>
   <si>
     <t>Lophomyrtus x ralphii</t>
   </si>
   <si>
     <t>TRYSU</t>
   </si>
   <si>
     <t>Lophostemon suaveolens</t>
   </si>
   <si>
+    <t>MLAAL</t>
+  </si>
+  <si>
+    <t>Melaleuca alternifolia</t>
+  </si>
+  <si>
+    <t>* Tommerup IC, Alfenas AC, Old KM (2003) Guava rust in Brazil - A threat to Eucalyptus and other Myrtaceae. New Zealand Journal of Forestry Science 33 (3), 420-428
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
     <t>MLAAG</t>
   </si>
   <si>
     <t>Melaleuca argentea</t>
   </si>
   <si>
     <t>MLAAR</t>
   </si>
   <si>
     <t>Melaleuca armillaris</t>
   </si>
   <si>
+    <t>MLAAS</t>
+  </si>
+  <si>
+    <t>Melaleuca asterocarpa</t>
+  </si>
+  <si>
+    <t>* Old KM, Alfenas A, Wingfield MJ, et al (2004) Assessment of Eucalyptus rust as a pathogen of Eucalyptus spp. and other Myrtaceae and development of sensitive methods for its detection in germplasm. ACIAR Project No. FST/1996/206. Final Report.
+------- Eremea asterocarpa</t>
+  </si>
+  <si>
+    <t>MLABI</t>
+  </si>
+  <si>
+    <t>Melaleuca biconvexa</t>
+  </si>
+  <si>
     <t>MLACA</t>
   </si>
   <si>
     <t>Melaleuca cajuputi</t>
   </si>
   <si>
-    <t>* Faradilla FA, Prihatini I (2021) The presence of Austropuccinia psidii and the threat to Myrtaceae plantations in Indonesia. In IOP Conference Series: Earth and Environmental Science 886(1), 012099. IOP Publishing.</t>
+    <t>* Faradilla FA, Prihatini I (2021) The presence of Austropuccinia psidii and the threat to Myrtaceae plantations in Indonesia. In IOP Conference Series: Earth and Environmental Science 886(1), 012099. IOP Publishing.
+* Tommerup IC, Alfenas AC, Old KM (2003) Guava rust in Brazil - A threat to Eucalyptus and other Myrtaceae. New Zealand Journal of Forestry Science 33 (3), 420-428
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as M. cajuputi subsp. platyphylla</t>
+  </si>
+  <si>
+    <t>MLACD</t>
+  </si>
+  <si>
+    <t>Melaleuca cardiophylla</t>
   </si>
   <si>
     <t>CLXCI</t>
   </si>
   <si>
     <t>Melaleuca citrina</t>
   </si>
   <si>
     <t>* Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16.</t>
   </si>
   <si>
+    <t>MLACR</t>
+  </si>
+  <si>
+    <t>Melaleuca crossota</t>
+  </si>
+  <si>
+    <t>* Zauza EAV, Alfenas AC, Old K, Couto MMF, Graca RN, Maffia LA (2010) Myrtaceae species resistance to rust caused by Puccinia psidii. Australasian Plant Pathology 39, 406-411
+------- Regelia ciliata</t>
+  </si>
+  <si>
     <t>MLADC</t>
   </si>
   <si>
     <t>Melaleuca decora</t>
   </si>
   <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;
+* Rayachhetry MB, Van TK, Center TD, Elliott ML (2001) Host range of Puccinia psidii, a potential biological control agent of Melaleuca quinquenervia in Florida. Biological Control 22, 38-45</t>
+  </si>
+  <si>
+    <t>MLAER</t>
+  </si>
+  <si>
+    <t>Melaleuca ericifolia</t>
+  </si>
+  <si>
+    <t>MLAFL</t>
+  </si>
+  <si>
+    <t>Melaleuca fluviatilis</t>
+  </si>
+  <si>
+    <t>MLAFO</t>
+  </si>
+  <si>
+    <t>Melaleuca formosa</t>
+  </si>
+  <si>
+    <t>MLAGB</t>
+  </si>
+  <si>
+    <t>Melaleuca gibbosa</t>
+  </si>
+  <si>
+    <t>CLXSP</t>
+  </si>
+  <si>
+    <t>Melaleuca glauca</t>
+  </si>
+  <si>
+    <t>MLAHO</t>
+  </si>
+  <si>
+    <t>Melaleuca howeana</t>
+  </si>
+  <si>
+    <t>MLAHY</t>
+  </si>
+  <si>
+    <t>Melaleuca hypericifolia</t>
+  </si>
+  <si>
+    <t>* Old KM, Alfenas A, Wingfield MJ, et al (2004) Assessment of Eucalyptus rust as a pathogen of Eucalyptus spp. and other Myrtaceae and development of sensitive methods for its detection in germplasm. ACIAR Project No. FST/1996/206. Final Report.</t>
+  </si>
+  <si>
+    <t>MLATA</t>
+  </si>
+  <si>
+    <t>Melaleuca irbyana</t>
+  </si>
+  <si>
+    <t>MLAJO</t>
+  </si>
+  <si>
+    <t>Melaleuca jonesii</t>
+  </si>
+  <si>
+    <t>* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434
+------- Beaufortia schaueri</t>
+  </si>
+  <si>
     <t>MLALE</t>
   </si>
   <si>
     <t>Melaleuca leucadendra</t>
   </si>
   <si>
     <t>MLALI</t>
   </si>
   <si>
     <t>Melaleuca linariifolia</t>
   </si>
   <si>
     <t>CLXRI</t>
   </si>
   <si>
     <t>Melaleuca linearis</t>
   </si>
   <si>
+    <t>CLXSA</t>
+  </si>
+  <si>
+    <t>Melaleuca lophantha</t>
+  </si>
+  <si>
+    <t>MLAME</t>
+  </si>
+  <si>
+    <t>Melaleuca megalongensis</t>
+  </si>
+  <si>
     <t>MLANV</t>
   </si>
   <si>
     <t>Melaleuca nervosa</t>
   </si>
   <si>
     <t>MLANE</t>
   </si>
   <si>
     <t>Melaleuca nesophila</t>
   </si>
   <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;
+* Zauza EAV, Alfenas AC, Old K, Couto MMF, Graca RN, Maffia LA (2010) Myrtaceae species resistance to rust caused by Puccinia psidii. Australasian Plant Pathology 39, 406-411.</t>
+  </si>
+  <si>
+    <t>MLANO</t>
+  </si>
+  <si>
+    <t>Melaleuca nodosa</t>
+  </si>
+  <si>
     <t>MLAPA</t>
   </si>
   <si>
     <t>Melaleuca pachyphylla</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29; Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
   </si>
   <si>
+    <t>CLXPA</t>
+  </si>
+  <si>
+    <t>Melaleuca pallida</t>
+  </si>
+  <si>
+    <t>CLXSI</t>
+  </si>
+  <si>
+    <t>Melaleuca paludicola</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>MLAPO</t>
+  </si>
+  <si>
+    <t>Melaleuca polandii</t>
+  </si>
+  <si>
+    <t>MLAPU</t>
+  </si>
+  <si>
+    <t>Melaleuca pustulata</t>
+  </si>
+  <si>
     <t>CTMQU</t>
   </si>
   <si>
     <t>Melaleuca quadrifida</t>
   </si>
   <si>
     <t>* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434; 
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as Calothamnus quadrifidus</t>
   </si>
   <si>
     <t>MLAQU</t>
   </si>
   <si>
     <t>Melaleuca quinquenervia</t>
   </si>
   <si>
     <t>* Carnegie AJ, Lidbetter JR (2012) Rapidly expanding host range for Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13–29.
 * Rayachhetry MB, Elliott ML, Van TK (1997) Natural epiphytotic of the rust Puccinia psidii on Melaleuca quinquenervia in Florida. Plant Disease 81, p 831.
 * Rayachhetry MB, Van TK, Center TD, Elliott ML (2001) Host range of Puccinia psidii, a potential biological control agent of Melaleuca quinquenervia in Florida. Biological Control 22, 38–45.
-* Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.</t>
+* Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
+  </si>
+  <si>
+    <t>MLASA</t>
+  </si>
+  <si>
+    <t>Melaleuca saligna</t>
+  </si>
+  <si>
+    <t>MLASB</t>
+  </si>
+  <si>
+    <t>Melaleuca sieberi</t>
+  </si>
+  <si>
+    <t>MLASR</t>
+  </si>
+  <si>
+    <t>Melaleuca sparsa</t>
+  </si>
+  <si>
+    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434</t>
+  </si>
+  <si>
+    <t>MLASK</t>
+  </si>
+  <si>
+    <t>Melaleuca squamea</t>
+  </si>
+  <si>
+    <t>MLASQ</t>
+  </si>
+  <si>
+    <t>Melaleuca squarrosa</t>
+  </si>
+  <si>
+    <t>MLAST</t>
+  </si>
+  <si>
+    <t>Melaleuca styphelioides</t>
+  </si>
+  <si>
+    <t>MLATT</t>
+  </si>
+  <si>
+    <t>Melaleuca tortifolia</t>
+  </si>
+  <si>
+    <t>MLAVE</t>
+  </si>
+  <si>
+    <t>Melaleuca velutina</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Regelia velutina</t>
   </si>
   <si>
     <t>CLXVI</t>
   </si>
   <si>
     <t>Melaleuca viminalis</t>
   </si>
   <si>
     <t xml:space="preserve">* Alfenas AC, Zauza EAV, Assis TF (2003) First record of Puccinia psidii on Eucalyptus globulus and E. viminalis in Brazil. Australasian Plant Pathology 32, 325–326.
 ------- In the region of Guaiba (Rio Grande do Sul, BR).
 * Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
 ------- Confirmed host.
 </t>
   </si>
   <si>
+    <t>MLAVR</t>
+  </si>
+  <si>
+    <t>Melaleuca virens</t>
+  </si>
+  <si>
     <t>MLAVI</t>
   </si>
   <si>
     <t>Melaleuca viridiflora</t>
   </si>
   <si>
-    <t>1MTDG</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Metrosideros brevistylis, Metrosideros elegans, Metrosideros laurifolia, Metrosideros nitida, Metrosideros operculata, Metrosideros operculata var. francii, Metrosideros operculata var. operculata, Metrosideros punctata
-</t>
-[...1 lines deleted...]
-  <si>
     <t>MTDBA</t>
   </si>
   <si>
     <t>Metrosideros bartlettii</t>
   </si>
   <si>
     <t>* Toome-Heller M, Ho WWH, Ganley RJ, Elliott CEA, Quinn B, Pearson HG, Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology 49(3), 221-230</t>
   </si>
   <si>
+    <t>MTDBR</t>
+  </si>
+  <si>
+    <t>Metrosideros brevistylis</t>
+  </si>
+  <si>
+    <t>MTDCA</t>
+  </si>
+  <si>
+    <t>Metrosideros carminea</t>
+  </si>
+  <si>
     <t>MTDCO</t>
   </si>
   <si>
     <t>Metrosideros collina</t>
   </si>
   <si>
+    <t>* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
+------- confirmed host
+* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021 https://doi.org/10.1111/ppa.12173
+------- as M. collina and M. collina var. villosa
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- M. collina var. villosa</t>
+  </si>
+  <si>
     <t>MTDDI</t>
   </si>
   <si>
     <t>Metrosideros diffusa</t>
   </si>
   <si>
     <t>MTDEL</t>
   </si>
   <si>
     <t>Metrosideros elegans</t>
   </si>
   <si>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
+  </si>
+  <si>
     <t>MTDEX</t>
   </si>
   <si>
     <t>Metrosideros excelsa</t>
   </si>
   <si>
     <t>* Ho WH, Baskarathevan J, Griffin RL, Quinn BD, Alexander BJR, Havell D, Ward NA, Pathan AK (2019) First report of myrtle rust caused by Austropuccinia psidii on Metrosideros kermadecensis on Raoul Island and on M. excelsa in Kerikeri, New Zealand. Plant Disease 103(8), p 2128.
-* Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.</t>
+* Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.
+* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29.</t>
   </si>
   <si>
     <t>MTDFU</t>
   </si>
   <si>
     <t>Metrosideros fulgens</t>
   </si>
   <si>
     <t>MTDHY</t>
   </si>
   <si>
     <t>Metrosideros hybrids</t>
   </si>
   <si>
     <t>* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
 * Soewarto J, Giblin F, Carnegie AJ (2019) Austropuccinia psidii (myrtle rust) global host list. Version 2. Australian Network for Plant Conservation, Canberra, ACT. http://www.anpc.asn.au/myrtle-rust</t>
   </si>
   <si>
     <t>MTDKE</t>
   </si>
   <si>
     <t>Metrosideros kermadecensis</t>
   </si>
   <si>
-    <t>* Ho WH, Baskarathevan J, Griffin RL, Quinn BD, Alexander BJR, Havell D, Ward NA, Pathan AK (2019) First report of myrtle rust caused by Austropuccinia psidii on Metrosideros kermadecensis on Raoul Island and on M. excelsa in Kerikeri, New Zealand. Plant Disease 103(8), p 2128.</t>
+    <t>* Ho WH, Baskarathevan J, Griffin RL, Quinn BD, Alexander BJR, Havell D, Ward NA, Pathan AK (2019) First report of myrtle rust caused by Austropuccinia psidii on Metrosideros kermadecensis on Raoul Island and on M. excelsa in Kerikeri, New Zealand. Plant Disease 103(8), p 2128.
+* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29.</t>
   </si>
   <si>
     <t>MTDLA</t>
   </si>
   <si>
     <t>Metrosideros laurifolia</t>
   </si>
   <si>
+    <t>MTDNE</t>
+  </si>
+  <si>
+    <t>Metrosideros nervulosa</t>
+  </si>
+  <si>
     <t>MTDNI</t>
   </si>
   <si>
     <t>Metrosideros nitida</t>
   </si>
   <si>
     <t>MTDOP</t>
   </si>
   <si>
     <t>Metrosideros operculata</t>
   </si>
   <si>
     <t>MTDOF</t>
   </si>
   <si>
     <t>Metrosideros operculata var. francii</t>
   </si>
   <si>
     <t>MTDOO</t>
   </si>
   <si>
     <t>Metrosideros operculata var. operculata</t>
   </si>
   <si>
     <t>MTDPE</t>
   </si>
   <si>
     <t>Metrosideros perforata</t>
   </si>
   <si>
     <t>MTDPO</t>
   </si>
   <si>
     <t>Metrosideros polymorpha</t>
   </si>
   <si>
-    <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29</t>
-[...1 lines deleted...]
-  <si>
     <t>MTDPU</t>
   </si>
   <si>
     <t>Metrosideros punctata</t>
   </si>
   <si>
     <t>MTDRO</t>
   </si>
   <si>
     <t>Metrosideros robusta</t>
   </si>
   <si>
+    <t>MTDSC</t>
+  </si>
+  <si>
+    <t>Metrosideros sclerocarpa</t>
+  </si>
+  <si>
     <t>MTDVI</t>
   </si>
   <si>
     <t>Metrosideros vitiensis</t>
   </si>
   <si>
     <t>MJIBI</t>
   </si>
   <si>
     <t>Mitrantia bilocularis</t>
   </si>
   <si>
     <t>MYQFR</t>
   </si>
   <si>
     <t>Myrcianthes fragrans</t>
   </si>
   <si>
+    <t>* Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16.
+* Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16</t>
+  </si>
+  <si>
     <t>EUEPU</t>
   </si>
   <si>
     <t>Myrcianthes pungens</t>
   </si>
   <si>
-    <t>* Bernardi C, Rey MS, Junior AW, Rosa VD, Stefeni AR, Garay IA, Lima NB (2023) First report of myrtle rust caused by Austropuccinia psidii on Myrcianthes pungens (O. Berg) D. Legrand in Paraná state, Brazil. Plant Disease (early view). https://doi.org/10.1094/PDIS-03-23-0591-PDN</t>
+    <t>* Bernardi C, Rey MS, Junior AW, Rosa VD, Stefeni AR, Garay IA, Lima NB (2023) First report of myrtle rust caused by Austropuccinia psidii on Myrcianthes pungens (O. Berg) D. Legrand in Paraná state, Brazil. Plant Disease (early view). https://doi.org/10.1094/PDIS-03-23-0591-PDN
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>MRXSP</t>
+  </si>
+  <si>
+    <t>Myrcia splendens</t>
+  </si>
+  <si>
+    <t>MRXSN</t>
+  </si>
+  <si>
+    <t>Myrcia stenocarpa</t>
+  </si>
+  <si>
+    <t>MRXXY</t>
+  </si>
+  <si>
+    <t>Myrcia xylopioides</t>
   </si>
   <si>
     <t>MHWAO</t>
   </si>
   <si>
     <t>Myrrhinium atropurpureum var. octandrum</t>
   </si>
   <si>
     <t>MUWRU</t>
   </si>
   <si>
     <t>Myrtastrum rufopunctatum</t>
   </si>
   <si>
     <t>MYVCO</t>
   </si>
   <si>
     <t>Myrtus communis</t>
   </si>
   <si>
     <t>* Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16.
 * Paap T, Santini A, Rodas CA, Granados GM, Pecori F, Wingfield MJ (2023) Myrtus communis in Europe threatened by the pandemic and South African strains of the myrtle rust pathogen Austropuccinia psidii (Sphaerophragmiaceae, Pucciniales). NeoBiota 84, 41-46. https://doi.org/10.3897/neobiota.84.95823
 * Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
 ------- Confirmed host.
 * Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.</t>
   </si>
   <si>
     <t>NFBMY</t>
   </si>
   <si>
     <t>Neofabricia myrtifolia</t>
   </si>
   <si>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173</t>
+  </si>
+  <si>
     <t>OBNOC</t>
   </si>
   <si>
     <t>Osbornia octodonta</t>
+  </si>
+  <si>
+    <t>* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173</t>
+  </si>
+  <si>
+    <t>PVKEL</t>
+  </si>
+  <si>
+    <t>Pericalymma ellipticum</t>
   </si>
   <si>
     <t>QGMGL</t>
   </si>
   <si>
     <t>Pilidiostigma glabrum</t>
   </si>
   <si>
     <t>QGMRH</t>
   </si>
   <si>
     <t>Pilidiostigma rhytispermum</t>
   </si>
   <si>
     <t>QGMTE</t>
   </si>
   <si>
     <t>Pilidiostigma tetramerum</t>
   </si>
   <si>
     <t>PMTDI</t>
   </si>
   <si>
     <t>Pimenta dioica</t>
   </si>
@@ -1067,50 +2654,62 @@
   </si>
   <si>
     <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
 ------- As Pimenta acris.</t>
   </si>
   <si>
     <t>MYCCA</t>
   </si>
   <si>
     <t>Plinia cauliflora</t>
   </si>
   <si>
     <t xml:space="preserve">* Graça RN, Ross-Davis AL, Klopfenstein NB, Kim MS, Peever TL, Cannon PG, Aun CP, Mizubuti ESG, Alfenas AC (2013) Rust disease of eucalypts, caused by Puccinia psidii, did not originate via host jump from guava in Brazil. Molecular Ecology. 22 (24), 6033-6047. </t>
   </si>
   <si>
     <t>MRLED</t>
   </si>
   <si>
     <t>Plinia edulis</t>
   </si>
   <si>
     <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
 ------- As Marlierea edulis.</t>
   </si>
   <si>
+    <t>PSICA</t>
+  </si>
+  <si>
+    <t>Psidium cattleyanum</t>
+  </si>
+  <si>
+    <t>PSIGR</t>
+  </si>
+  <si>
+    <t>Psidium grandifolium</t>
+  </si>
+  <si>
     <t>PSIGU</t>
   </si>
   <si>
     <t>Psidium guajava</t>
   </si>
   <si>
     <t>PSIGN</t>
   </si>
   <si>
     <t>Psidium guineense</t>
   </si>
   <si>
     <t>RHVAC</t>
   </si>
   <si>
     <t>Rhodamnia acuminata</t>
   </si>
   <si>
     <t>RHVAN</t>
   </si>
   <si>
     <t>Rhodamnia angustifolia</t>
   </si>
   <si>
     <t>RHVAR</t>
@@ -1167,97 +2766,109 @@
     <t>Rhodamnia longisepala</t>
   </si>
   <si>
     <t>* Soewarto J, Giblin F, Carnegie AJ (2019) Austropuccinia psidii (myrtle rust) global host list. Version 2. Australian Network for Plant Conservation, Canberra, ACT. http://www.anpc.asn.au/myrtle-rust</t>
   </si>
   <si>
     <t>RHVMA</t>
   </si>
   <si>
     <t>Rhodamnia maideniana</t>
   </si>
   <si>
     <t>RHVPA</t>
   </si>
   <si>
     <t>Rhodamnia pauciovulata</t>
   </si>
   <si>
     <t>RHVRU</t>
   </si>
   <si>
     <t>Rhodamnia rubescens</t>
   </si>
   <si>
     <t>* Winzer LF, Carnegie AJ, Pegg GS, Leishman MR (2017) Impacts of the invasive fungus Austropuccinia psidii (myrtle rust) on three Australian Myrtaceae species of coastal swamp woodland. Austral Ecology 43(1), 56-68.
--------highly susceptible.</t>
+-------highly susceptible.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>RHVSE</t>
   </si>
   <si>
     <t>Rhodamnia sessiliflora</t>
   </si>
   <si>
     <t>RHVWH</t>
   </si>
   <si>
     <t>Rhodamnia whiteana</t>
   </si>
   <si>
     <t>RHDEF</t>
   </si>
   <si>
     <t>Rhodomyrtus effusa</t>
   </si>
   <si>
     <t>RHDMA</t>
   </si>
   <si>
     <t>Rhodomyrtus macrocarpa</t>
   </si>
   <si>
     <t>RHDPE</t>
   </si>
   <si>
     <t>Rhodomyrtus pervagata</t>
   </si>
   <si>
     <t>RHDPS</t>
   </si>
   <si>
     <t>Rhodomyrtus psidioides</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
   </si>
   <si>
     <t>RHDSE</t>
   </si>
   <si>
     <t>Rhodomyrtus sericea</t>
+  </si>
+  <si>
+    <t>RHDTO</t>
+  </si>
+  <si>
+    <t>Rhodomyrtus tomentosa</t>
+  </si>
+  <si>
+    <t>* Liu F, Liu Q, Li G (2024) Myrtle rust, a serious threat to horticultural plant Rhodomyrtus tomentosa (Myrtaceae) in southern China. Physiological and Molecular Plant Pathology 130, 102243. https://doi.org/10.1016/j.pmpp.2024.102243
+* Rayamajhi MB, Pratt PD, Klopfenstein NB, Ross-Davis AL, Rodgers L (2013) First report of Puccinia psidii caused rust disease epiphytotic on the invasive shrub Rhodomyrtus tomentosa in Florida. Plant Disease 97(10), 1379-1380.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>RHDTR</t>
   </si>
   <si>
     <t>Rhodomyrtus trineura</t>
   </si>
   <si>
     <t>RHDTP</t>
   </si>
   <si>
     <t>Rhodomyrtus trineura subsp. capensis</t>
   </si>
   <si>
     <t>RHDTC</t>
   </si>
   <si>
     <t>Rhodomyrtus trineura var. canescens</t>
   </si>
   <si>
     <t>RISPA</t>
   </si>
   <si>
     <t>Ristantia pachysperma</t>
   </si>
@@ -1282,319 +2893,410 @@
   <si>
     <t>SFRDI</t>
   </si>
   <si>
     <t>Sphaerantia discolor</t>
   </si>
   <si>
     <t>SOWQU</t>
   </si>
   <si>
     <t>Stockwellia quadrifida</t>
   </si>
   <si>
     <t>SRBGL</t>
   </si>
   <si>
     <t>Syncarpia glomulifera</t>
   </si>
   <si>
     <t xml:space="preserve">* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035"
 </t>
   </si>
   <si>
+    <t>SRBHI</t>
+  </si>
+  <si>
+    <t>Syncarpia hillii</t>
+  </si>
+  <si>
     <t>1SYZG</t>
   </si>
   <si>
     <t>Syzygium</t>
   </si>
   <si>
     <t>SYZAE</t>
   </si>
   <si>
     <t>Syzygium acre</t>
   </si>
   <si>
     <t>SYZAT</t>
   </si>
   <si>
     <t>Syzygium alatoramulum</t>
   </si>
   <si>
     <t>SYZAG</t>
   </si>
   <si>
     <t>Syzygium angophoroides</t>
   </si>
   <si>
     <t>SYZAI</t>
   </si>
   <si>
     <t>Syzygium anisatum</t>
   </si>
   <si>
+    <t>* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
     <t>SYZAP</t>
   </si>
   <si>
     <t>Syzygium apodophyllum</t>
   </si>
   <si>
     <t>SYZAQ</t>
   </si>
   <si>
     <t>Syzygium aqueum</t>
   </si>
   <si>
     <t>SYZAY</t>
   </si>
   <si>
     <t>Syzygium argyropedicum</t>
   </si>
   <si>
     <t>SYZAO</t>
   </si>
   <si>
     <t>Syzygium armstrongii</t>
   </si>
   <si>
     <t>SYZAU</t>
   </si>
   <si>
     <t>Syzygium australe</t>
   </si>
   <si>
     <t>SYZBM</t>
   </si>
   <si>
     <t>Syzygium bamagense</t>
   </si>
   <si>
     <t>SYZBK</t>
   </si>
   <si>
     <t>Syzygium banksii</t>
   </si>
   <si>
     <t>SYZBD</t>
   </si>
   <si>
     <t>Syzygium baudouinii</t>
   </si>
   <si>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
+  </si>
+  <si>
     <t>SYZBJ</t>
   </si>
   <si>
     <t>Syzygium boonjee</t>
   </si>
   <si>
     <t>SYZBG</t>
   </si>
   <si>
     <t>Syzygium brongniartii</t>
   </si>
   <si>
+    <t>SYZBT</t>
+  </si>
+  <si>
+    <t>Syzygium buettnerianum</t>
+  </si>
+  <si>
     <t>SYZBV</t>
   </si>
   <si>
     <t>Syzygium bungadinnia</t>
   </si>
   <si>
     <t>SYZBU</t>
   </si>
   <si>
     <t>Syzygium buxifolium</t>
   </si>
   <si>
     <t>* Ruffner B, Beenken L, Kupper Q, Mittelstrass J, Schuler P, Stewart JE, Caballero JI, Winiger R, Prospero S (2024) First report of Austropuccinia psidii on Syzygium buxifolium grown as indoor bonsai in Europe. New Disease Reports. 50 (2), e70011. https://doi.org/10.1002/ndr2.70011</t>
   </si>
   <si>
     <t>SYZCX</t>
   </si>
   <si>
     <t>Syzygium canicortex</t>
   </si>
   <si>
+    <t>SYZCL</t>
+  </si>
+  <si>
+    <t>Syzygium claviflorum</t>
+  </si>
+  <si>
+    <t>SYZME</t>
+  </si>
+  <si>
+    <t>Syzygium coarctatum</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
     <t>SYZCD</t>
   </si>
   <si>
     <t>Syzygium cordatum</t>
   </si>
   <si>
+    <t>* Roux J, Granados GM, Shuey L, Barnes I, Wingfield MJ, McTaggart AR (2016) A unique genotype of the rust pathogen, Puccinia psidii, on Myrtaceae in South Africa. Australasian Plant Pathology 45 (6), 645-652.</t>
+  </si>
+  <si>
     <t>SYZCM</t>
   </si>
   <si>
     <t>Syzygium cormiflorum</t>
   </si>
   <si>
     <t>SYZCN</t>
   </si>
   <si>
     <t>Syzygium corynanthum</t>
   </si>
   <si>
     <t>* Winzer LF, Carnegie AJ, Pegg GS, Leishman MR (2017) Impacts of the invasive fungus Austropuccinia psidii (myrtle rust) on three Australian Myrtaceae species of coastal swamp woodland. Austral Ecology 43(1), 56-68.
--------relatively tolerant.</t>
+-------relatively tolerant.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>SYZCB</t>
   </si>
   <si>
     <t>Syzygium crebrinerve</t>
   </si>
   <si>
+    <t>* Soewarto J, Giblin F, Carnegie AJ (2019) Austropuccinia psidii (myrtle rust) global host list. Version 2. Australian Network for Plant Conservation, Canberra, ACT. http://www.anpc.asn.au/myrtle-rust
+* Soewarto J, Giblin F, Carnegie AJ (2019) Austropuccinia psidii (myrtle rust) global host list. Version 2. Australian Network for Plant Conservation, Canberra, ACT. http://www.anpc.asn.au/myrtle-rust</t>
+  </si>
+  <si>
     <t>SYZCU</t>
   </si>
   <si>
     <t>Syzygium cumini</t>
   </si>
   <si>
-    <t xml:space="preserve">* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
+    <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
 ------- As Eugenia jambolana.
 * Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16.
-* Graça RN, Ross-Davis AL, Klopfenstein NB, Kim MS, Peever TL, Cannon PG, Aun CP, Mizubuti ESG, Alfenas AC (2013) Rust disease of eucalypts, caused by Puccinia psidii, did not originate via host jump from guava in Brazil. Molecular Ecology. 22 (24), 6033-6047. </t>
+* Graça RN, Ross-Davis AL, Klopfenstein NB, Kim MS, Peever TL, Cannon PG, Aun CP, Mizubuti ESG, Alfenas AC (2013) Rust disease of eucalypts, caused by Puccinia psidii, did not originate via host jump from guava in Brazil. Molecular Ecology. 22 (24), 6033-6047. 
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>SYZDA</t>
   </si>
   <si>
     <t>Syzygium dansiei</t>
   </si>
   <si>
     <t>SYZEN</t>
   </si>
   <si>
     <t>Syzygium endophloium</t>
   </si>
   <si>
     <t>SYZER</t>
   </si>
   <si>
     <t>Syzygium erythrocalyx</t>
   </si>
   <si>
     <t>SYZEY</t>
   </si>
   <si>
     <t>Syzygium erythrodoxum</t>
   </si>
   <si>
     <t>SYZEC</t>
   </si>
   <si>
     <t>Syzygium eucalyptoides</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
-* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- as Syzygium eucalyptoides subsp. eucalyptoides</t>
   </si>
   <si>
     <t>SYZEU</t>
   </si>
   <si>
     <t>Syzygium eugenioides</t>
   </si>
   <si>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
+    <t>SYZFB</t>
+  </si>
+  <si>
+    <t>Syzygium fibrosum</t>
+  </si>
+  <si>
     <t>WTHFL</t>
   </si>
   <si>
     <t>Syzygium floribundum</t>
   </si>
   <si>
     <t>SYZFO</t>
   </si>
   <si>
     <t>Syzygium forte</t>
   </si>
   <si>
+    <t>* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- S. forte subsp. forte and subsp. potamophilum</t>
+  </si>
+  <si>
+    <t>SYZFN</t>
+  </si>
+  <si>
+    <t>Syzygium francisii</t>
+  </si>
+  <si>
     <t>SYZFT</t>
   </si>
   <si>
     <t>Syzygium frutescens</t>
   </si>
   <si>
+    <t>SYZFU</t>
+  </si>
+  <si>
+    <t>Syzygium fullagarii</t>
+  </si>
+  <si>
     <t>SYZGN</t>
   </si>
   <si>
     <t>Syzygium glenum</t>
   </si>
   <si>
+    <t>SYZGP</t>
+  </si>
+  <si>
+    <t>Syzygium gracilipes</t>
+  </si>
+  <si>
     <t>SYZGR</t>
   </si>
   <si>
     <t>Syzygium grande</t>
+  </si>
+  <si>
+    <t>SYZGV</t>
+  </si>
+  <si>
+    <t>Syzygium graveolens</t>
   </si>
   <si>
     <t>SYZHD</t>
   </si>
   <si>
     <t>Syzygium hedraiophyllum</t>
   </si>
   <si>
     <t>SYZHE</t>
   </si>
   <si>
     <t>Syzygium hemilamprum</t>
   </si>
   <si>
     <t>SYZHK</t>
   </si>
   <si>
     <t>Syzygium hodgkinsoniae</t>
   </si>
   <si>
     <t>SYZHY</t>
   </si>
   <si>
     <t>Syzygium hybrids</t>
   </si>
   <si>
     <t>* Soewarto J, Giblin F, Carnegie AJ (2019) Austropuccinia psidii (myrtle rust) global host list. Version 2. Australian Network for Plant Conservation, Canberra, ACT. http://www.anpc.asn.au/myrtle-rust
 * Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- Syzygium wilsonii x S. luehmannii</t>
   </si>
   <si>
     <t>SYZIG</t>
   </si>
   <si>
     <t>Syzygium ingens</t>
   </si>
   <si>
     <t>SYZJA</t>
   </si>
   <si>
     <t>Syzygium jambos</t>
   </si>
   <si>
     <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
 * Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16.
 * Graça RN, Ross-Davis AL, Klopfenstein NB, Kim MS, Peever TL, Cannon PG, Aun CP, Mizubuti ESG, Alfenas AC (2013) Rust disease of eucalypts, caused by Puccinia psidii, did not originate via host jump from guava in Brazil. Molecular Ecology. 22 (24), 6033-6047. 
 * Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
-------- Confirmed host.</t>
+------- Confirmed host.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>SYZKU</t>
   </si>
   <si>
     <t>Syzygium kuranda</t>
   </si>
   <si>
     <t>SYZLG</t>
   </si>
   <si>
     <t>Syzygium legatii</t>
   </si>
   <si>
     <t>SYZLF</t>
   </si>
   <si>
     <t>Syzygium longifolium</t>
   </si>
   <si>
     <t>SYZLU</t>
   </si>
   <si>
     <t>Syzygium luehmannii</t>
   </si>
@@ -1602,245 +3304,277 @@
     <t>SYZMW</t>
   </si>
   <si>
     <t>Syzygium macilwraithianum</t>
   </si>
   <si>
     <t>SYZMT</t>
   </si>
   <si>
     <t>Syzygium macranthum</t>
   </si>
   <si>
     <t>SYZMR</t>
   </si>
   <si>
     <t>Syzygium maire</t>
   </si>
   <si>
     <t>SYZMA</t>
   </si>
   <si>
     <t>Syzygium malaccense</t>
   </si>
   <si>
     <t>* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
-* Lira VL, Santos ACS, Tiago PV, Oliveira NT, Moura RM (2019) [Hyperparasitism of Fusarium spp. in Austropuccinia psidii in 'Jambo-do-Pará']. Summa Phytopathologica 45(2), 204-206 (in Portuguese).</t>
+* Lira VL, Santos ACS, Tiago PV, Oliveira NT, Moura RM (2019) [Hyperparasitism of Fusarium spp. in Austropuccinia psidii in 'Jambo-do-Pará']. Summa Phytopathologica 45(2), 204-206 (in Portuguese).
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>SYZMC</t>
   </si>
   <si>
     <t>Syzygium maraca</t>
   </si>
   <si>
     <t>SYZMF</t>
   </si>
   <si>
     <t>Syzygium minutiflorum</t>
   </si>
   <si>
     <t>SYZOO</t>
   </si>
   <si>
     <t>Syzygium moorei</t>
   </si>
   <si>
     <t>SYZMO</t>
   </si>
   <si>
     <t>Syzygium mouanum</t>
   </si>
   <si>
+    <t>SYZML</t>
+  </si>
+  <si>
+    <t>Syzygium mulgraveanum</t>
+  </si>
+  <si>
     <t>SYZMY</t>
   </si>
   <si>
     <t>Syzygium myrtifolium</t>
   </si>
   <si>
+    <t>* Faradilla FA, Prihatini I (2021) The presence of Austropuccinia psidii and the threat to Myrtaceae plantations in Indonesia. In IOP Conference Series: Earth and Environmental Science 886(1), 012099. IOP Publishing.</t>
+  </si>
+  <si>
     <t>SYZND</t>
   </si>
   <si>
     <t>Syzygium neoeugenioides</t>
   </si>
   <si>
     <t>SYZNE</t>
   </si>
   <si>
     <t>Syzygium nervosum</t>
   </si>
   <si>
     <t>SYZNG</t>
   </si>
   <si>
     <t>Syzygium ngoyense</t>
   </si>
   <si>
     <t>SYZOL</t>
   </si>
   <si>
     <t>Syzygium oleosum</t>
   </si>
   <si>
     <t>SYZPN</t>
   </si>
   <si>
     <t>Syzygium pancheri</t>
   </si>
   <si>
     <t>SYZPA</t>
   </si>
   <si>
     <t>Syzygium paniculatum</t>
   </si>
   <si>
     <t>SYZPO</t>
   </si>
   <si>
     <t>Syzygium polyanthum</t>
   </si>
   <si>
+    <t>* Faradilla FA, Prihatini I (2021) The presence of Austropuccinia psidii and the threat to Myrtaceae plantations in Indonesia. In IOP Conference Series: Earth and Environmental Science 886(1), 012099. IOP Publishing.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
+  </si>
+  <si>
     <t>SYZPF</t>
   </si>
   <si>
     <t>Syzygium pseudofastigiatum</t>
   </si>
   <si>
     <t>SYZPU</t>
   </si>
   <si>
     <t>Syzygium puberulum</t>
   </si>
   <si>
+    <t>SYZRE</t>
+  </si>
+  <si>
+    <t>Syzygium resa</t>
+  </si>
+  <si>
     <t>SYZRB</t>
   </si>
   <si>
     <t>Syzygium rubrimolle</t>
   </si>
   <si>
     <t>SYZSA</t>
   </si>
   <si>
     <t>Syzygium samarangense</t>
   </si>
   <si>
     <t>* Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.</t>
   </si>
   <si>
     <t>SYZSW</t>
   </si>
   <si>
     <t>Syzygium sandwicense</t>
   </si>
   <si>
     <t>EUESM</t>
   </si>
   <si>
     <t>Syzygium smithii</t>
   </si>
   <si>
     <t>* Winzer LF, Carnegie AJ, Pegg GS, Leishman MR (2017) Impacts of the invasive fungus Austropuccinia psidii (myrtle rust) on three Australian Myrtaceae species of coastal swamp woodland. Austral Ecology 43(1), 56-68.
-------- as Acmena smithii, moderate susceptibility.</t>
+------- as Acmena smithii, moderate susceptibility.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>SYZSB</t>
   </si>
   <si>
     <t>Syzygium suborbiculare</t>
   </si>
   <si>
     <t>SYZTI</t>
   </si>
   <si>
     <t>Syzygium tierneyanum</t>
   </si>
   <si>
+    <t>SYZUN</t>
+  </si>
+  <si>
+    <t>Syzygium unipunctatum</t>
+  </si>
+  <si>
     <t>SYZVL</t>
   </si>
   <si>
     <t>Syzygium velarum</t>
   </si>
   <si>
     <t>SYZWA</t>
   </si>
   <si>
     <t>Syzygium wagapense</t>
   </si>
   <si>
     <t>SYZWI</t>
   </si>
   <si>
     <t>Syzygium wilsonii</t>
   </si>
   <si>
     <t>SYZWC</t>
   </si>
   <si>
     <t>Syzygium wilsonii subsp. cryptophlebium</t>
   </si>
   <si>
     <t>SYZXE</t>
   </si>
   <si>
     <t>Syzygium xerampelinum</t>
   </si>
   <si>
     <t>TVLQU</t>
   </si>
   <si>
     <t>Thaleropia queenslandica</t>
   </si>
   <si>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Makinson RO (2018) Myrtle rust reviewed: the impacts of the invasive pathogen Austropuccinia psidii on the Australian environment. Plant Biosecurity Cooperative Research Centre, Canberra</t>
+  </si>
+  <si>
+    <t>TYTAU</t>
+  </si>
+  <si>
+    <t>Thryptomene australis</t>
+  </si>
+  <si>
     <t>TYTCA</t>
   </si>
   <si>
     <t>Thryptomene calycina</t>
   </si>
   <si>
     <t>TYTSA</t>
   </si>
   <si>
     <t>Thryptomene saxicola</t>
   </si>
   <si>
+    <t>TNZNO</t>
+  </si>
+  <si>
+    <t>Triplarina nowraensis</t>
+  </si>
+  <si>
     <t>TRYNE</t>
   </si>
   <si>
     <t>Tristania neriifolia</t>
   </si>
   <si>
-    <t>1TIIG</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Tristaniopsis calobuxus, Tristaniopsis glauca, Tristaniopsis guillainii, Tristaniopsis polyandra, Tristaniopsis reticulata
-</t>
-[...1 lines deleted...]
-  <si>
     <t>TIICA</t>
   </si>
   <si>
     <t>Tristaniopsis callobuxus</t>
   </si>
   <si>
     <t>TIICO</t>
   </si>
   <si>
     <t>Tristaniopsis collina</t>
   </si>
   <si>
     <t>TIIEX</t>
   </si>
   <si>
     <t>Tristaniopsis exiliflora</t>
   </si>
   <si>
     <t>TIIGL</t>
   </si>
   <si>
     <t>Tristaniopsis glauca</t>
   </si>
   <si>
     <t>TIIGU</t>
@@ -1881,95 +3615,116 @@
   <si>
     <t>URMEM</t>
   </si>
   <si>
     <t>Uromyrtus emarginata</t>
   </si>
   <si>
     <t>URMLA</t>
   </si>
   <si>
     <t>Uromyrtus lamingtonensis</t>
   </si>
   <si>
     <t>URMME</t>
   </si>
   <si>
     <t>Uromyrtus metrosideros</t>
   </si>
   <si>
     <t>URMTE</t>
   </si>
   <si>
     <t>Uromyrtus tenella</t>
   </si>
   <si>
+    <t>VTKCH</t>
+  </si>
+  <si>
+    <t>Verticordia chrysantha</t>
+  </si>
+  <si>
+    <t>VTKPL</t>
+  </si>
+  <si>
+    <t>Verticordia plumosa</t>
+  </si>
+  <si>
     <t>XAHAU</t>
   </si>
   <si>
     <t>Xanthostemon aurantiacus</t>
   </si>
   <si>
     <t>XAHCH</t>
   </si>
   <si>
     <t>Xanthostemon chrysanthus</t>
   </si>
   <si>
     <t>XAHFO</t>
   </si>
   <si>
     <t>Xanthostemon formosus</t>
   </si>
   <si>
     <t>XAHFR</t>
   </si>
   <si>
     <t>Xanthostemon fruticosus</t>
   </si>
   <si>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Pegg GS, Carnegie AJ, Giblin FR, Perry S (2018) Managing myrtle rust in Australia CRC2063 Final Report</t>
+  </si>
+  <si>
+    <t>XAHGR</t>
+  </si>
+  <si>
+    <t>Xanthostemon graniticus</t>
+  </si>
+  <si>
     <t>XAHLA</t>
   </si>
   <si>
     <t>Xanthostemon laurinus</t>
   </si>
   <si>
     <t>XAHOP</t>
   </si>
   <si>
     <t>Xanthostemon oppositifolius</t>
   </si>
   <si>
     <t>XAHSS</t>
   </si>
   <si>
     <t>Xanthostemon sp.</t>
   </si>
   <si>
-    <t xml:space="preserve">* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Xanthostemon aurantiacus, Xanthostemon laurinus, Xanthostemon sp. , Xanthostemon vieillardii
-</t>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
+------- Xanthostemon sp.</t>
   </si>
   <si>
     <t>XAHVI</t>
   </si>
   <si>
     <t>Xanthostemon vieillardii</t>
   </si>
   <si>
     <t>XAHYO</t>
   </si>
   <si>
     <t>Xanthostemon youngii</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2285,3842 +4040,7118 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D270"/>
+  <dimension ref="A1:D504"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="530.728" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" t="s">
         <v>21</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
         <v>24</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
         <v>27</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B21" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B26" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C27" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="D27" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="D28" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D29" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C30" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B31" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D31" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B32" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D32" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D33" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B34" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D34" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B35" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C35" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="D35" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C36" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D36" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B37" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C37" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D37" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B38" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C38" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D38" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B39" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D39" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B40" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C40" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D40" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B41" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C41" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D41" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B42" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C42" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D42" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B43" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C43" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="D43" t="s">
-        <v>111</v>
+        <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B44" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C44" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D44" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B45" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C45" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D45" t="s">
-        <v>74</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B46" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C46" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D46" t="s">
-        <v>98</v>
+        <v>123</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C47" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="D47" t="s">
-        <v>20</v>
+        <v>126</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B48" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="C48" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="D48" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D49" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D50" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B51" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C51" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="D51" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B52" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C52" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D52" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B53" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C53" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D53" t="s">
-        <v>74</v>
+        <v>142</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B54" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="C54" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="D54" t="s">
-        <v>74</v>
+        <v>145</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="C55" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D55" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B56" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="C56" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="D56" t="s">
-        <v>114</v>
+        <v>134</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B57" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C57" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="D57" t="s">
-        <v>74</v>
+        <v>152</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B58" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="C58" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="D58" t="s">
-        <v>74</v>
+        <v>155</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B59" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="C59" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="D59" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B60" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="C60" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="D60" t="s">
-        <v>74</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B61" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C61" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="D61" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C62" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="D62" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B63" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="C63" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="D63" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B64" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="C64" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="D64" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B65" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="C65" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="D65" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B66" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="C66" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="D66" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B67" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="C67" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="D67" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B68" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="C68" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="D68" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B69" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C69" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B70" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C70" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="D70" t="s">
-        <v>176</v>
+        <v>87</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B71" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C71" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="D71" t="s">
-        <v>179</v>
+        <v>87</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B72" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C72" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D72" t="s">
-        <v>129</v>
+        <v>87</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B73" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C73" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D73" t="s">
-        <v>184</v>
+        <v>87</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B74" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C74" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>168</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B75" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C75" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D75" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B76" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C76" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D76" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B77" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C77" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D77" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B78" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C78" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D78" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B79" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C79" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D79" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B80" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C80" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D80" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B81" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C81" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D81" t="s">
-        <v>129</v>
+        <v>87</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B82" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C82" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D82" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B83" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C83" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>131</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B84" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C84" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D84" t="s">
-        <v>129</v>
+        <v>168</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B85" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C85" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D85" t="s">
-        <v>129</v>
+        <v>214</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B86" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="C86" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="D86" t="s">
-        <v>129</v>
+        <v>217</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B87" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="C87" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="D87" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B88" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C88" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D88" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B89" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="C89" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D89" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B90" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="C90" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="D90" t="s">
-        <v>220</v>
+        <v>168</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B91" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="C91" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="D91" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B92" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C92" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D92" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B93" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="C93" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="D93" t="s">
-        <v>74</v>
+        <v>168</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B94" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C94" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D94" t="s">
-        <v>31</v>
+        <v>214</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B95" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C95" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="D95" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B96" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C96" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="D96" t="s">
-        <v>20</v>
+        <v>239</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B97" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="C97" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="D97" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B98" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="C98" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="D98" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B99" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="C99" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="D99" t="s">
-        <v>241</v>
+        <v>87</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B100" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C100" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="D100" t="s">
-        <v>244</v>
+        <v>87</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B101" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="C101" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D101" t="s">
-        <v>247</v>
+        <v>87</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C102" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D102" t="s">
-        <v>20</v>
+        <v>253</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B103" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C103" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D103" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B104" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C104" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="D104" t="s">
-        <v>255</v>
+        <v>87</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B105" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C105" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D105" t="s">
-        <v>129</v>
+        <v>87</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B106" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C106" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D106" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B107" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C107" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D107" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B108" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C108" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D108" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B109" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C109" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D109" t="s">
-        <v>255</v>
+        <v>168</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B110" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C110" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D110" t="s">
-        <v>269</v>
+        <v>87</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B111" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C111" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D111" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B112" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C112" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D112" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B113" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C113" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D113" t="s">
-        <v>82</v>
+        <v>168</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B114" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C114" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D114" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B115" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C115" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D115" t="s">
-        <v>82</v>
+        <v>214</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B116" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C116" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D116" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B117" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C117" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D117" t="s">
-        <v>129</v>
+        <v>87</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B118" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C118" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D118" t="s">
-        <v>287</v>
+        <v>214</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B119" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C119" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D119" t="s">
-        <v>82</v>
+        <v>214</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B120" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C120" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D120" t="s">
-        <v>129</v>
+        <v>293</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B121" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C121" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D121" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B122" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C122" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D122" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B123" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C123" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D123" t="s">
-        <v>223</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B124" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C124" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D124" t="s">
-        <v>300</v>
+        <v>87</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B125" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C125" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D125" t="s">
-        <v>287</v>
+        <v>168</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B126" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C126" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D126" t="s">
-        <v>82</v>
+        <v>168</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B127" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C127" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D127" t="s">
-        <v>307</v>
+        <v>87</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B128" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C128" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D128" t="s">
-        <v>20</v>
+        <v>168</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B129" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C129" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D129" t="s">
-        <v>41</v>
+        <v>313</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B130" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C130" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D130" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B131" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C131" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D131" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B132" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C132" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D132" t="s">
-        <v>41</v>
+        <v>313</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B133" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C133" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D133" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B134" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C134" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D134" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B135" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C135" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D135" t="s">
-        <v>326</v>
+        <v>214</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B136" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C136" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D136" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B137" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C137" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D137" t="s">
-        <v>179</v>
+        <v>325</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B138" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C138" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D138" t="s">
-        <v>326</v>
+        <v>168</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B139" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C139" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D139" t="s">
-        <v>41</v>
+        <v>160</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B140" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C140" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D140" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B141" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C141" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D141" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B142" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C142" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D142" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B143" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C143" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D143" t="s">
-        <v>41</v>
+        <v>168</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B144" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C144" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D144" t="s">
-        <v>41</v>
+        <v>347</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B145" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C145" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D145" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B146" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C146" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D146" t="s">
-        <v>23</v>
+        <v>313</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B147" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C147" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D147" t="s">
-        <v>23</v>
+        <v>313</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B148" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C148" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D148" t="s">
-        <v>23</v>
+        <v>356</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B149" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C149" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="D149" t="s">
-        <v>356</v>
+        <v>168</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B150" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C150" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D150" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B151" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C151" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D151" t="s">
-        <v>23</v>
+        <v>168</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B152" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C152" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D152" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B153" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C153" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D153" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B154" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C154" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D154" t="s">
-        <v>356</v>
+        <v>87</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B155" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C155" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D155" t="s">
-        <v>41</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B156" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C156" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D156" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B157" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C157" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D157" t="s">
-        <v>41</v>
+        <v>214</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B158" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C158" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D158" t="s">
-        <v>376</v>
+        <v>87</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B159" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C159" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D159" t="s">
-        <v>41</v>
+        <v>313</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B160" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C160" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D160" t="s">
-        <v>287</v>
+        <v>87</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B161" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C161" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D161" t="s">
-        <v>23</v>
+        <v>168</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B162" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C162" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D162" t="s">
-        <v>287</v>
+        <v>168</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B163" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C163" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D163" t="s">
-        <v>20</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B164" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C164" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D164" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B165" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C165" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D165" t="s">
-        <v>26</v>
+        <v>325</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B166" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C166" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D166" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B167" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C167" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D167" t="s">
-        <v>41</v>
+        <v>168</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B168" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C168" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D168" t="s">
-        <v>23</v>
+        <v>325</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B169" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C169" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D169" t="s">
-        <v>399</v>
+        <v>168</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B170" t="s">
         <v>400</v>
       </c>
       <c r="C170" t="s">
         <v>401</v>
       </c>
       <c r="D170" t="s">
-        <v>26</v>
+        <v>402</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B171" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C171" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D171" t="s">
-        <v>82</v>
+        <v>405</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B172" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C172" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D172" t="s">
-        <v>287</v>
+        <v>87</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B173" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C173" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D173" t="s">
-        <v>20</v>
+        <v>214</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B174" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C174" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D174" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B175" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C175" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D175" t="s">
-        <v>41</v>
+        <v>414</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B176" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C176" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="D176" t="s">
-        <v>20</v>
+        <v>417</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B177" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="C177" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="D177" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B178" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C178" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="D178" t="s">
-        <v>41</v>
+        <v>414</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B179" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C179" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="D179" t="s">
-        <v>129</v>
+        <v>424</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B180" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C180" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="D180" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B181" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C181" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="D181" t="s">
-        <v>41</v>
+        <v>429</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B182" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="C182" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="D182" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B183" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="C183" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="D183" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B184" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C184" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="D184" t="s">
-        <v>82</v>
+        <v>436</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B185" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="C185" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="D185" t="s">
-        <v>20</v>
+        <v>439</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B186" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="C186" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="D186" t="s">
-        <v>434</v>
+        <v>87</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B187" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="C187" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="D187" t="s">
-        <v>20</v>
+        <v>414</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B188" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="C188" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="D188" t="s">
-        <v>184</v>
+        <v>110</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B189" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="C189" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="D189" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B190" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="C190" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="D190" t="s">
-        <v>443</v>
+        <v>87</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B191" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="C191" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="D191" t="s">
-        <v>356</v>
+        <v>87</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B192" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="C192" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="D192" t="s">
-        <v>448</v>
+        <v>110</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B193" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C193" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="D193" t="s">
-        <v>41</v>
+        <v>456</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B194" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="C194" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="D194" t="s">
-        <v>41</v>
+        <v>414</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B195" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="C195" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="D195" t="s">
-        <v>20</v>
+        <v>461</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B196" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="C196" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="D196" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B197" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="C197" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="D197" t="s">
-        <v>459</v>
+        <v>87</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B198" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="C198" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="D198" t="s">
-        <v>26</v>
+        <v>468</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B199" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="C199" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="D199" t="s">
-        <v>106</v>
+        <v>471</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B200" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="C200" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="D200" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B201" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="C201" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="D201" t="s">
-        <v>82</v>
+        <v>414</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B202" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="C202" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="D202" t="s">
-        <v>20</v>
+        <v>439</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B203" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="C203" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="D203" t="s">
-        <v>287</v>
+        <v>480</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B204" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="C204" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="D204" t="s">
-        <v>41</v>
+        <v>439</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B205" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="C205" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="D205" t="s">
-        <v>41</v>
+        <v>485</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B206" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="C206" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="D206" t="s">
-        <v>41</v>
+        <v>488</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B207" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="C207" t="s">
-        <v>479</v>
+        <v>490</v>
       </c>
       <c r="D207" t="s">
-        <v>480</v>
+        <v>491</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B208" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="C208" t="s">
-        <v>482</v>
+        <v>493</v>
       </c>
       <c r="D208" t="s">
-        <v>41</v>
+        <v>494</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B209" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
       <c r="C209" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
       <c r="D209" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B210" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="C210" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
       <c r="D210" t="s">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B211" t="s">
-        <v>488</v>
+        <v>501</v>
       </c>
       <c r="C211" t="s">
-        <v>489</v>
+        <v>502</v>
       </c>
       <c r="D211" t="s">
-        <v>184</v>
+        <v>87</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B212" t="s">
-        <v>490</v>
+        <v>503</v>
       </c>
       <c r="C212" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="D212" t="s">
-        <v>82</v>
+        <v>414</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B213" t="s">
-        <v>492</v>
+        <v>505</v>
       </c>
       <c r="C213" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="D213" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B214" t="s">
-        <v>494</v>
+        <v>507</v>
       </c>
       <c r="C214" t="s">
-        <v>495</v>
+        <v>508</v>
       </c>
       <c r="D214" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B215" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="C215" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="D215" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B216" t="s">
-        <v>498</v>
+        <v>511</v>
       </c>
       <c r="C216" t="s">
-        <v>499</v>
+        <v>512</v>
       </c>
       <c r="D216" t="s">
-        <v>255</v>
+        <v>87</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B217" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
       <c r="C217" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="D217" t="s">
-        <v>502</v>
+        <v>87</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B218" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
       <c r="C218" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="D218" t="s">
-        <v>376</v>
+        <v>87</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B219" t="s">
-        <v>505</v>
+        <v>517</v>
       </c>
       <c r="C219" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="D219" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B220" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="C220" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
       <c r="D220" t="s">
-        <v>376</v>
+        <v>87</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B221" t="s">
-        <v>509</v>
+        <v>521</v>
       </c>
       <c r="C221" t="s">
-        <v>510</v>
+        <v>522</v>
       </c>
       <c r="D221" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B222" t="s">
-        <v>511</v>
+        <v>523</v>
       </c>
       <c r="C222" t="s">
-        <v>512</v>
+        <v>524</v>
       </c>
       <c r="D222" t="s">
-        <v>220</v>
+        <v>87</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B223" t="s">
-        <v>513</v>
+        <v>525</v>
       </c>
       <c r="C223" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="D223" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B224" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="C224" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="D224" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B225" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="C225" t="s">
-        <v>518</v>
+        <v>530</v>
       </c>
       <c r="D225" t="s">
-        <v>82</v>
+        <v>439</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B226" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="C226" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D226" t="s">
-        <v>17</v>
+        <v>533</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B227" t="s">
-        <v>521</v>
+        <v>534</v>
       </c>
       <c r="C227" t="s">
-        <v>522</v>
+        <v>535</v>
       </c>
       <c r="D227" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B228" t="s">
-        <v>523</v>
+        <v>536</v>
       </c>
       <c r="C228" t="s">
-        <v>524</v>
+        <v>537</v>
       </c>
       <c r="D228" t="s">
-        <v>223</v>
+        <v>87</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B229" t="s">
-        <v>525</v>
+        <v>538</v>
       </c>
       <c r="C229" t="s">
-        <v>526</v>
+        <v>539</v>
       </c>
       <c r="D229" t="s">
-        <v>220</v>
+        <v>87</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B230" t="s">
-        <v>527</v>
+        <v>540</v>
       </c>
       <c r="C230" t="s">
-        <v>528</v>
+        <v>541</v>
       </c>
       <c r="D230" t="s">
-        <v>376</v>
+        <v>87</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B231" t="s">
-        <v>529</v>
+        <v>542</v>
       </c>
       <c r="C231" t="s">
-        <v>530</v>
+        <v>543</v>
       </c>
       <c r="D231" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B232" t="s">
-        <v>531</v>
+        <v>544</v>
       </c>
       <c r="C232" t="s">
-        <v>532</v>
+        <v>545</v>
       </c>
       <c r="D232" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B233" t="s">
-        <v>533</v>
+        <v>546</v>
       </c>
       <c r="C233" t="s">
-        <v>534</v>
+        <v>547</v>
       </c>
       <c r="D233" t="s">
-        <v>535</v>
+        <v>87</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B234" t="s">
-        <v>536</v>
+        <v>548</v>
       </c>
       <c r="C234" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="D234" t="s">
-        <v>287</v>
+        <v>550</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B235" t="s">
-        <v>538</v>
+        <v>551</v>
       </c>
       <c r="C235" t="s">
-        <v>539</v>
+        <v>552</v>
       </c>
       <c r="D235" t="s">
-        <v>540</v>
+        <v>87</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B236" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C236" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="D236" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B237" t="s">
-        <v>543</v>
+        <v>555</v>
       </c>
       <c r="C237" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="D237" t="s">
-        <v>31</v>
+        <v>557</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B238" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
       <c r="C238" t="s">
-        <v>546</v>
+        <v>559</v>
       </c>
       <c r="D238" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B239" t="s">
-        <v>547</v>
+        <v>560</v>
       </c>
       <c r="C239" t="s">
-        <v>548</v>
+        <v>561</v>
       </c>
       <c r="D239" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B240" t="s">
-        <v>549</v>
+        <v>562</v>
       </c>
       <c r="C240" t="s">
-        <v>550</v>
+        <v>563</v>
       </c>
       <c r="D240" t="s">
-        <v>20</v>
+        <v>564</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B241" t="s">
-        <v>551</v>
+        <v>565</v>
       </c>
       <c r="C241" t="s">
-        <v>552</v>
+        <v>566</v>
       </c>
       <c r="D241" t="s">
-        <v>41</v>
+        <v>564</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B242" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="C242" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
       <c r="D242" t="s">
-        <v>69</v>
+        <v>569</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B243" t="s">
-        <v>555</v>
+        <v>570</v>
       </c>
       <c r="C243" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="D243" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B244" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="C244" t="s">
-        <v>558</v>
+        <v>573</v>
       </c>
       <c r="D244" t="s">
-        <v>129</v>
+        <v>87</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B245" t="s">
-        <v>559</v>
+        <v>574</v>
       </c>
       <c r="C245" t="s">
-        <v>560</v>
+        <v>575</v>
       </c>
       <c r="D245" t="s">
-        <v>20</v>
+        <v>576</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B246" t="s">
-        <v>561</v>
+        <v>577</v>
       </c>
       <c r="C246" t="s">
-        <v>562</v>
+        <v>578</v>
       </c>
       <c r="D246" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B247" t="s">
-        <v>563</v>
+        <v>579</v>
       </c>
       <c r="C247" t="s">
-        <v>564</v>
+        <v>580</v>
       </c>
       <c r="D247" t="s">
-        <v>565</v>
+        <v>87</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B248" t="s">
-        <v>566</v>
+        <v>581</v>
       </c>
       <c r="C248" t="s">
-        <v>567</v>
+        <v>582</v>
       </c>
       <c r="D248" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B249" t="s">
-        <v>568</v>
+        <v>583</v>
       </c>
       <c r="C249" t="s">
-        <v>569</v>
+        <v>584</v>
       </c>
       <c r="D249" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B250" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="C250" t="s">
-        <v>571</v>
+        <v>586</v>
       </c>
       <c r="D250" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B251" t="s">
-        <v>572</v>
+        <v>587</v>
       </c>
       <c r="C251" t="s">
-        <v>573</v>
+        <v>588</v>
       </c>
       <c r="D251" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B252" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="C252" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="D252" t="s">
-        <v>82</v>
+        <v>214</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B253" t="s">
-        <v>576</v>
+        <v>591</v>
       </c>
       <c r="C253" t="s">
-        <v>577</v>
+        <v>592</v>
       </c>
       <c r="D253" t="s">
-        <v>129</v>
+        <v>87</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B254" t="s">
-        <v>578</v>
+        <v>593</v>
       </c>
       <c r="C254" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="D254" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B255" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="C255" t="s">
-        <v>581</v>
+        <v>596</v>
       </c>
       <c r="D255" t="s">
-        <v>82</v>
+        <v>564</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B256" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="C256" t="s">
-        <v>583</v>
+        <v>598</v>
       </c>
       <c r="D256" t="s">
-        <v>129</v>
+        <v>87</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B257" t="s">
-        <v>584</v>
+        <v>599</v>
       </c>
       <c r="C257" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="D257" t="s">
-        <v>376</v>
+        <v>253</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B258" t="s">
-        <v>586</v>
+        <v>601</v>
       </c>
       <c r="C258" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
       <c r="D258" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B259" t="s">
-        <v>588</v>
+        <v>603</v>
       </c>
       <c r="C259" t="s">
-        <v>589</v>
+        <v>604</v>
       </c>
       <c r="D259" t="s">
-        <v>376</v>
+        <v>87</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B260" t="s">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="C260" t="s">
-        <v>591</v>
+        <v>606</v>
       </c>
       <c r="D260" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B261" t="s">
-        <v>592</v>
+        <v>607</v>
       </c>
       <c r="C261" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="D261" t="s">
-        <v>23</v>
+        <v>609</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B262" t="s">
-        <v>594</v>
+        <v>610</v>
       </c>
       <c r="C262" t="s">
-        <v>595</v>
+        <v>611</v>
       </c>
       <c r="D262" t="s">
-        <v>82</v>
+        <v>253</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B263" t="s">
-        <v>596</v>
+        <v>612</v>
       </c>
       <c r="C263" t="s">
-        <v>597</v>
+        <v>613</v>
       </c>
       <c r="D263" t="s">
-        <v>31</v>
+        <v>614</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B264" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="C264" t="s">
-        <v>599</v>
+        <v>616</v>
       </c>
       <c r="D264" t="s">
-        <v>20</v>
+        <v>253</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B265" t="s">
-        <v>600</v>
+        <v>617</v>
       </c>
       <c r="C265" t="s">
-        <v>601</v>
+        <v>618</v>
       </c>
       <c r="D265" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B266" t="s">
-        <v>602</v>
+        <v>619</v>
       </c>
       <c r="C266" t="s">
-        <v>603</v>
+        <v>620</v>
       </c>
       <c r="D266" t="s">
-        <v>82</v>
+        <v>621</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B267" t="s">
-        <v>604</v>
+        <v>622</v>
       </c>
       <c r="C267" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="D267" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B268" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="C268" t="s">
-        <v>607</v>
+        <v>625</v>
       </c>
       <c r="D268" t="s">
-        <v>608</v>
+        <v>34</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B269" t="s">
-        <v>609</v>
+        <v>626</v>
       </c>
       <c r="C269" t="s">
-        <v>610</v>
+        <v>627</v>
       </c>
       <c r="D269" t="s">
-        <v>82</v>
+        <v>628</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B270" t="s">
-        <v>611</v>
+        <v>629</v>
       </c>
       <c r="C270" t="s">
-        <v>612</v>
+        <v>630</v>
       </c>
       <c r="D270" t="s">
-        <v>69</v>
+        <v>87</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>4</v>
+      </c>
+      <c r="B271" t="s">
+        <v>631</v>
+      </c>
+      <c r="C271" t="s">
+        <v>632</v>
+      </c>
+      <c r="D271" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>4</v>
+      </c>
+      <c r="B272" t="s">
+        <v>634</v>
+      </c>
+      <c r="C272" t="s">
+        <v>635</v>
+      </c>
+      <c r="D272" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>4</v>
+      </c>
+      <c r="B273" t="s">
+        <v>636</v>
+      </c>
+      <c r="C273" t="s">
+        <v>637</v>
+      </c>
+      <c r="D273" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>4</v>
+      </c>
+      <c r="B274" t="s">
+        <v>639</v>
+      </c>
+      <c r="C274" t="s">
+        <v>640</v>
+      </c>
+      <c r="D274" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>4</v>
+      </c>
+      <c r="B275" t="s">
+        <v>642</v>
+      </c>
+      <c r="C275" t="s">
+        <v>643</v>
+      </c>
+      <c r="D275" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>4</v>
+      </c>
+      <c r="B276" t="s">
+        <v>645</v>
+      </c>
+      <c r="C276" t="s">
+        <v>646</v>
+      </c>
+      <c r="D276" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>4</v>
+      </c>
+      <c r="B277" t="s">
+        <v>647</v>
+      </c>
+      <c r="C277" t="s">
+        <v>648</v>
+      </c>
+      <c r="D277" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>4</v>
+      </c>
+      <c r="B278" t="s">
+        <v>649</v>
+      </c>
+      <c r="C278" t="s">
+        <v>650</v>
+      </c>
+      <c r="D278" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>4</v>
+      </c>
+      <c r="B279" t="s">
+        <v>651</v>
+      </c>
+      <c r="C279" t="s">
+        <v>652</v>
+      </c>
+      <c r="D279" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>4</v>
+      </c>
+      <c r="B280" t="s">
+        <v>653</v>
+      </c>
+      <c r="C280" t="s">
+        <v>654</v>
+      </c>
+      <c r="D280" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>4</v>
+      </c>
+      <c r="B281" t="s">
+        <v>655</v>
+      </c>
+      <c r="C281" t="s">
+        <v>656</v>
+      </c>
+      <c r="D281" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>4</v>
+      </c>
+      <c r="B282" t="s">
+        <v>657</v>
+      </c>
+      <c r="C282" t="s">
+        <v>658</v>
+      </c>
+      <c r="D282" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>4</v>
+      </c>
+      <c r="B283" t="s">
+        <v>660</v>
+      </c>
+      <c r="C283" t="s">
+        <v>661</v>
+      </c>
+      <c r="D283" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>4</v>
+      </c>
+      <c r="B284" t="s">
+        <v>662</v>
+      </c>
+      <c r="C284" t="s">
+        <v>663</v>
+      </c>
+      <c r="D284" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>4</v>
+      </c>
+      <c r="B285" t="s">
+        <v>665</v>
+      </c>
+      <c r="C285" t="s">
+        <v>666</v>
+      </c>
+      <c r="D285" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>4</v>
+      </c>
+      <c r="B286" t="s">
+        <v>667</v>
+      </c>
+      <c r="C286" t="s">
+        <v>668</v>
+      </c>
+      <c r="D286" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>4</v>
+      </c>
+      <c r="B287" t="s">
+        <v>669</v>
+      </c>
+      <c r="C287" t="s">
+        <v>670</v>
+      </c>
+      <c r="D287" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>4</v>
+      </c>
+      <c r="B288" t="s">
+        <v>671</v>
+      </c>
+      <c r="C288" t="s">
+        <v>672</v>
+      </c>
+      <c r="D288" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>4</v>
+      </c>
+      <c r="B289" t="s">
+        <v>673</v>
+      </c>
+      <c r="C289" t="s">
+        <v>674</v>
+      </c>
+      <c r="D289" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>4</v>
+      </c>
+      <c r="B290" t="s">
+        <v>675</v>
+      </c>
+      <c r="C290" t="s">
+        <v>676</v>
+      </c>
+      <c r="D290" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>4</v>
+      </c>
+      <c r="B291" t="s">
+        <v>677</v>
+      </c>
+      <c r="C291" t="s">
+        <v>678</v>
+      </c>
+      <c r="D291" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>4</v>
+      </c>
+      <c r="B292" t="s">
+        <v>680</v>
+      </c>
+      <c r="C292" t="s">
+        <v>681</v>
+      </c>
+      <c r="D292" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>4</v>
+      </c>
+      <c r="B293" t="s">
+        <v>682</v>
+      </c>
+      <c r="C293" t="s">
+        <v>683</v>
+      </c>
+      <c r="D293" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>4</v>
+      </c>
+      <c r="B294" t="s">
+        <v>685</v>
+      </c>
+      <c r="C294" t="s">
+        <v>686</v>
+      </c>
+      <c r="D294" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>4</v>
+      </c>
+      <c r="B295" t="s">
+        <v>687</v>
+      </c>
+      <c r="C295" t="s">
+        <v>688</v>
+      </c>
+      <c r="D295" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>4</v>
+      </c>
+      <c r="B296" t="s">
+        <v>690</v>
+      </c>
+      <c r="C296" t="s">
+        <v>691</v>
+      </c>
+      <c r="D296" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>4</v>
+      </c>
+      <c r="B297" t="s">
+        <v>692</v>
+      </c>
+      <c r="C297" t="s">
+        <v>693</v>
+      </c>
+      <c r="D297" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>4</v>
+      </c>
+      <c r="B298" t="s">
+        <v>694</v>
+      </c>
+      <c r="C298" t="s">
+        <v>695</v>
+      </c>
+      <c r="D298" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>4</v>
+      </c>
+      <c r="B299" t="s">
+        <v>697</v>
+      </c>
+      <c r="C299" t="s">
+        <v>698</v>
+      </c>
+      <c r="D299" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>4</v>
+      </c>
+      <c r="B300" t="s">
+        <v>700</v>
+      </c>
+      <c r="C300" t="s">
+        <v>701</v>
+      </c>
+      <c r="D300" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>4</v>
+      </c>
+      <c r="B301" t="s">
+        <v>702</v>
+      </c>
+      <c r="C301" t="s">
+        <v>703</v>
+      </c>
+      <c r="D301" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>4</v>
+      </c>
+      <c r="B302" t="s">
+        <v>704</v>
+      </c>
+      <c r="C302" t="s">
+        <v>705</v>
+      </c>
+      <c r="D302" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>4</v>
+      </c>
+      <c r="B303" t="s">
+        <v>707</v>
+      </c>
+      <c r="C303" t="s">
+        <v>708</v>
+      </c>
+      <c r="D303" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>4</v>
+      </c>
+      <c r="B304" t="s">
+        <v>709</v>
+      </c>
+      <c r="C304" t="s">
+        <v>710</v>
+      </c>
+      <c r="D304" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>4</v>
+      </c>
+      <c r="B305" t="s">
+        <v>711</v>
+      </c>
+      <c r="C305" t="s">
+        <v>712</v>
+      </c>
+      <c r="D305" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>4</v>
+      </c>
+      <c r="B306" t="s">
+        <v>713</v>
+      </c>
+      <c r="C306" t="s">
+        <v>714</v>
+      </c>
+      <c r="D306" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>4</v>
+      </c>
+      <c r="B307" t="s">
+        <v>715</v>
+      </c>
+      <c r="C307" t="s">
+        <v>716</v>
+      </c>
+      <c r="D307" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>4</v>
+      </c>
+      <c r="B308" t="s">
+        <v>718</v>
+      </c>
+      <c r="C308" t="s">
+        <v>719</v>
+      </c>
+      <c r="D308" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>4</v>
+      </c>
+      <c r="B309" t="s">
+        <v>721</v>
+      </c>
+      <c r="C309" t="s">
+        <v>722</v>
+      </c>
+      <c r="D309" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>4</v>
+      </c>
+      <c r="B310" t="s">
+        <v>723</v>
+      </c>
+      <c r="C310" t="s">
+        <v>724</v>
+      </c>
+      <c r="D310" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>4</v>
+      </c>
+      <c r="B311" t="s">
+        <v>725</v>
+      </c>
+      <c r="C311" t="s">
+        <v>726</v>
+      </c>
+      <c r="D311" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>4</v>
+      </c>
+      <c r="B312" t="s">
+        <v>728</v>
+      </c>
+      <c r="C312" t="s">
+        <v>729</v>
+      </c>
+      <c r="D312" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>4</v>
+      </c>
+      <c r="B313" t="s">
+        <v>730</v>
+      </c>
+      <c r="C313" t="s">
+        <v>731</v>
+      </c>
+      <c r="D313" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>4</v>
+      </c>
+      <c r="B314" t="s">
+        <v>732</v>
+      </c>
+      <c r="C314" t="s">
+        <v>733</v>
+      </c>
+      <c r="D314" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>4</v>
+      </c>
+      <c r="B315" t="s">
+        <v>735</v>
+      </c>
+      <c r="C315" t="s">
+        <v>736</v>
+      </c>
+      <c r="D315" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>4</v>
+      </c>
+      <c r="B316" t="s">
+        <v>737</v>
+      </c>
+      <c r="C316" t="s">
+        <v>738</v>
+      </c>
+      <c r="D316" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>4</v>
+      </c>
+      <c r="B317" t="s">
+        <v>740</v>
+      </c>
+      <c r="C317" t="s">
+        <v>741</v>
+      </c>
+      <c r="D317" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>4</v>
+      </c>
+      <c r="B318" t="s">
+        <v>743</v>
+      </c>
+      <c r="C318" t="s">
+        <v>744</v>
+      </c>
+      <c r="D318" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>4</v>
+      </c>
+      <c r="B319" t="s">
+        <v>745</v>
+      </c>
+      <c r="C319" t="s">
+        <v>746</v>
+      </c>
+      <c r="D319" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>4</v>
+      </c>
+      <c r="B320" t="s">
+        <v>748</v>
+      </c>
+      <c r="C320" t="s">
+        <v>749</v>
+      </c>
+      <c r="D320" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>4</v>
+      </c>
+      <c r="B321" t="s">
+        <v>751</v>
+      </c>
+      <c r="C321" t="s">
+        <v>752</v>
+      </c>
+      <c r="D321" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>4</v>
+      </c>
+      <c r="B322" t="s">
+        <v>753</v>
+      </c>
+      <c r="C322" t="s">
+        <v>754</v>
+      </c>
+      <c r="D322" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>4</v>
+      </c>
+      <c r="B323" t="s">
+        <v>755</v>
+      </c>
+      <c r="C323" t="s">
+        <v>756</v>
+      </c>
+      <c r="D323" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>4</v>
+      </c>
+      <c r="B324" t="s">
+        <v>757</v>
+      </c>
+      <c r="C324" t="s">
+        <v>758</v>
+      </c>
+      <c r="D324" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>4</v>
+      </c>
+      <c r="B325" t="s">
+        <v>759</v>
+      </c>
+      <c r="C325" t="s">
+        <v>760</v>
+      </c>
+      <c r="D325" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>4</v>
+      </c>
+      <c r="B326" t="s">
+        <v>761</v>
+      </c>
+      <c r="C326" t="s">
+        <v>762</v>
+      </c>
+      <c r="D326" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>4</v>
+      </c>
+      <c r="B327" t="s">
+        <v>763</v>
+      </c>
+      <c r="C327" t="s">
+        <v>764</v>
+      </c>
+      <c r="D327" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>4</v>
+      </c>
+      <c r="B328" t="s">
+        <v>765</v>
+      </c>
+      <c r="C328" t="s">
+        <v>766</v>
+      </c>
+      <c r="D328" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>4</v>
+      </c>
+      <c r="B329" t="s">
+        <v>767</v>
+      </c>
+      <c r="C329" t="s">
+        <v>768</v>
+      </c>
+      <c r="D329" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>4</v>
+      </c>
+      <c r="B330" t="s">
+        <v>769</v>
+      </c>
+      <c r="C330" t="s">
+        <v>770</v>
+      </c>
+      <c r="D330" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>4</v>
+      </c>
+      <c r="B331" t="s">
+        <v>771</v>
+      </c>
+      <c r="C331" t="s">
+        <v>772</v>
+      </c>
+      <c r="D331" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>4</v>
+      </c>
+      <c r="B332" t="s">
+        <v>773</v>
+      </c>
+      <c r="C332" t="s">
+        <v>774</v>
+      </c>
+      <c r="D332" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>4</v>
+      </c>
+      <c r="B333" t="s">
+        <v>775</v>
+      </c>
+      <c r="C333" t="s">
+        <v>776</v>
+      </c>
+      <c r="D333" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="s">
+        <v>4</v>
+      </c>
+      <c r="B334" t="s">
+        <v>777</v>
+      </c>
+      <c r="C334" t="s">
+        <v>778</v>
+      </c>
+      <c r="D334" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
+        <v>4</v>
+      </c>
+      <c r="B335" t="s">
+        <v>780</v>
+      </c>
+      <c r="C335" t="s">
+        <v>781</v>
+      </c>
+      <c r="D335" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="s">
+        <v>4</v>
+      </c>
+      <c r="B336" t="s">
+        <v>783</v>
+      </c>
+      <c r="C336" t="s">
+        <v>784</v>
+      </c>
+      <c r="D336" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4">
+      <c r="A337" t="s">
+        <v>4</v>
+      </c>
+      <c r="B337" t="s">
+        <v>785</v>
+      </c>
+      <c r="C337" t="s">
+        <v>786</v>
+      </c>
+      <c r="D337" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4">
+      <c r="A338" t="s">
+        <v>4</v>
+      </c>
+      <c r="B338" t="s">
+        <v>787</v>
+      </c>
+      <c r="C338" t="s">
+        <v>788</v>
+      </c>
+      <c r="D338" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4">
+      <c r="A339" t="s">
+        <v>4</v>
+      </c>
+      <c r="B339" t="s">
+        <v>789</v>
+      </c>
+      <c r="C339" t="s">
+        <v>790</v>
+      </c>
+      <c r="D339" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4">
+      <c r="A340" t="s">
+        <v>4</v>
+      </c>
+      <c r="B340" t="s">
+        <v>791</v>
+      </c>
+      <c r="C340" t="s">
+        <v>792</v>
+      </c>
+      <c r="D340" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4">
+      <c r="A341" t="s">
+        <v>4</v>
+      </c>
+      <c r="B341" t="s">
+        <v>793</v>
+      </c>
+      <c r="C341" t="s">
+        <v>794</v>
+      </c>
+      <c r="D341" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4">
+      <c r="A342" t="s">
+        <v>4</v>
+      </c>
+      <c r="B342" t="s">
+        <v>796</v>
+      </c>
+      <c r="C342" t="s">
+        <v>797</v>
+      </c>
+      <c r="D342" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4">
+      <c r="A343" t="s">
+        <v>4</v>
+      </c>
+      <c r="B343" t="s">
+        <v>799</v>
+      </c>
+      <c r="C343" t="s">
+        <v>800</v>
+      </c>
+      <c r="D343" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4">
+      <c r="A344" t="s">
+        <v>4</v>
+      </c>
+      <c r="B344" t="s">
+        <v>802</v>
+      </c>
+      <c r="C344" t="s">
+        <v>803</v>
+      </c>
+      <c r="D344" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4">
+      <c r="A345" t="s">
+        <v>4</v>
+      </c>
+      <c r="B345" t="s">
+        <v>804</v>
+      </c>
+      <c r="C345" t="s">
+        <v>805</v>
+      </c>
+      <c r="D345" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4">
+      <c r="A346" t="s">
+        <v>4</v>
+      </c>
+      <c r="B346" t="s">
+        <v>806</v>
+      </c>
+      <c r="C346" t="s">
+        <v>807</v>
+      </c>
+      <c r="D346" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4">
+      <c r="A347" t="s">
+        <v>4</v>
+      </c>
+      <c r="B347" t="s">
+        <v>808</v>
+      </c>
+      <c r="C347" t="s">
+        <v>809</v>
+      </c>
+      <c r="D347" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4">
+      <c r="A348" t="s">
+        <v>4</v>
+      </c>
+      <c r="B348" t="s">
+        <v>810</v>
+      </c>
+      <c r="C348" t="s">
+        <v>811</v>
+      </c>
+      <c r="D348" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4">
+      <c r="A349" t="s">
+        <v>4</v>
+      </c>
+      <c r="B349" t="s">
+        <v>813</v>
+      </c>
+      <c r="C349" t="s">
+        <v>814</v>
+      </c>
+      <c r="D349" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4">
+      <c r="A350" t="s">
+        <v>4</v>
+      </c>
+      <c r="B350" t="s">
+        <v>816</v>
+      </c>
+      <c r="C350" t="s">
+        <v>817</v>
+      </c>
+      <c r="D350" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4">
+      <c r="A351" t="s">
+        <v>4</v>
+      </c>
+      <c r="B351" t="s">
+        <v>819</v>
+      </c>
+      <c r="C351" t="s">
+        <v>820</v>
+      </c>
+      <c r="D351" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4">
+      <c r="A352" t="s">
+        <v>4</v>
+      </c>
+      <c r="B352" t="s">
+        <v>822</v>
+      </c>
+      <c r="C352" t="s">
+        <v>823</v>
+      </c>
+      <c r="D352" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4">
+      <c r="A353" t="s">
+        <v>4</v>
+      </c>
+      <c r="B353" t="s">
+        <v>824</v>
+      </c>
+      <c r="C353" t="s">
+        <v>825</v>
+      </c>
+      <c r="D353" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4">
+      <c r="A354" t="s">
+        <v>4</v>
+      </c>
+      <c r="B354" t="s">
+        <v>826</v>
+      </c>
+      <c r="C354" t="s">
+        <v>827</v>
+      </c>
+      <c r="D354" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4">
+      <c r="A355" t="s">
+        <v>4</v>
+      </c>
+      <c r="B355" t="s">
+        <v>828</v>
+      </c>
+      <c r="C355" t="s">
+        <v>829</v>
+      </c>
+      <c r="D355" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356" t="s">
+        <v>4</v>
+      </c>
+      <c r="B356" t="s">
+        <v>830</v>
+      </c>
+      <c r="C356" t="s">
+        <v>831</v>
+      </c>
+      <c r="D356" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4">
+      <c r="A357" t="s">
+        <v>4</v>
+      </c>
+      <c r="B357" t="s">
+        <v>832</v>
+      </c>
+      <c r="C357" t="s">
+        <v>833</v>
+      </c>
+      <c r="D357" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4">
+      <c r="A358" t="s">
+        <v>4</v>
+      </c>
+      <c r="B358" t="s">
+        <v>834</v>
+      </c>
+      <c r="C358" t="s">
+        <v>835</v>
+      </c>
+      <c r="D358" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4">
+      <c r="A359" t="s">
+        <v>4</v>
+      </c>
+      <c r="B359" t="s">
+        <v>836</v>
+      </c>
+      <c r="C359" t="s">
+        <v>837</v>
+      </c>
+      <c r="D359" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" t="s">
+        <v>4</v>
+      </c>
+      <c r="B360" t="s">
+        <v>838</v>
+      </c>
+      <c r="C360" t="s">
+        <v>839</v>
+      </c>
+      <c r="D360" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4">
+      <c r="A361" t="s">
+        <v>4</v>
+      </c>
+      <c r="B361" t="s">
+        <v>840</v>
+      </c>
+      <c r="C361" t="s">
+        <v>841</v>
+      </c>
+      <c r="D361" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4">
+      <c r="A362" t="s">
+        <v>4</v>
+      </c>
+      <c r="B362" t="s">
+        <v>842</v>
+      </c>
+      <c r="C362" t="s">
+        <v>843</v>
+      </c>
+      <c r="D362" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4">
+      <c r="A363" t="s">
+        <v>4</v>
+      </c>
+      <c r="B363" t="s">
+        <v>844</v>
+      </c>
+      <c r="C363" t="s">
+        <v>845</v>
+      </c>
+      <c r="D363" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4">
+      <c r="A364" t="s">
+        <v>4</v>
+      </c>
+      <c r="B364" t="s">
+        <v>846</v>
+      </c>
+      <c r="C364" t="s">
+        <v>847</v>
+      </c>
+      <c r="D364" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4">
+      <c r="A365" t="s">
+        <v>4</v>
+      </c>
+      <c r="B365" t="s">
+        <v>848</v>
+      </c>
+      <c r="C365" t="s">
+        <v>849</v>
+      </c>
+      <c r="D365" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4">
+      <c r="A366" t="s">
+        <v>4</v>
+      </c>
+      <c r="B366" t="s">
+        <v>850</v>
+      </c>
+      <c r="C366" t="s">
+        <v>851</v>
+      </c>
+      <c r="D366" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4">
+      <c r="A367" t="s">
+        <v>4</v>
+      </c>
+      <c r="B367" t="s">
+        <v>853</v>
+      </c>
+      <c r="C367" t="s">
+        <v>854</v>
+      </c>
+      <c r="D367" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4">
+      <c r="A368" t="s">
+        <v>4</v>
+      </c>
+      <c r="B368" t="s">
+        <v>855</v>
+      </c>
+      <c r="C368" t="s">
+        <v>856</v>
+      </c>
+      <c r="D368" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4">
+      <c r="A369" t="s">
+        <v>4</v>
+      </c>
+      <c r="B369" t="s">
+        <v>857</v>
+      </c>
+      <c r="C369" t="s">
+        <v>858</v>
+      </c>
+      <c r="D369" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" t="s">
+        <v>4</v>
+      </c>
+      <c r="B370" t="s">
+        <v>860</v>
+      </c>
+      <c r="C370" t="s">
+        <v>861</v>
+      </c>
+      <c r="D370" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" t="s">
+        <v>4</v>
+      </c>
+      <c r="B371" t="s">
+        <v>862</v>
+      </c>
+      <c r="C371" t="s">
+        <v>863</v>
+      </c>
+      <c r="D371" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4">
+      <c r="A372" t="s">
+        <v>4</v>
+      </c>
+      <c r="B372" t="s">
+        <v>864</v>
+      </c>
+      <c r="C372" t="s">
+        <v>865</v>
+      </c>
+      <c r="D372" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4">
+      <c r="A373" t="s">
+        <v>4</v>
+      </c>
+      <c r="B373" t="s">
+        <v>866</v>
+      </c>
+      <c r="C373" t="s">
+        <v>867</v>
+      </c>
+      <c r="D373" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4">
+      <c r="A374" t="s">
+        <v>4</v>
+      </c>
+      <c r="B374" t="s">
+        <v>868</v>
+      </c>
+      <c r="C374" t="s">
+        <v>869</v>
+      </c>
+      <c r="D374" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4">
+      <c r="A375" t="s">
+        <v>4</v>
+      </c>
+      <c r="B375" t="s">
+        <v>870</v>
+      </c>
+      <c r="C375" t="s">
+        <v>871</v>
+      </c>
+      <c r="D375" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4">
+      <c r="A376" t="s">
+        <v>4</v>
+      </c>
+      <c r="B376" t="s">
+        <v>873</v>
+      </c>
+      <c r="C376" t="s">
+        <v>874</v>
+      </c>
+      <c r="D376" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4">
+      <c r="A377" t="s">
+        <v>4</v>
+      </c>
+      <c r="B377" t="s">
+        <v>875</v>
+      </c>
+      <c r="C377" t="s">
+        <v>876</v>
+      </c>
+      <c r="D377" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4">
+      <c r="A378" t="s">
+        <v>4</v>
+      </c>
+      <c r="B378" t="s">
+        <v>878</v>
+      </c>
+      <c r="C378" t="s">
+        <v>879</v>
+      </c>
+      <c r="D378" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4">
+      <c r="A379" t="s">
+        <v>4</v>
+      </c>
+      <c r="B379" t="s">
+        <v>880</v>
+      </c>
+      <c r="C379" t="s">
+        <v>881</v>
+      </c>
+      <c r="D379" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4">
+      <c r="A380" t="s">
+        <v>4</v>
+      </c>
+      <c r="B380" t="s">
+        <v>882</v>
+      </c>
+      <c r="C380" t="s">
+        <v>883</v>
+      </c>
+      <c r="D380" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4">
+      <c r="A381" t="s">
+        <v>4</v>
+      </c>
+      <c r="B381" t="s">
+        <v>884</v>
+      </c>
+      <c r="C381" t="s">
+        <v>885</v>
+      </c>
+      <c r="D381" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4">
+      <c r="A382" t="s">
+        <v>4</v>
+      </c>
+      <c r="B382" t="s">
+        <v>886</v>
+      </c>
+      <c r="C382" t="s">
+        <v>887</v>
+      </c>
+      <c r="D382" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4">
+      <c r="A383" t="s">
+        <v>4</v>
+      </c>
+      <c r="B383" t="s">
+        <v>888</v>
+      </c>
+      <c r="C383" t="s">
+        <v>889</v>
+      </c>
+      <c r="D383" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" t="s">
+        <v>4</v>
+      </c>
+      <c r="B384" t="s">
+        <v>890</v>
+      </c>
+      <c r="C384" t="s">
+        <v>891</v>
+      </c>
+      <c r="D384" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" t="s">
+        <v>4</v>
+      </c>
+      <c r="B385" t="s">
+        <v>892</v>
+      </c>
+      <c r="C385" t="s">
+        <v>893</v>
+      </c>
+      <c r="D385" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" t="s">
+        <v>4</v>
+      </c>
+      <c r="B386" t="s">
+        <v>894</v>
+      </c>
+      <c r="C386" t="s">
+        <v>895</v>
+      </c>
+      <c r="D386" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" t="s">
+        <v>4</v>
+      </c>
+      <c r="B387" t="s">
+        <v>896</v>
+      </c>
+      <c r="C387" t="s">
+        <v>897</v>
+      </c>
+      <c r="D387" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" t="s">
+        <v>4</v>
+      </c>
+      <c r="B388" t="s">
+        <v>899</v>
+      </c>
+      <c r="C388" t="s">
+        <v>900</v>
+      </c>
+      <c r="D388" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" t="s">
+        <v>4</v>
+      </c>
+      <c r="B389" t="s">
+        <v>901</v>
+      </c>
+      <c r="C389" t="s">
+        <v>902</v>
+      </c>
+      <c r="D389" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" t="s">
+        <v>4</v>
+      </c>
+      <c r="B390" t="s">
+        <v>903</v>
+      </c>
+      <c r="C390" t="s">
+        <v>904</v>
+      </c>
+      <c r="D390" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" t="s">
+        <v>4</v>
+      </c>
+      <c r="B391" t="s">
+        <v>905</v>
+      </c>
+      <c r="C391" t="s">
+        <v>906</v>
+      </c>
+      <c r="D391" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" t="s">
+        <v>4</v>
+      </c>
+      <c r="B392" t="s">
+        <v>907</v>
+      </c>
+      <c r="C392" t="s">
+        <v>908</v>
+      </c>
+      <c r="D392" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" t="s">
+        <v>4</v>
+      </c>
+      <c r="B393" t="s">
+        <v>909</v>
+      </c>
+      <c r="C393" t="s">
+        <v>910</v>
+      </c>
+      <c r="D393" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" t="s">
+        <v>4</v>
+      </c>
+      <c r="B394" t="s">
+        <v>912</v>
+      </c>
+      <c r="C394" t="s">
+        <v>913</v>
+      </c>
+      <c r="D394" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" t="s">
+        <v>4</v>
+      </c>
+      <c r="B395" t="s">
+        <v>914</v>
+      </c>
+      <c r="C395" t="s">
+        <v>915</v>
+      </c>
+      <c r="D395" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" t="s">
+        <v>4</v>
+      </c>
+      <c r="B396" t="s">
+        <v>916</v>
+      </c>
+      <c r="C396" t="s">
+        <v>917</v>
+      </c>
+      <c r="D396" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" t="s">
+        <v>4</v>
+      </c>
+      <c r="B397" t="s">
+        <v>918</v>
+      </c>
+      <c r="C397" t="s">
+        <v>919</v>
+      </c>
+      <c r="D397" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" t="s">
+        <v>4</v>
+      </c>
+      <c r="B398" t="s">
+        <v>920</v>
+      </c>
+      <c r="C398" t="s">
+        <v>921</v>
+      </c>
+      <c r="D398" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" t="s">
+        <v>4</v>
+      </c>
+      <c r="B399" t="s">
+        <v>922</v>
+      </c>
+      <c r="C399" t="s">
+        <v>923</v>
+      </c>
+      <c r="D399" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" t="s">
+        <v>4</v>
+      </c>
+      <c r="B400" t="s">
+        <v>924</v>
+      </c>
+      <c r="C400" t="s">
+        <v>925</v>
+      </c>
+      <c r="D400" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" t="s">
+        <v>4</v>
+      </c>
+      <c r="B401" t="s">
+        <v>926</v>
+      </c>
+      <c r="C401" t="s">
+        <v>927</v>
+      </c>
+      <c r="D401" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" t="s">
+        <v>4</v>
+      </c>
+      <c r="B402" t="s">
+        <v>929</v>
+      </c>
+      <c r="C402" t="s">
+        <v>930</v>
+      </c>
+      <c r="D402" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" t="s">
+        <v>4</v>
+      </c>
+      <c r="B403" t="s">
+        <v>931</v>
+      </c>
+      <c r="C403" t="s">
+        <v>932</v>
+      </c>
+      <c r="D403" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" t="s">
+        <v>4</v>
+      </c>
+      <c r="B404" t="s">
+        <v>933</v>
+      </c>
+      <c r="C404" t="s">
+        <v>934</v>
+      </c>
+      <c r="D404" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" t="s">
+        <v>4</v>
+      </c>
+      <c r="B405" t="s">
+        <v>935</v>
+      </c>
+      <c r="C405" t="s">
+        <v>936</v>
+      </c>
+      <c r="D405" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" t="s">
+        <v>4</v>
+      </c>
+      <c r="B406" t="s">
+        <v>937</v>
+      </c>
+      <c r="C406" t="s">
+        <v>938</v>
+      </c>
+      <c r="D406" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" t="s">
+        <v>4</v>
+      </c>
+      <c r="B407" t="s">
+        <v>940</v>
+      </c>
+      <c r="C407" t="s">
+        <v>941</v>
+      </c>
+      <c r="D407" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" t="s">
+        <v>4</v>
+      </c>
+      <c r="B408" t="s">
+        <v>942</v>
+      </c>
+      <c r="C408" t="s">
+        <v>943</v>
+      </c>
+      <c r="D408" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" t="s">
+        <v>4</v>
+      </c>
+      <c r="B409" t="s">
+        <v>944</v>
+      </c>
+      <c r="C409" t="s">
+        <v>945</v>
+      </c>
+      <c r="D409" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" t="s">
+        <v>4</v>
+      </c>
+      <c r="B410" t="s">
+        <v>947</v>
+      </c>
+      <c r="C410" t="s">
+        <v>948</v>
+      </c>
+      <c r="D410" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" t="s">
+        <v>4</v>
+      </c>
+      <c r="B411" t="s">
+        <v>950</v>
+      </c>
+      <c r="C411" t="s">
+        <v>951</v>
+      </c>
+      <c r="D411" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" t="s">
+        <v>4</v>
+      </c>
+      <c r="B412" t="s">
+        <v>952</v>
+      </c>
+      <c r="C412" t="s">
+        <v>953</v>
+      </c>
+      <c r="D412" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" t="s">
+        <v>4</v>
+      </c>
+      <c r="B413" t="s">
+        <v>955</v>
+      </c>
+      <c r="C413" t="s">
+        <v>956</v>
+      </c>
+      <c r="D413" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" t="s">
+        <v>4</v>
+      </c>
+      <c r="B414" t="s">
+        <v>958</v>
+      </c>
+      <c r="C414" t="s">
+        <v>959</v>
+      </c>
+      <c r="D414" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" t="s">
+        <v>4</v>
+      </c>
+      <c r="B415" t="s">
+        <v>961</v>
+      </c>
+      <c r="C415" t="s">
+        <v>962</v>
+      </c>
+      <c r="D415" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" t="s">
+        <v>4</v>
+      </c>
+      <c r="B416" t="s">
+        <v>963</v>
+      </c>
+      <c r="C416" t="s">
+        <v>964</v>
+      </c>
+      <c r="D416" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" t="s">
+        <v>4</v>
+      </c>
+      <c r="B417" t="s">
+        <v>965</v>
+      </c>
+      <c r="C417" t="s">
+        <v>966</v>
+      </c>
+      <c r="D417" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" t="s">
+        <v>4</v>
+      </c>
+      <c r="B418" t="s">
+        <v>967</v>
+      </c>
+      <c r="C418" t="s">
+        <v>968</v>
+      </c>
+      <c r="D418" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" t="s">
+        <v>4</v>
+      </c>
+      <c r="B419" t="s">
+        <v>969</v>
+      </c>
+      <c r="C419" t="s">
+        <v>970</v>
+      </c>
+      <c r="D419" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" t="s">
+        <v>4</v>
+      </c>
+      <c r="B420" t="s">
+        <v>972</v>
+      </c>
+      <c r="C420" t="s">
+        <v>973</v>
+      </c>
+      <c r="D420" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" t="s">
+        <v>4</v>
+      </c>
+      <c r="B421" t="s">
+        <v>975</v>
+      </c>
+      <c r="C421" t="s">
+        <v>976</v>
+      </c>
+      <c r="D421" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" t="s">
+        <v>4</v>
+      </c>
+      <c r="B422" t="s">
+        <v>977</v>
+      </c>
+      <c r="C422" t="s">
+        <v>978</v>
+      </c>
+      <c r="D422" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" t="s">
+        <v>4</v>
+      </c>
+      <c r="B423" t="s">
+        <v>979</v>
+      </c>
+      <c r="C423" t="s">
+        <v>980</v>
+      </c>
+      <c r="D423" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" t="s">
+        <v>4</v>
+      </c>
+      <c r="B424" t="s">
+        <v>982</v>
+      </c>
+      <c r="C424" t="s">
+        <v>983</v>
+      </c>
+      <c r="D424" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" t="s">
+        <v>4</v>
+      </c>
+      <c r="B425" t="s">
+        <v>984</v>
+      </c>
+      <c r="C425" t="s">
+        <v>985</v>
+      </c>
+      <c r="D425" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" t="s">
+        <v>4</v>
+      </c>
+      <c r="B426" t="s">
+        <v>986</v>
+      </c>
+      <c r="C426" t="s">
+        <v>987</v>
+      </c>
+      <c r="D426" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" t="s">
+        <v>4</v>
+      </c>
+      <c r="B427" t="s">
+        <v>988</v>
+      </c>
+      <c r="C427" t="s">
+        <v>989</v>
+      </c>
+      <c r="D427" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" t="s">
+        <v>4</v>
+      </c>
+      <c r="B428" t="s">
+        <v>990</v>
+      </c>
+      <c r="C428" t="s">
+        <v>991</v>
+      </c>
+      <c r="D428" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" t="s">
+        <v>4</v>
+      </c>
+      <c r="B429" t="s">
+        <v>992</v>
+      </c>
+      <c r="C429" t="s">
+        <v>993</v>
+      </c>
+      <c r="D429" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" t="s">
+        <v>4</v>
+      </c>
+      <c r="B430" t="s">
+        <v>994</v>
+      </c>
+      <c r="C430" t="s">
+        <v>995</v>
+      </c>
+      <c r="D430" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" t="s">
+        <v>4</v>
+      </c>
+      <c r="B431" t="s">
+        <v>996</v>
+      </c>
+      <c r="C431" t="s">
+        <v>997</v>
+      </c>
+      <c r="D431" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" t="s">
+        <v>4</v>
+      </c>
+      <c r="B432" t="s">
+        <v>998</v>
+      </c>
+      <c r="C432" t="s">
+        <v>999</v>
+      </c>
+      <c r="D432" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" t="s">
+        <v>4</v>
+      </c>
+      <c r="B433" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D433" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" t="s">
+        <v>4</v>
+      </c>
+      <c r="B434" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" t="s">
+        <v>4</v>
+      </c>
+      <c r="B435" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D435" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" t="s">
+        <v>4</v>
+      </c>
+      <c r="B436" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" t="s">
+        <v>4</v>
+      </c>
+      <c r="B437" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D437" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" t="s">
+        <v>4</v>
+      </c>
+      <c r="B438" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D438" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" t="s">
+        <v>4</v>
+      </c>
+      <c r="B439" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D439" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" t="s">
+        <v>4</v>
+      </c>
+      <c r="B440" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D440" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" t="s">
+        <v>4</v>
+      </c>
+      <c r="B441" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D441" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" t="s">
+        <v>4</v>
+      </c>
+      <c r="B442" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D442" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" t="s">
+        <v>4</v>
+      </c>
+      <c r="B443" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D443" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4">
+      <c r="A444" t="s">
+        <v>4</v>
+      </c>
+      <c r="B444" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4">
+      <c r="A445" t="s">
+        <v>4</v>
+      </c>
+      <c r="B445" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D445" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4">
+      <c r="A446" t="s">
+        <v>4</v>
+      </c>
+      <c r="B446" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D446" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4">
+      <c r="A447" t="s">
+        <v>4</v>
+      </c>
+      <c r="B447" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D447" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4">
+      <c r="A448" t="s">
+        <v>4</v>
+      </c>
+      <c r="B448" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D448" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4">
+      <c r="A449" t="s">
+        <v>4</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D449" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4">
+      <c r="A450" t="s">
+        <v>4</v>
+      </c>
+      <c r="B450" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4">
+      <c r="A451" t="s">
+        <v>4</v>
+      </c>
+      <c r="B451" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D451" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4">
+      <c r="A452" t="s">
+        <v>4</v>
+      </c>
+      <c r="B452" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D452" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4">
+      <c r="A453" t="s">
+        <v>4</v>
+      </c>
+      <c r="B453" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D453" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4">
+      <c r="A454" t="s">
+        <v>4</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D454" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
+      <c r="A455" t="s">
+        <v>4</v>
+      </c>
+      <c r="B455" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D455" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4">
+      <c r="A456" t="s">
+        <v>4</v>
+      </c>
+      <c r="B456" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D456" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4">
+      <c r="A457" t="s">
+        <v>4</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4">
+      <c r="A458" t="s">
+        <v>4</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D458" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4">
+      <c r="A459" t="s">
+        <v>4</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D459" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
+      <c r="A460" t="s">
+        <v>4</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D460" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4">
+      <c r="A461" t="s">
+        <v>4</v>
+      </c>
+      <c r="B461" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D461" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4">
+      <c r="A462" t="s">
+        <v>4</v>
+      </c>
+      <c r="B462" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4">
+      <c r="A463" t="s">
+        <v>4</v>
+      </c>
+      <c r="B463" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D463" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4">
+      <c r="A464" t="s">
+        <v>4</v>
+      </c>
+      <c r="B464" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4">
+      <c r="A465" t="s">
+        <v>4</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D465" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4">
+      <c r="A466" t="s">
+        <v>4</v>
+      </c>
+      <c r="B466" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D466" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4">
+      <c r="A467" t="s">
+        <v>4</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D467" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4">
+      <c r="A468" t="s">
+        <v>4</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D468" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4">
+      <c r="A469" t="s">
+        <v>4</v>
+      </c>
+      <c r="B469" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D469" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4">
+      <c r="A470" t="s">
+        <v>4</v>
+      </c>
+      <c r="B470" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D470" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4">
+      <c r="A471" t="s">
+        <v>4</v>
+      </c>
+      <c r="B471" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D471" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4">
+      <c r="A472" t="s">
+        <v>4</v>
+      </c>
+      <c r="B472" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D472" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473" t="s">
+        <v>4</v>
+      </c>
+      <c r="B473" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4">
+      <c r="A474" t="s">
+        <v>4</v>
+      </c>
+      <c r="B474" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D474" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4">
+      <c r="A475" t="s">
+        <v>4</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D475" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4">
+      <c r="A476" t="s">
+        <v>4</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D476" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4">
+      <c r="A477" t="s">
+        <v>4</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D477" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4">
+      <c r="A478" t="s">
+        <v>4</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D478" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4">
+      <c r="A479" t="s">
+        <v>4</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D479" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4">
+      <c r="A480" t="s">
+        <v>4</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D480" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4">
+      <c r="A481" t="s">
+        <v>4</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D481" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4">
+      <c r="A482" t="s">
+        <v>4</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D482" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4">
+      <c r="A483" t="s">
+        <v>4</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D483" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4">
+      <c r="A484" t="s">
+        <v>4</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D484" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4">
+      <c r="A485" t="s">
+        <v>4</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D485" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
+      <c r="A486" t="s">
+        <v>4</v>
+      </c>
+      <c r="B486" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D486" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4">
+      <c r="A487" t="s">
+        <v>4</v>
+      </c>
+      <c r="B487" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D487" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4">
+      <c r="A488" t="s">
+        <v>4</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D488" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4">
+      <c r="A489" t="s">
+        <v>4</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D489" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4">
+      <c r="A490" t="s">
+        <v>4</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D490" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4">
+      <c r="A491" t="s">
+        <v>4</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D491" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
+      <c r="A492" t="s">
+        <v>4</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D492" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4">
+      <c r="A493" t="s">
+        <v>4</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D493" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4">
+      <c r="A494" t="s">
+        <v>4</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D494" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
+      <c r="A495" t="s">
+        <v>4</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D495" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4">
+      <c r="A496" t="s">
+        <v>4</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D496" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4">
+      <c r="A497" t="s">
+        <v>4</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D497" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4">
+      <c r="A498" t="s">
+        <v>4</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4">
+      <c r="A499" t="s">
+        <v>4</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D499" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4">
+      <c r="A500" t="s">
+        <v>4</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D500" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4">
+      <c r="A501" t="s">
+        <v>4</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D501" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4">
+      <c r="A502" t="s">
+        <v>4</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4">
+      <c r="A503" t="s">
+        <v>4</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D503" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4">
+      <c r="A504" t="s">
+        <v>4</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D504" t="s">
+        <v>564</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">