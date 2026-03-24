--- v0 (2025-10-12)
+++ v1 (2026-03-24)
@@ -12,71 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PUCCKU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
+    <t>Major host</t>
+  </si>
+  <si>
+    <t>SACHY</t>
+  </si>
+  <si>
+    <t>Saccharum hybrids</t>
+  </si>
+  <si>
+    <t>* Comstock JC, Sood SG, Glynn NC, Shine Jr JM, McKemy JM, Castlebury LA (2008) First report of Puccinia kuehnii, causal agent of orange rust of sugarcane, in the United States and Western Hemisphere. Plant Disease 92(1), 175.
+* Cárdenas DE, Carrillo-Tarazona Y, Sood SG, Hincapie MA, Wang J, Rott PC, Cano LM (2024) A diagnostic guide for orange rust disease in sugarcane. Plant Health Progress 25(4), 514-526.</t>
+  </si>
+  <si>
+    <t>SACOF</t>
+  </si>
+  <si>
+    <t>Saccharum officinarum</t>
+  </si>
+  <si>
+    <t>* Cárdenas DE, Carrillo-Tarazona Y, Sood SG, Hincapie MA, Wang J, Rott PC, Cano LM (2024) A diagnostic guide for orange rust disease in sugarcane. Plant Health Progress 25(4), 514-526.</t>
+  </si>
+  <si>
+    <t>SACSP</t>
+  </si>
+  <si>
+    <t>Saccharum spontaneum</t>
+  </si>
+  <si>
     <t>Host</t>
   </si>
   <si>
-    <t>SACOF</t>
-[...2 lines deleted...]
-    <t>Saccharum officinarum</t>
+    <t>SLTFU</t>
+  </si>
+  <si>
+    <t>Miscanthus fuscus</t>
+  </si>
+  <si>
+    <t>SACAR</t>
+  </si>
+  <si>
+    <t>Tripidium arundinaceum</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -380,89 +414,147 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="266.506" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>