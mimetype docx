--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white rust of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284868e60ef4e22ec" w:history="1">
+            <w:hyperlink r:id="rId8256691a3e399bdb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId746668e60ef4e2353" w:history="1">
+            <w:hyperlink r:id="rId5713691a3e399be22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCHN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49626469" name="name526468e60ef4e2471" descr="1427.jpg"/>
+                  <wp:docPr id="98155878" name="name2834691a3e399c620" descr="1427.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1427.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId424768e60ef4e2470" cstate="print"/>
+                          <a:blip r:embed="rId4281691a3e399c61e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId102168e60ef4e2582" w:history="1">
+            <w:hyperlink r:id="rId3564691a3e399c75d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1061,63 +1061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41272559" name="name776768e60ef4e3a8e" descr="PUCCHN_distribution_map.jpg"/>
+            <wp:docPr id="34708372" name="name3857691a3e399d845" descr="PUCCHN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCHN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId953568e60ef4e3a8c" cstate="print"/>
+                    <a:blip r:embed="rId1375691a3e399d841" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3669,51 +3669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6–7), 668–683. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958568e60ef4e4cff" w:history="1">
+      <w:hyperlink r:id="rId2304691a3e399eaa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3730,51 +3730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 162–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835668e60ef4e4d6a" w:history="1">
+      <w:hyperlink r:id="rId8776691a3e399eb0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1967.tb00398.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3820,51 +3820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">883</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 012023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916868e60ef4e4dfc" w:history="1">
+      <w:hyperlink r:id="rId2057691a3e399eb9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1088/1755-1315/883/1/012023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3941,81 +3941,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 325–338. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825568e60ef4e4ec7" w:history="1">
+      <w:hyperlink r:id="rId9173691a3e399ec59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-011-9756-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EAEU (2016) Common List of Quarantine Pests of the Eurasian Economic Union approved by Decision No. 158 of the Eurasian Economic Commission of November 30, 2016. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901668e60ef4e4efd" w:history="1">
+      <w:hyperlink r:id="rId4178691a3e399ec98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.consultant.ru/document/cons_doc_LAW_213644/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4052,51 +4052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3069. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439568e60ef4e4f82" w:history="1">
+      <w:hyperlink r:id="rId7593691a3e399ed1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4122,51 +4122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–385. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225768e60ef4e4ff3" w:history="1">
+      <w:hyperlink r:id="rId3251691a3e399ed92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105–114. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286068e60ef4e5065" w:history="1">
+      <w:hyperlink r:id="rId5332691a3e399ee05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-2338.2002.d01-223.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,131 +4282,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207–216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186768e60ef4e50fa" w:history="1">
+      <w:hyperlink r:id="rId2118691a3e399ee92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Standard PM 1/2(32) A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597368e60ef4e5143" w:history="1">
+      <w:hyperlink r:id="rId3350691a3e399eec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PUCCHN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772468e60ef4e51ae" w:history="1">
+      <w:hyperlink r:id="rId6687691a3e399ef16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId650868e60ef4e5213" w:history="1">
+      <w:hyperlink r:id="rId4186691a3e399ef78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193968e60ef4e53bb" w:history="1">
+      <w:hyperlink r:id="rId7971691a3e399f11e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4786,51 +4786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 293–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId974968e60ef4e545d" w:history="1">
+      <w:hyperlink r:id="rId1475691a3e399f1bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.22271/phyto.2021.v10.i2d.13820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1995–1998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId671668e60ef4e54e2" w:history="1">
+      <w:hyperlink r:id="rId8388691a3e399f240" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4957,51 +4957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 437–445. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975968e60ef4e5572" w:history="1">
+      <w:hyperlink r:id="rId3037691a3e399f2e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-022-00574-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5027,101 +5027,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938368e60ef4e55e5" w:history="1">
+      <w:hyperlink r:id="rId9560691a3e399f35a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RNQP (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(PUCCHN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId719968e60ef4e5635" w:history="1">
+      <w:hyperlink r:id="rId2954691a3e399f3ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638468e60ef4e56c4" w:history="1">
+      <w:hyperlink r:id="rId9776691a3e399f43a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5958/0974-4541.2020.00023.5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5288,101 +5288,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PloS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170782. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824968e60ef4e5784" w:history="1">
+      <w:hyperlink r:id="rId8262691a3e399f4f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170782</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA APHIS PPQ (2005) Chrysanthemum white rust (CWR) eradication protocol for nurseries containing plants infected with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Henn. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId506168e60ef4e57f5" w:history="1">
+      <w:hyperlink r:id="rId8556691a3e399f548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horticultural Plant Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364868e60ef4e58c4" w:history="1">
+      <w:hyperlink r:id="rId2702691a3e399f614" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.hpj.2020.03.006</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5538,51 +5538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326068e60ef4e5934" w:history="1">
+      <w:hyperlink r:id="rId9709691a3e399f682" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01930.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5648,51 +5648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 173–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112468e60ef4e59e2" w:history="1">
+      <w:hyperlink r:id="rId6494691a3e399f73b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1993.tb04025.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5778,51 +5778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1231–1234. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377068e60ef4e5ab9" w:history="1">
+      <w:hyperlink r:id="rId9553691a3e399f803" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.48.10.1231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5868,51 +5868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816668e60ef4e5b4d" w:history="1">
+      <w:hyperlink r:id="rId2270691a3e399f89b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5978,51 +5978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955868e60ef4e5c09" w:history="1">
+      <w:hyperlink r:id="rId3698691a3e399f957" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6175,81 +6175,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 113-117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId795868e60ef4e5d45" w:history="1">
+      <w:hyperlink r:id="rId2367691a3e399fa8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3637437" name="name832968e60ef4e5ffb" descr="eu_funding_250.png"/>
+            <wp:docPr id="21027164" name="name8622691a3e399fb21" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId350568e60ef4e5ff9" cstate="print"/>
+                    <a:blip r:embed="rId3779691a3e399fb20" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6347,137 +6347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77110638">
+  <w:abstractNum w:abstractNumId="73910670">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70495347">
+    <w:lvl w:ilvl="0" w:tplc="84603934">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70495347" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84603934" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70495347" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84603934" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70495347" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84603934" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70495347" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84603934" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70495347" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84603934" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70495347" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84603934" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70495347" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84603934" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70495347" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84603934" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77110637">
+  <w:abstractNum w:abstractNumId="73910669">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38350128">
+    <w:lvl w:ilvl="0" w:tplc="45320756">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7229,55 +7229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77110637">
-    <w:abstractNumId w:val="77110637"/>
+  <w:num w:numId="73910669">
+    <w:abstractNumId w:val="73910669"/>
   </w:num>
-  <w:num w:numId="77110638">
-    <w:abstractNumId w:val="77110638"/>
+  <w:num w:numId="73910670">
+    <w:abstractNumId w:val="73910670"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18827,51 +18827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId471621375" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId800550714" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId284868e60ef4e22ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId746668e60ef4e2353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId102168e60ef4e2582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId958568e60ef4e4cff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId835668e60ef4e4d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId916868e60ef4e4dfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId825568e60ef4e4ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId901668e60ef4e4efd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId439568e60ef4e4f82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId225768e60ef4e4ff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId286068e60ef4e5065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId186768e60ef4e50fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId597368e60ef4e5143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId772468e60ef4e51ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId650868e60ef4e5213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId193968e60ef4e53bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId974968e60ef4e545d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId671668e60ef4e54e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId975968e60ef4e5572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId938368e60ef4e55e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId719968e60ef4e5635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId638468e60ef4e56c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId824968e60ef4e5784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId506168e60ef4e57f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId364868e60ef4e58c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId326068e60ef4e5934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId112468e60ef4e59e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId377068e60ef4e5ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId816668e60ef4e5b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId955868e60ef4e5c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId795868e60ef4e5d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId424768e60ef4e2470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId424768e60ef4e2470.jpg"/><Relationship Id="rId953568e60ef4e3a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId953568e60ef4e3a8c.jpg"/><Relationship Id="rId350568e60ef4e5ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId350568e60ef4e5ff9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId886030742" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId651700874" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8256691a3e399bdb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId5713691a3e399be22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId3564691a3e399c75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId2304691a3e399eaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId8776691a3e399eb0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId2057691a3e399eb9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId9173691a3e399ec59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId4178691a3e399ec98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId7593691a3e399ed1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId3251691a3e399ed92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId5332691a3e399ee05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId2118691a3e399ee92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId3350691a3e399eec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId6687691a3e399ef16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId4186691a3e399ef78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7971691a3e399f11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId1475691a3e399f1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId8388691a3e399f240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId3037691a3e399f2e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId9560691a3e399f35a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId2954691a3e399f3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId9776691a3e399f43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId8262691a3e399f4f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId8556691a3e399f548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId2702691a3e399f614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId9709691a3e399f682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId6494691a3e399f73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId9553691a3e399f803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId2270691a3e399f89b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId3698691a3e399f957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2367691a3e399fa8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId4281691a3e399c61e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4281691a3e399c61e.jpg"/><Relationship Id="rId1375691a3e399d841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1375691a3e399d841.jpg"/><Relationship Id="rId3779691a3e399fb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3779691a3e399fb20.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>