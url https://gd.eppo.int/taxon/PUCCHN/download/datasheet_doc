--- v1 (2025-11-16)
+++ v2 (2025-12-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white rust of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8256691a3e399bdb9" w:history="1">
+            <w:hyperlink r:id="rId33936935206961321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5713691a3e399be22" w:history="1">
+            <w:hyperlink r:id="rId3765693520696138e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCHN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98155878" name="name2834691a3e399c620" descr="1427.jpg"/>
+                  <wp:docPr id="71414278" name="name86736935206961b09" descr="1427.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1427.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4281691a3e399c61e" cstate="print"/>
+                          <a:blip r:embed="rId87456935206961b07" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3564691a3e399c75d" w:history="1">
+            <w:hyperlink r:id="rId47736935206961c2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1061,63 +1061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34708372" name="name3857691a3e399d845" descr="PUCCHN_distribution_map.jpg"/>
+            <wp:docPr id="74816366" name="name56466935206963104" descr="PUCCHN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCHN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1375691a3e399d841" cstate="print"/>
+                    <a:blip r:embed="rId92426935206963101" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3669,51 +3669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6–7), 668–683. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2304691a3e399eaa2" w:history="1">
+      <w:hyperlink r:id="rId230569352069645a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3730,51 +3730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 162–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8776691a3e399eb0d" w:history="1">
+      <w:hyperlink r:id="rId95226935206964612" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1967.tb00398.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3820,51 +3820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">883</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 012023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2057691a3e399eb9b" w:history="1">
+      <w:hyperlink r:id="rId522069352069646a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1088/1755-1315/883/1/012023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3941,81 +3941,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 325–338. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9173691a3e399ec59" w:history="1">
+      <w:hyperlink r:id="rId3059693520696476b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-011-9756-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EAEU (2016) Common List of Quarantine Pests of the Eurasian Economic Union approved by Decision No. 158 of the Eurasian Economic Commission of November 30, 2016. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4178691a3e399ec98" w:history="1">
+      <w:hyperlink r:id="rId590869352069647a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.consultant.ru/document/cons_doc_LAW_213644/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4052,51 +4052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3069. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7593691a3e399ed1b" w:history="1">
+      <w:hyperlink r:id="rId75376935206964836" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4122,51 +4122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–385. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3251691a3e399ed92" w:history="1">
+      <w:hyperlink r:id="rId823369352069648b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105–114. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5332691a3e399ee05" w:history="1">
+      <w:hyperlink r:id="rId70216935206964939" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-2338.2002.d01-223.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,131 +4282,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207–216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2118691a3e399ee92" w:history="1">
+      <w:hyperlink r:id="rId665069352069649d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Standard PM 1/2(32) A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3350691a3e399eec4" w:history="1">
+      <w:hyperlink r:id="rId75956935206964a0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PUCCHN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6687691a3e399ef16" w:history="1">
+      <w:hyperlink r:id="rId10456935206964a5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4186691a3e399ef78" w:history="1">
+      <w:hyperlink r:id="rId85476935206964ac9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7971691a3e399f11e" w:history="1">
+      <w:hyperlink r:id="rId20626935206964c75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4786,51 +4786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 293–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1475691a3e399f1bd" w:history="1">
+      <w:hyperlink r:id="rId60106935206964d19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.22271/phyto.2021.v10.i2d.13820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1995–1998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8388691a3e399f240" w:history="1">
+      <w:hyperlink r:id="rId73526935206964d9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4957,51 +4957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 437–445. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3037691a3e399f2e6" w:history="1">
+      <w:hyperlink r:id="rId71536935206964e2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-022-00574-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5027,101 +5027,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9560691a3e399f35a" w:history="1">
+      <w:hyperlink r:id="rId38916935206964ea0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RNQP (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(PUCCHN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2954691a3e399f3ab" w:history="1">
+      <w:hyperlink r:id="rId17486935206964ef0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9776691a3e399f43a" w:history="1">
+      <w:hyperlink r:id="rId42506935206964f7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5958/0974-4541.2020.00023.5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5288,101 +5288,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PloS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170782. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8262691a3e399f4f8" w:history="1">
+      <w:hyperlink r:id="rId60826935206965040" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170782</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA APHIS PPQ (2005) Chrysanthemum white rust (CWR) eradication protocol for nurseries containing plants infected with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Henn. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8556691a3e399f548" w:history="1">
+      <w:hyperlink r:id="rId72666935206965091" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horticultural Plant Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2702691a3e399f614" w:history="1">
+      <w:hyperlink r:id="rId4544693520696515f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.hpj.2020.03.006</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5538,51 +5538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9709691a3e399f682" w:history="1">
+      <w:hyperlink r:id="rId278769352069651cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01930.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5648,51 +5648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 173–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6494691a3e399f73b" w:history="1">
+      <w:hyperlink r:id="rId96406935206965279" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1993.tb04025.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5778,51 +5778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1231–1234. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9553691a3e399f803" w:history="1">
+      <w:hyperlink r:id="rId35276935206965345" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.48.10.1231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5868,51 +5868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2270691a3e399f89b" w:history="1">
+      <w:hyperlink r:id="rId771169352069653d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5978,51 +5978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3698691a3e399f957" w:history="1">
+      <w:hyperlink r:id="rId25136935206965498" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6175,81 +6175,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 113-117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2367691a3e399fa8f" w:history="1">
+      <w:hyperlink r:id="rId147069352069655d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21027164" name="name8622691a3e399fb21" descr="eu_funding_250.png"/>
+            <wp:docPr id="58240469" name="name69266935206965656" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3779691a3e399fb20" cstate="print"/>
+                    <a:blip r:embed="rId29816935206965655" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6347,137 +6347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73910670">
+  <w:abstractNum w:abstractNumId="22876497">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84603934">
+    <w:lvl w:ilvl="0" w:tplc="19157912">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84603934" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19157912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84603934" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19157912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84603934" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19157912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84603934" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19157912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84603934" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19157912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84603934" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19157912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84603934" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19157912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84603934" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19157912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73910669">
+  <w:abstractNum w:abstractNumId="22876496">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45320756">
+    <w:lvl w:ilvl="0" w:tplc="53219914">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7229,55 +7229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73910669">
-    <w:abstractNumId w:val="73910669"/>
+  <w:num w:numId="22876496">
+    <w:abstractNumId w:val="22876496"/>
   </w:num>
-  <w:num w:numId="73910670">
-    <w:abstractNumId w:val="73910670"/>
+  <w:num w:numId="22876497">
+    <w:abstractNumId w:val="22876497"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18827,51 +18827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId886030742" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId651700874" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8256691a3e399bdb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId5713691a3e399be22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId3564691a3e399c75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId2304691a3e399eaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId8776691a3e399eb0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId2057691a3e399eb9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId9173691a3e399ec59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId4178691a3e399ec98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId7593691a3e399ed1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId3251691a3e399ed92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId5332691a3e399ee05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId2118691a3e399ee92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId3350691a3e399eec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId6687691a3e399ef16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId4186691a3e399ef78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7971691a3e399f11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId1475691a3e399f1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId8388691a3e399f240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId3037691a3e399f2e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId9560691a3e399f35a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId2954691a3e399f3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId9776691a3e399f43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId8262691a3e399f4f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId8556691a3e399f548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId2702691a3e399f614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId9709691a3e399f682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId6494691a3e399f73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId9553691a3e399f803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId2270691a3e399f89b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId3698691a3e399f957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2367691a3e399fa8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId4281691a3e399c61e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4281691a3e399c61e.jpg"/><Relationship Id="rId1375691a3e399d841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1375691a3e399d841.jpg"/><Relationship Id="rId3779691a3e399fb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3779691a3e399fb20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535371487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId625959930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33936935206961321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId3765693520696138e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId47736935206961c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId230569352069645a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId95226935206964612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId522069352069646a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId3059693520696476b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId590869352069647a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId75376935206964836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId823369352069648b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId70216935206964939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId665069352069649d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId75956935206964a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId10456935206964a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId85476935206964ac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId20626935206964c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId60106935206964d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId73526935206964d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId71536935206964e2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId38916935206964ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId17486935206964ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId42506935206964f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId60826935206965040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId72666935206965091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId4544693520696515f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId278769352069651cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId96406935206965279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId35276935206965345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId771169352069653d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId25136935206965498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId147069352069655d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId87456935206961b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87456935206961b07.jpg"/><Relationship Id="rId92426935206963101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92426935206963101.jpg"/><Relationship Id="rId29816935206965655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29816935206965655.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>