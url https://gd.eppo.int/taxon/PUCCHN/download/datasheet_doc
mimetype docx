--- v2 (2025-12-07)
+++ v3 (2026-01-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white rust of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33936935206961321" w:history="1">
+            <w:hyperlink r:id="rId3783696bdd46ed83b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3765693520696138e" w:history="1">
+            <w:hyperlink r:id="rId5941696bdd46ed8a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCHN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71414278" name="name86736935206961b09" descr="1427.jpg"/>
+                  <wp:docPr id="86623510" name="name9969696bdd46ed9a9" descr="1427.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1427.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId87456935206961b07" cstate="print"/>
+                          <a:blip r:embed="rId3274696bdd46ed9a7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId47736935206961c2e" w:history="1">
+            <w:hyperlink r:id="rId1246696bdd46edaa7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1061,63 +1061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74816366" name="name56466935206963104" descr="PUCCHN_distribution_map.jpg"/>
+            <wp:docPr id="15584811" name="name2996696bdd46eec65" descr="PUCCHN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCHN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92426935206963101" cstate="print"/>
+                    <a:blip r:embed="rId7195696bdd46eec62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3669,51 +3669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6–7), 668–683. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230569352069645a6" w:history="1">
+      <w:hyperlink r:id="rId2196696bdd46efeb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3730,51 +3730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 162–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95226935206964612" w:history="1">
+      <w:hyperlink r:id="rId5824696bdd46eff2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1967.tb00398.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3820,51 +3820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">883</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 012023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522069352069646a2" w:history="1">
+      <w:hyperlink r:id="rId7308696bdd46effbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1088/1755-1315/883/1/012023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3941,81 +3941,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 325–338. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3059693520696476b" w:history="1">
+      <w:hyperlink r:id="rId8402696bdd46f0080" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-011-9756-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EAEU (2016) Common List of Quarantine Pests of the Eurasian Economic Union approved by Decision No. 158 of the Eurasian Economic Commission of November 30, 2016. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590869352069647a1" w:history="1">
+      <w:hyperlink r:id="rId9696696bdd46f00b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.consultant.ru/document/cons_doc_LAW_213644/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4052,51 +4052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3069. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75376935206964836" w:history="1">
+      <w:hyperlink r:id="rId7735696bdd46f0137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4122,51 +4122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–385. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823369352069648b0" w:history="1">
+      <w:hyperlink r:id="rId6998696bdd46f01a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105–114. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70216935206964939" w:history="1">
+      <w:hyperlink r:id="rId5111696bdd46f021a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-2338.2002.d01-223.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,131 +4282,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207–216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665069352069649d3" w:history="1">
+      <w:hyperlink r:id="rId8609696bdd46f02a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Standard PM 1/2(32) A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75956935206964a0a" w:history="1">
+      <w:hyperlink r:id="rId5535696bdd46f02e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PUCCHN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10456935206964a5f" w:history="1">
+      <w:hyperlink r:id="rId3949696bdd46f033b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85476935206964ac9" w:history="1">
+      <w:hyperlink r:id="rId4154696bdd46f03ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20626935206964c75" w:history="1">
+      <w:hyperlink r:id="rId4460696bdd46f0555" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4786,51 +4786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 293–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60106935206964d19" w:history="1">
+      <w:hyperlink r:id="rId7015696bdd46f05f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.22271/phyto.2021.v10.i2d.13820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1995–1998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73526935206964d9d" w:history="1">
+      <w:hyperlink r:id="rId7129696bdd46f067c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4957,51 +4957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 437–445. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71536935206964e2d" w:history="1">
+      <w:hyperlink r:id="rId6322696bdd46f0713" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-022-00574-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5027,101 +5027,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38916935206964ea0" w:history="1">
+      <w:hyperlink r:id="rId1587696bdd46f0789" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RNQP (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(PUCCHN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17486935206964ef0" w:history="1">
+      <w:hyperlink r:id="rId6865696bdd46f07db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42506935206964f7f" w:history="1">
+      <w:hyperlink r:id="rId6639696bdd46f086b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5958/0974-4541.2020.00023.5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5288,101 +5288,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PloS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170782. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60826935206965040" w:history="1">
+      <w:hyperlink r:id="rId4361696bdd46f092d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170782</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA APHIS PPQ (2005) Chrysanthemum white rust (CWR) eradication protocol for nurseries containing plants infected with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Henn. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId72666935206965091" w:history="1">
+      <w:hyperlink r:id="rId5995696bdd46f097e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horticultural Plant Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4544693520696515f" w:history="1">
+      <w:hyperlink r:id="rId3805696bdd46f0a4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.hpj.2020.03.006</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5538,51 +5538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278769352069651cd" w:history="1">
+      <w:hyperlink r:id="rId5359696bdd46f0abb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01930.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5648,51 +5648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 173–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96406935206965279" w:history="1">
+      <w:hyperlink r:id="rId1794696bdd46f0b68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1993.tb04025.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5778,51 +5778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1231–1234. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35276935206965345" w:history="1">
+      <w:hyperlink r:id="rId2745696bdd46f0c33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.48.10.1231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5868,51 +5868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId771169352069653d2" w:history="1">
+      <w:hyperlink r:id="rId6035696bdd46f0cc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5956,73 +5956,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25136935206965498" w:history="1">
+      <w:hyperlink r:id="rId9475696bdd46f0d78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6175,81 +6175,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 113-117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId147069352069655d8" w:history="1">
+      <w:hyperlink r:id="rId3953696bdd46f0f10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58240469" name="name69266935206965656" descr="eu_funding_250.png"/>
+            <wp:docPr id="37582444" name="name1991696bdd46f1089" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29816935206965655" cstate="print"/>
+                    <a:blip r:embed="rId4207696bdd46f1088" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6347,137 +6347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22876497">
+  <w:abstractNum w:abstractNumId="57074465">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19157912">
+    <w:lvl w:ilvl="0" w:tplc="34814841">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19157912" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34814841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19157912" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34814841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19157912" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34814841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19157912" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34814841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19157912" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34814841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19157912" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34814841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19157912" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34814841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19157912" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34814841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22876496">
+  <w:abstractNum w:abstractNumId="57074464">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53219914">
+    <w:lvl w:ilvl="0" w:tplc="25728750">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7229,55 +7229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22876496">
-    <w:abstractNumId w:val="22876496"/>
+  <w:num w:numId="57074464">
+    <w:abstractNumId w:val="57074464"/>
   </w:num>
-  <w:num w:numId="22876497">
-    <w:abstractNumId w:val="22876497"/>
+  <w:num w:numId="57074465">
+    <w:abstractNumId w:val="57074465"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18827,51 +18827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535371487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId625959930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33936935206961321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId3765693520696138e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId47736935206961c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId230569352069645a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId95226935206964612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId522069352069646a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId3059693520696476b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId590869352069647a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId75376935206964836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId823369352069648b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId70216935206964939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId665069352069649d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId75956935206964a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId10456935206964a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId85476935206964ac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId20626935206964c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId60106935206964d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId73526935206964d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId71536935206964e2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId38916935206964ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId17486935206964ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId42506935206964f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId60826935206965040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId72666935206965091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId4544693520696515f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId278769352069651cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId96406935206965279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId35276935206965345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId771169352069653d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId25136935206965498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId147069352069655d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId87456935206961b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87456935206961b07.jpg"/><Relationship Id="rId92426935206963101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92426935206963101.jpg"/><Relationship Id="rId29816935206965655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29816935206965655.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId106040972" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId134682268" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3783696bdd46ed83b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId5941696bdd46ed8a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId1246696bdd46edaa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId2196696bdd46efeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId5824696bdd46eff2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId7308696bdd46effbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId8402696bdd46f0080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId9696696bdd46f00b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId7735696bdd46f0137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId6998696bdd46f01a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId5111696bdd46f021a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId8609696bdd46f02a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId5535696bdd46f02e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId3949696bdd46f033b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId4154696bdd46f03ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId4460696bdd46f0555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId7015696bdd46f05f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId7129696bdd46f067c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId6322696bdd46f0713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId1587696bdd46f0789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId6865696bdd46f07db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId6639696bdd46f086b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId4361696bdd46f092d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId5995696bdd46f097e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId3805696bdd46f0a4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId5359696bdd46f0abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId1794696bdd46f0b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId2745696bdd46f0c33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId6035696bdd46f0cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId9475696bdd46f0d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3953696bdd46f0f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId3274696bdd46ed9a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3274696bdd46ed9a7.jpg"/><Relationship Id="rId7195696bdd46eec62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7195696bdd46eec62.jpg"/><Relationship Id="rId4207696bdd46f1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4207696bdd46f1088.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>