--- v3 (2026-01-17)
+++ v4 (2026-01-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white rust of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3783696bdd46ed83b" w:history="1">
+            <w:hyperlink r:id="rId6607696bee34d4219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5941696bdd46ed8a6" w:history="1">
+            <w:hyperlink r:id="rId8173696bee34d4284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCHN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86623510" name="name9969696bdd46ed9a9" descr="1427.jpg"/>
+                  <wp:docPr id="41059509" name="name2989696bee34d4895" descr="1427.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1427.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3274696bdd46ed9a7" cstate="print"/>
+                          <a:blip r:embed="rId1625696bee34d4894" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1246696bdd46edaa7" w:history="1">
+            <w:hyperlink r:id="rId8133696bee34d49c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1061,63 +1061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15584811" name="name2996696bdd46eec65" descr="PUCCHN_distribution_map.jpg"/>
+            <wp:docPr id="6703701" name="name2864696bee34d5a82" descr="PUCCHN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCHN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7195696bdd46eec62" cstate="print"/>
+                    <a:blip r:embed="rId2111696bee34d5a80" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3669,51 +3669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6–7), 668–683. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2196696bdd46efeb4" w:history="1">
+      <w:hyperlink r:id="rId6855696bee34d6cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3730,51 +3730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 162–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5824696bdd46eff2b" w:history="1">
+      <w:hyperlink r:id="rId6673696bee34d6d23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1967.tb00398.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3820,51 +3820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">883</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 012023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7308696bdd46effbe" w:history="1">
+      <w:hyperlink r:id="rId8928696bee34d6dc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1088/1755-1315/883/1/012023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3941,81 +3941,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 325–338. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8402696bdd46f0080" w:history="1">
+      <w:hyperlink r:id="rId5518696bee34d6e88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-011-9756-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EAEU (2016) Common List of Quarantine Pests of the Eurasian Economic Union approved by Decision No. 158 of the Eurasian Economic Commission of November 30, 2016. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9696696bdd46f00b3" w:history="1">
+      <w:hyperlink r:id="rId3852696bee34d6ebb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.consultant.ru/document/cons_doc_LAW_213644/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4052,51 +4052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3069. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7735696bdd46f0137" w:history="1">
+      <w:hyperlink r:id="rId6541696bee34d6f3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4122,51 +4122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–385. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6998696bdd46f01a8" w:history="1">
+      <w:hyperlink r:id="rId4363696bee34d6fae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105–114. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5111696bdd46f021a" w:history="1">
+      <w:hyperlink r:id="rId7450696bee34d701e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-2338.2002.d01-223.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,131 +4282,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207–216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8609696bdd46f02a9" w:history="1">
+      <w:hyperlink r:id="rId9751696bee34d70b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Standard PM 1/2(32) A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5535696bdd46f02e5" w:history="1">
+      <w:hyperlink r:id="rId5877696bee34d70ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PUCCHN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3949696bdd46f033b" w:history="1">
+      <w:hyperlink r:id="rId1574696bee34d713f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4154696bdd46f03ac" w:history="1">
+      <w:hyperlink r:id="rId7223696bee34d71a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4460696bdd46f0555" w:history="1">
+      <w:hyperlink r:id="rId8755696bee34d7347" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4786,51 +4786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 293–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7015696bdd46f05f7" w:history="1">
+      <w:hyperlink r:id="rId7740696bee34d73eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.22271/phyto.2021.v10.i2d.13820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1995–1998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7129696bdd46f067c" w:history="1">
+      <w:hyperlink r:id="rId4100696bee34d746e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4957,51 +4957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 437–445. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6322696bdd46f0713" w:history="1">
+      <w:hyperlink r:id="rId3221696bee34d74fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-022-00574-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5027,101 +5027,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1587696bdd46f0789" w:history="1">
+      <w:hyperlink r:id="rId1505696bee34d756f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RNQP (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(PUCCHN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6865696bdd46f07db" w:history="1">
+      <w:hyperlink r:id="rId1812696bee34d75bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6639696bdd46f086b" w:history="1">
+      <w:hyperlink r:id="rId4203696bee34d764e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5958/0974-4541.2020.00023.5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5288,101 +5288,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PloS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170782. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4361696bdd46f092d" w:history="1">
+      <w:hyperlink r:id="rId5112696bee34d770d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170782</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA APHIS PPQ (2005) Chrysanthemum white rust (CWR) eradication protocol for nurseries containing plants infected with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Henn. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5995696bdd46f097e" w:history="1">
+      <w:hyperlink r:id="rId7022696bee34d775e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horticultural Plant Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3805696bdd46f0a4d" w:history="1">
+      <w:hyperlink r:id="rId6719696bee34d782b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.hpj.2020.03.006</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5538,51 +5538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5359696bdd46f0abb" w:history="1">
+      <w:hyperlink r:id="rId2522696bee34d7899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01930.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5648,51 +5648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 173–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1794696bdd46f0b68" w:history="1">
+      <w:hyperlink r:id="rId2721696bee34d7945" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1993.tb04025.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5778,51 +5778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1231–1234. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2745696bdd46f0c33" w:history="1">
+      <w:hyperlink r:id="rId7725696bee34d7a10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.48.10.1231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5868,51 +5868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6035696bdd46f0cc1" w:history="1">
+      <w:hyperlink r:id="rId5667696bee34d7a9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5978,51 +5978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9475696bdd46f0d78" w:history="1">
+      <w:hyperlink r:id="rId6941696bee34d7b51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6175,81 +6175,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 113-117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3953696bdd46f0f10" w:history="1">
+      <w:hyperlink r:id="rId4908696bee34d7c97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37582444" name="name1991696bdd46f1089" descr="eu_funding_250.png"/>
+            <wp:docPr id="97520751" name="name7455696bee34d7fa7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4207696bdd46f1088" cstate="print"/>
+                    <a:blip r:embed="rId9227696bee34d7fa6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6347,137 +6347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57074465">
+  <w:abstractNum w:abstractNumId="22264106">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34814841">
+    <w:lvl w:ilvl="0" w:tplc="21453939">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34814841" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21453939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34814841" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21453939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34814841" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21453939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34814841" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21453939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34814841" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21453939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34814841" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21453939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34814841" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21453939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34814841" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21453939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57074464">
+  <w:abstractNum w:abstractNumId="22264105">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25728750">
+    <w:lvl w:ilvl="0" w:tplc="47881912">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7229,55 +7229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57074464">
-    <w:abstractNumId w:val="57074464"/>
+  <w:num w:numId="22264105">
+    <w:abstractNumId w:val="22264105"/>
   </w:num>
-  <w:num w:numId="57074465">
-    <w:abstractNumId w:val="57074465"/>
+  <w:num w:numId="22264106">
+    <w:abstractNumId w:val="22264106"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18827,51 +18827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId106040972" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId134682268" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3783696bdd46ed83b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId5941696bdd46ed8a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId1246696bdd46edaa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId2196696bdd46efeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId5824696bdd46eff2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId7308696bdd46effbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId8402696bdd46f0080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId9696696bdd46f00b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId7735696bdd46f0137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId6998696bdd46f01a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId5111696bdd46f021a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId8609696bdd46f02a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId5535696bdd46f02e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId3949696bdd46f033b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId4154696bdd46f03ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId4460696bdd46f0555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId7015696bdd46f05f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId7129696bdd46f067c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId6322696bdd46f0713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId1587696bdd46f0789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId6865696bdd46f07db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId6639696bdd46f086b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId4361696bdd46f092d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId5995696bdd46f097e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId3805696bdd46f0a4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId5359696bdd46f0abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId1794696bdd46f0b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId2745696bdd46f0c33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId6035696bdd46f0cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId9475696bdd46f0d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3953696bdd46f0f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId3274696bdd46ed9a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3274696bdd46ed9a7.jpg"/><Relationship Id="rId7195696bdd46eec62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7195696bdd46eec62.jpg"/><Relationship Id="rId4207696bdd46f1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4207696bdd46f1088.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582299367" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId509668265" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6607696bee34d4219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId8173696bee34d4284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId8133696bee34d49c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId6855696bee34d6cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId6673696bee34d6d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId8928696bee34d6dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId5518696bee34d6e88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId3852696bee34d6ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId6541696bee34d6f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId4363696bee34d6fae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId7450696bee34d701e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId9751696bee34d70b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId5877696bee34d70ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId1574696bee34d713f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId7223696bee34d71a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId8755696bee34d7347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId7740696bee34d73eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId4100696bee34d746e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId3221696bee34d74fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId1505696bee34d756f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId1812696bee34d75bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId4203696bee34d764e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId5112696bee34d770d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId7022696bee34d775e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId6719696bee34d782b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId2522696bee34d7899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId2721696bee34d7945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId7725696bee34d7a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId5667696bee34d7a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId6941696bee34d7b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4908696bee34d7c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId1625696bee34d4894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1625696bee34d4894.jpg"/><Relationship Id="rId2111696bee34d5a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2111696bee34d5a80.jpg"/><Relationship Id="rId9227696bee34d7fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9227696bee34d7fa6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>