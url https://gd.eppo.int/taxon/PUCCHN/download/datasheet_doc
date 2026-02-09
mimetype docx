--- v4 (2026-01-17)
+++ v5 (2026-02-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white rust of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6607696bee34d4219" w:history="1">
+            <w:hyperlink r:id="rId4042698a0b37c8947" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8173696bee34d4284" w:history="1">
+            <w:hyperlink r:id="rId6249698a0b37c89b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCHN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41059509" name="name2989696bee34d4895" descr="1427.jpg"/>
+                  <wp:docPr id="33107006" name="name3698698a0b37c92a5" descr="1427.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1427.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1625696bee34d4894" cstate="print"/>
+                          <a:blip r:embed="rId5859698a0b37c92a0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8133696bee34d49c8" w:history="1">
+            <w:hyperlink r:id="rId8787698a0b37c9427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1061,105 +1061,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6703701" name="name2864696bee34d5a82" descr="PUCCHN_distribution_map.jpg"/>
+            <wp:docPr id="78050688" name="name8653698a0b37ca7eb" descr="PUCCHN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCHN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2111696bee34d5a80" cstate="print"/>
+                    <a:blip r:embed="rId7059698a0b37ca7e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Bulgaria, Croatia, Czechia, Denmark, France (mainland), Germany, Greece (Kriti), Guernsey, Hungary, Italy (mainland, Sicilia), Latvia, Netherlands, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (the) (Far East), Serbia, Slovakia, Slovenia, Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England, Northern Ireland, Scotland)</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Bulgaria, Croatia, Czechia, Denmark, France (mainland), Germany, Greece (Kriti), Guernsey, Hungary, Italy (mainland, Sicilia), Latvia, Malta, Netherlands, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (Far East), Serbia, Slovakia, Slovenia, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England, Northern Ireland, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> South Africa, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3669,51 +3669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6–7), 668–683. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6855696bee34d6cb9" w:history="1">
+      <w:hyperlink r:id="rId5038698a0b37cba4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3730,51 +3730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 162–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6673696bee34d6d23" w:history="1">
+      <w:hyperlink r:id="rId5603698a0b37cbab5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1967.tb00398.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3820,51 +3820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">883</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 012023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8928696bee34d6dc5" w:history="1">
+      <w:hyperlink r:id="rId2784698a0b37cbb44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1088/1755-1315/883/1/012023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3941,81 +3941,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 325–338. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5518696bee34d6e88" w:history="1">
+      <w:hyperlink r:id="rId4423698a0b37cbc03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-011-9756-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EAEU (2016) Common List of Quarantine Pests of the Eurasian Economic Union approved by Decision No. 158 of the Eurasian Economic Commission of November 30, 2016. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3852696bee34d6ebb" w:history="1">
+      <w:hyperlink r:id="rId7713698a0b37cbc35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.consultant.ru/document/cons_doc_LAW_213644/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4052,51 +4052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3069. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6541696bee34d6f3e" w:history="1">
+      <w:hyperlink r:id="rId2738698a0b37cbcb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4122,51 +4122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–385. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4363696bee34d6fae" w:history="1">
+      <w:hyperlink r:id="rId2974698a0b37cbd26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105–114. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7450696bee34d701e" w:history="1">
+      <w:hyperlink r:id="rId2702698a0b37cbd95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-2338.2002.d01-223.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,131 +4282,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207–216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9751696bee34d70b6" w:history="1">
+      <w:hyperlink r:id="rId1851698a0b37cbe2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Standard PM 1/2(32) A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5877696bee34d70ea" w:history="1">
+      <w:hyperlink r:id="rId7661698a0b37cbe60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PUCCHN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1574696bee34d713f" w:history="1">
+      <w:hyperlink r:id="rId8776698a0b37cbeb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7223696bee34d71a3" w:history="1">
+      <w:hyperlink r:id="rId8024698a0b37cbf15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8755696bee34d7347" w:history="1">
+      <w:hyperlink r:id="rId7441698a0b37cc0b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4786,51 +4786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 293–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7740696bee34d73eb" w:history="1">
+      <w:hyperlink r:id="rId7766698a0b37cc157" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.22271/phyto.2021.v10.i2d.13820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1995–1998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4100696bee34d746e" w:history="1">
+      <w:hyperlink r:id="rId1340698a0b37cc1f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4957,51 +4957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 437–445. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3221696bee34d74fe" w:history="1">
+      <w:hyperlink r:id="rId9399698a0b37cc282" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-022-00574-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5027,101 +5027,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1505696bee34d756f" w:history="1">
+      <w:hyperlink r:id="rId2510698a0b37cc2f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RNQP (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(PUCCHN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1812696bee34d75bf" w:history="1">
+      <w:hyperlink r:id="rId8178698a0b37cc347" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4203696bee34d764e" w:history="1">
+      <w:hyperlink r:id="rId9056698a0b37cc3d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5958/0974-4541.2020.00023.5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5288,101 +5288,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PloS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170782. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5112696bee34d770d" w:history="1">
+      <w:hyperlink r:id="rId8470698a0b37cc49c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170782</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA APHIS PPQ (2005) Chrysanthemum white rust (CWR) eradication protocol for nurseries containing plants infected with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Henn. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7022696bee34d775e" w:history="1">
+      <w:hyperlink r:id="rId9981698a0b37cc4f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horticultural Plant Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6719696bee34d782b" w:history="1">
+      <w:hyperlink r:id="rId1433698a0b37cc5c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.hpj.2020.03.006</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5538,51 +5538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2522696bee34d7899" w:history="1">
+      <w:hyperlink r:id="rId2745698a0b37cc631" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01930.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5648,51 +5648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 173–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2721696bee34d7945" w:history="1">
+      <w:hyperlink r:id="rId1382698a0b37cc6de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1993.tb04025.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5778,51 +5778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1231–1234. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7725696bee34d7a10" w:history="1">
+      <w:hyperlink r:id="rId5934698a0b37cc7a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.48.10.1231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5868,51 +5868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5667696bee34d7a9d" w:history="1">
+      <w:hyperlink r:id="rId1941698a0b37cc838" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5978,51 +5978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6941696bee34d7b51" w:history="1">
+      <w:hyperlink r:id="rId3908698a0b37cc8ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6175,81 +6175,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 113-117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4908696bee34d7c97" w:history="1">
+      <w:hyperlink r:id="rId8533698a0b37cca35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97520751" name="name7455696bee34d7fa7" descr="eu_funding_250.png"/>
+            <wp:docPr id="64757383" name="name2343698a0b37cca94" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9227696bee34d7fa6" cstate="print"/>
+                    <a:blip r:embed="rId3804698a0b37cca93" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6347,137 +6347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22264106">
+  <w:abstractNum w:abstractNumId="71362953">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21453939">
+    <w:lvl w:ilvl="0" w:tplc="86446533">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21453939" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86446533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21453939" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86446533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21453939" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86446533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21453939" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86446533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21453939" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86446533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21453939" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86446533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21453939" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86446533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21453939" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86446533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22264105">
+  <w:abstractNum w:abstractNumId="71362952">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47881912">
+    <w:lvl w:ilvl="0" w:tplc="25617905">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7229,55 +7229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22264105">
-    <w:abstractNumId w:val="22264105"/>
+  <w:num w:numId="71362952">
+    <w:abstractNumId w:val="71362952"/>
   </w:num>
-  <w:num w:numId="22264106">
-    <w:abstractNumId w:val="22264106"/>
+  <w:num w:numId="71362953">
+    <w:abstractNumId w:val="71362953"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18827,51 +18827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582299367" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId509668265" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6607696bee34d4219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId8173696bee34d4284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId8133696bee34d49c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId6855696bee34d6cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId6673696bee34d6d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId8928696bee34d6dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId5518696bee34d6e88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId3852696bee34d6ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId6541696bee34d6f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId4363696bee34d6fae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId7450696bee34d701e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId9751696bee34d70b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId5877696bee34d70ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId1574696bee34d713f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId7223696bee34d71a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId8755696bee34d7347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId7740696bee34d73eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId4100696bee34d746e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId3221696bee34d74fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId1505696bee34d756f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId1812696bee34d75bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId4203696bee34d764e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId5112696bee34d770d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId7022696bee34d775e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId6719696bee34d782b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId2522696bee34d7899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId2721696bee34d7945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId7725696bee34d7a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId5667696bee34d7a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId6941696bee34d7b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4908696bee34d7c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId1625696bee34d4894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1625696bee34d4894.jpg"/><Relationship Id="rId2111696bee34d5a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2111696bee34d5a80.jpg"/><Relationship Id="rId9227696bee34d7fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9227696bee34d7fa6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId210044825" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352295179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4042698a0b37c8947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId6249698a0b37c89b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId8787698a0b37c9427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId5038698a0b37cba4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId5603698a0b37cbab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId2784698a0b37cbb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId4423698a0b37cbc03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId7713698a0b37cbc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId2738698a0b37cbcb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId2974698a0b37cbd26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId2702698a0b37cbd95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId1851698a0b37cbe2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId7661698a0b37cbe60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId8776698a0b37cbeb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId8024698a0b37cbf15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7441698a0b37cc0b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId7766698a0b37cc157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId1340698a0b37cc1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId9399698a0b37cc282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId2510698a0b37cc2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId8178698a0b37cc347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId9056698a0b37cc3d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId8470698a0b37cc49c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId9981698a0b37cc4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId1433698a0b37cc5c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId2745698a0b37cc631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId1382698a0b37cc6de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId5934698a0b37cc7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId1941698a0b37cc838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId3908698a0b37cc8ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8533698a0b37cca35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId5859698a0b37c92a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5859698a0b37c92a0.jpg"/><Relationship Id="rId7059698a0b37ca7e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7059698a0b37ca7e8.jpg"/><Relationship Id="rId3804698a0b37cca93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3804698a0b37cca93.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>