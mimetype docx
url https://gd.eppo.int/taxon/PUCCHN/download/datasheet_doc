--- v5 (2026-02-09)
+++ v6 (2026-03-02)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white rust of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4042698a0b37c8947" w:history="1">
+            <w:hyperlink r:id="rId601969a5105cf1018" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6249698a0b37c89b3" w:history="1">
+            <w:hyperlink r:id="rId601469a5105cf10a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCHN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33107006" name="name3698698a0b37c92a5" descr="1427.jpg"/>
+                  <wp:docPr id="98919380" name="name288969a5105cf18e8" descr="1427.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1427.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5859698a0b37c92a0" cstate="print"/>
+                          <a:blip r:embed="rId103169a5105cf18e6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8787698a0b37c9427" w:history="1">
+            <w:hyperlink r:id="rId775669a5105cf1a53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1061,63 +1061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78050688" name="name8653698a0b37ca7eb" descr="PUCCHN_distribution_map.jpg"/>
+            <wp:docPr id="40383905" name="name886269a5105cf2faf" descr="PUCCHN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCHN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7059698a0b37ca7e8" cstate="print"/>
+                    <a:blip r:embed="rId423569a5105cf2fab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3669,51 +3669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6–7), 668–683. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5038698a0b37cba4c" w:history="1">
+      <w:hyperlink r:id="rId264669a5105d00150" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3730,51 +3730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 162–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5603698a0b37cbab5" w:history="1">
+      <w:hyperlink r:id="rId186469a5105d001cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1967.tb00398.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3820,51 +3820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">883</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 012023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2784698a0b37cbb44" w:history="1">
+      <w:hyperlink r:id="rId296169a5105d00276" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1088/1755-1315/883/1/012023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3941,81 +3941,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 325–338. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4423698a0b37cbc03" w:history="1">
+      <w:hyperlink r:id="rId868169a5105d00339" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-011-9756-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EAEU (2016) Common List of Quarantine Pests of the Eurasian Economic Union approved by Decision No. 158 of the Eurasian Economic Commission of November 30, 2016. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7713698a0b37cbc35" w:history="1">
+      <w:hyperlink r:id="rId782269a5105d0036c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.consultant.ru/document/cons_doc_LAW_213644/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4052,51 +4052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3069. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2738698a0b37cbcb8" w:history="1">
+      <w:hyperlink r:id="rId468269a5105d003f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4122,51 +4122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–385. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2974698a0b37cbd26" w:history="1">
+      <w:hyperlink r:id="rId984569a5105d00461" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105–114. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2702698a0b37cbd95" w:history="1">
+      <w:hyperlink r:id="rId752169a5105d004d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-2338.2002.d01-223.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,131 +4282,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207–216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1851698a0b37cbe2a" w:history="1">
+      <w:hyperlink r:id="rId233169a5105d00561" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Standard PM 1/2(32) A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7661698a0b37cbe60" w:history="1">
+      <w:hyperlink r:id="rId143869a5105d0059c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PUCCHN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8776698a0b37cbeb3" w:history="1">
+      <w:hyperlink r:id="rId122769a5105d005ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8024698a0b37cbf15" w:history="1">
+      <w:hyperlink r:id="rId431769a5105d0068d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7441698a0b37cc0b6" w:history="1">
+      <w:hyperlink r:id="rId981269a5105d00857" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4786,51 +4786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 293–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7766698a0b37cc157" w:history="1">
+      <w:hyperlink r:id="rId709169a5105d008fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.22271/phyto.2021.v10.i2d.13820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1995–1998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1340698a0b37cc1f0" w:history="1">
+      <w:hyperlink r:id="rId710669a5105d00988" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4957,51 +4957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 437–445. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9399698a0b37cc282" w:history="1">
+      <w:hyperlink r:id="rId218369a5105d00a19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-022-00574-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5027,101 +5027,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2510698a0b37cc2f6" w:history="1">
+      <w:hyperlink r:id="rId732069a5105d00ad5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RNQP (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(PUCCHN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8178698a0b37cc347" w:history="1">
+      <w:hyperlink r:id="rId474869a5105d00b29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9056698a0b37cc3d7" w:history="1">
+      <w:hyperlink r:id="rId170169a5105d00bbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5958/0974-4541.2020.00023.5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5288,101 +5288,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PloS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170782. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8470698a0b37cc49c" w:history="1">
+      <w:hyperlink r:id="rId206169a5105d00c98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170782</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA APHIS PPQ (2005) Chrysanthemum white rust (CWR) eradication protocol for nurseries containing plants infected with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Henn. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9981698a0b37cc4f2" w:history="1">
+      <w:hyperlink r:id="rId449069a5105d00cec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horticultural Plant Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1433698a0b37cc5c2" w:history="1">
+      <w:hyperlink r:id="rId887569a5105d00dd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.hpj.2020.03.006</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5538,51 +5538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2745698a0b37cc631" w:history="1">
+      <w:hyperlink r:id="rId450869a5105d00e47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01930.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5648,51 +5648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 173–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1382698a0b37cc6de" w:history="1">
+      <w:hyperlink r:id="rId317769a5105d00f0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1993.tb04025.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5778,51 +5778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1231–1234. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5934698a0b37cc7a9" w:history="1">
+      <w:hyperlink r:id="rId736169a5105d00ff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.48.10.1231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5868,51 +5868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1941698a0b37cc838" w:history="1">
+      <w:hyperlink r:id="rId104469a5105d010a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5978,51 +5978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3908698a0b37cc8ef" w:history="1">
+      <w:hyperlink r:id="rId448269a5105d01165" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6175,81 +6175,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 113-117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8533698a0b37cca35" w:history="1">
+      <w:hyperlink r:id="rId915769a5105d012c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64757383" name="name2343698a0b37cca94" descr="eu_funding_250.png"/>
+            <wp:docPr id="46758750" name="name607169a5105d0135c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3804698a0b37cca93" cstate="print"/>
+                    <a:blip r:embed="rId184769a5105d0135b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6347,137 +6347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71362953">
+  <w:abstractNum w:abstractNumId="89285504">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86446533">
+    <w:lvl w:ilvl="0" w:tplc="22951731">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86446533" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22951731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86446533" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22951731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86446533" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22951731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86446533" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22951731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86446533" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22951731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86446533" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22951731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86446533" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22951731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86446533" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22951731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71362952">
+  <w:abstractNum w:abstractNumId="89285503">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25617905">
+    <w:lvl w:ilvl="0" w:tplc="33842475">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7229,55 +7229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71362952">
-    <w:abstractNumId w:val="71362952"/>
+  <w:num w:numId="89285503">
+    <w:abstractNumId w:val="89285503"/>
   </w:num>
-  <w:num w:numId="71362953">
-    <w:abstractNumId w:val="71362953"/>
+  <w:num w:numId="89285504">
+    <w:abstractNumId w:val="89285504"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18827,51 +18827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId210044825" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352295179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4042698a0b37c8947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId6249698a0b37c89b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId8787698a0b37c9427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId5038698a0b37cba4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId5603698a0b37cbab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId2784698a0b37cbb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId4423698a0b37cbc03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId7713698a0b37cbc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId2738698a0b37cbcb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId2974698a0b37cbd26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId2702698a0b37cbd95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId1851698a0b37cbe2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId7661698a0b37cbe60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId8776698a0b37cbeb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId8024698a0b37cbf15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7441698a0b37cc0b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId7766698a0b37cc157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId1340698a0b37cc1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId9399698a0b37cc282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId2510698a0b37cc2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId8178698a0b37cc347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId9056698a0b37cc3d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId8470698a0b37cc49c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId9981698a0b37cc4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId1433698a0b37cc5c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId2745698a0b37cc631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId1382698a0b37cc6de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId5934698a0b37cc7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId1941698a0b37cc838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId3908698a0b37cc8ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8533698a0b37cca35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId5859698a0b37c92a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5859698a0b37c92a0.jpg"/><Relationship Id="rId7059698a0b37ca7e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7059698a0b37ca7e8.jpg"/><Relationship Id="rId3804698a0b37cca93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3804698a0b37cca93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId900113439" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754607485" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId601969a5105cf1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId601469a5105cf10a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId775669a5105cf1a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId264669a5105d00150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId186469a5105d001cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId296169a5105d00276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId868169a5105d00339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId782269a5105d0036c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId468269a5105d003f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId984569a5105d00461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId752169a5105d004d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId233169a5105d00561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId143869a5105d0059c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId122769a5105d005ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId431769a5105d0068d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId981269a5105d00857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId709169a5105d008fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId710669a5105d00988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId218369a5105d00a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId732069a5105d00ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId474869a5105d00b29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId170169a5105d00bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId206169a5105d00c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId449069a5105d00cec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId887569a5105d00dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId450869a5105d00e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId317769a5105d00f0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId736169a5105d00ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId104469a5105d010a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId448269a5105d01165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId915769a5105d012c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId103169a5105cf18e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId103169a5105cf18e6.jpg"/><Relationship Id="rId423569a5105cf2fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId423569a5105cf2fab.jpg"/><Relationship Id="rId184769a5105d0135b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184769a5105d0135b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>