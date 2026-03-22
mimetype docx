--- v6 (2026-03-02)
+++ v7 (2026-03-22)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Pucciniomycotina: Pucciniomycetes: Pucciniales: Pucciniaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white rust of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId601969a5105cf1018" w:history="1">
+            <w:hyperlink r:id="rId325269c0188ec508c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId601469a5105cf10a6" w:history="1">
+            <w:hyperlink r:id="rId175969c0188ec50f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PUCCHN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98919380" name="name288969a5105cf18e8" descr="1427.jpg"/>
+                  <wp:docPr id="64020638" name="name833069c0188ec5807" descr="1427.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1427.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId103169a5105cf18e6" cstate="print"/>
+                          <a:blip r:embed="rId591369c0188ec5806" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId775669a5105cf1a53" w:history="1">
+            <w:hyperlink r:id="rId412769c0188ec593a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1061,63 +1061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40383905" name="name886269a5105cf2faf" descr="PUCCHN_distribution_map.jpg"/>
+            <wp:docPr id="78396222" name="name668769c0188ec6ad0" descr="PUCCHN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PUCCHN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId423569a5105cf2fab" cstate="print"/>
+                    <a:blip r:embed="rId512469c0188ec6acd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3669,51 +3669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6–7), 668–683. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264669a5105d00150" w:history="1">
+      <w:hyperlink r:id="rId384569c0188ec7d06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3730,51 +3730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 162–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186469a5105d001cf" w:history="1">
+      <w:hyperlink r:id="rId647369c0188ec7d70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1967.tb00398.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3820,51 +3820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">883</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 012023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296169a5105d00276" w:history="1">
+      <w:hyperlink r:id="rId716569c0188ec7e00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1088/1755-1315/883/1/012023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3941,81 +3941,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 325–338. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868169a5105d00339" w:history="1">
+      <w:hyperlink r:id="rId604769c0188ec7ec0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-011-9756-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EAEU (2016) Common List of Quarantine Pests of the Eurasian Economic Union approved by Decision No. 158 of the Eurasian Economic Commission of November 30, 2016. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782269a5105d0036c" w:history="1">
+      <w:hyperlink r:id="rId211969c0188ec7ef3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.consultant.ru/document/cons_doc_LAW_213644/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4052,51 +4052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3069. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468269a5105d003f0" w:history="1">
+      <w:hyperlink r:id="rId821269c0188ec7f85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4122,51 +4122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–385. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984569a5105d00461" w:history="1">
+      <w:hyperlink r:id="rId104169c0188ec7ff5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105–114. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752169a5105d004d3" w:history="1">
+      <w:hyperlink r:id="rId943669c0188ec8065" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-2338.2002.d01-223.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,131 +4282,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207–216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233169a5105d00561" w:history="1">
+      <w:hyperlink r:id="rId925769c0188ec80f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Standard PM 1/2(32) A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId143869a5105d0059c" w:history="1">
+      <w:hyperlink r:id="rId636469c0188ec8125" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PUCCHN/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122769a5105d005ff" w:history="1">
+      <w:hyperlink r:id="rId103969c0188ec8177" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431769a5105d0068d" w:history="1">
+      <w:hyperlink r:id="rId835369c0188ec81da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981269a5105d00857" w:history="1">
+      <w:hyperlink r:id="rId814269c0188ec838c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4786,51 +4786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 293–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709169a5105d008fb" w:history="1">
+      <w:hyperlink r:id="rId213069c0188ec842f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.22271/phyto.2021.v10.i2d.13820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Pharmacognosy and Phytochemistry </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1995–1998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710669a5105d00988" w:history="1">
+      <w:hyperlink r:id="rId373969c0188ec84b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4957,51 +4957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 437–445. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218369a5105d00a19" w:history="1">
+      <w:hyperlink r:id="rId889569c0188ec8545" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42360-022-00574-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5027,101 +5027,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732069a5105d00ad5" w:history="1">
+      <w:hyperlink r:id="rId889069c0188ec85b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RNQP (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(PUCCHN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474869a5105d00b29" w:history="1">
+      <w:hyperlink r:id="rId601669c0188ec8608" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170169a5105d00bbb" w:history="1">
+      <w:hyperlink r:id="rId181769c0188ec8697" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5958/0974-4541.2020.00023.5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5288,101 +5288,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PloS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170782. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206169a5105d00c98" w:history="1">
+      <w:hyperlink r:id="rId892169c0188ec8758" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170782</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA APHIS PPQ (2005) Chrysanthemum white rust (CWR) eradication protocol for nurseries containing plants infected with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Henn. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId449069a5105d00cec" w:history="1">
+      <w:hyperlink r:id="rId700769c0188ec87ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horticultural Plant Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887569a5105d00dd3" w:history="1">
+      <w:hyperlink r:id="rId302269c0188ec8879" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.hpj.2020.03.006</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5538,51 +5538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450869a5105d00e47" w:history="1">
+      <w:hyperlink r:id="rId610969c0188ec88e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01930.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5648,51 +5648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 173–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317769a5105d00f0f" w:history="1">
+      <w:hyperlink r:id="rId668469c0188ec8995" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1993.tb04025.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5778,51 +5778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1231–1234. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736169a5105d00ff7" w:history="1">
+      <w:hyperlink r:id="rId143269c0188ec8a60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.48.10.1231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5868,51 +5868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104469a5105d010a1" w:history="1">
+      <w:hyperlink r:id="rId580969c0188ec8af9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5978,51 +5978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puccinia horiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448269a5105d01165" w:history="1">
+      <w:hyperlink r:id="rId883669c0188ec8bb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6175,81 +6175,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 113-117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915769a5105d012c0" w:history="1">
+      <w:hyperlink r:id="rId986669c0188ec8d12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46758750" name="name607169a5105d0135c" descr="eu_funding_250.png"/>
+            <wp:docPr id="6147887" name="name192969c0188ec8d86" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId184769a5105d0135b" cstate="print"/>
+                    <a:blip r:embed="rId259169c0188ec8d85" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6347,137 +6347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89285504">
+  <w:abstractNum w:abstractNumId="56952998">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22951731">
+    <w:lvl w:ilvl="0" w:tplc="67938863">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22951731" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67938863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22951731" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67938863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22951731" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67938863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22951731" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67938863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22951731" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67938863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22951731" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67938863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22951731" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67938863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22951731" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67938863" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89285503">
+  <w:abstractNum w:abstractNumId="56952997">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33842475">
+    <w:lvl w:ilvl="0" w:tplc="34371732">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7229,55 +7229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89285503">
-    <w:abstractNumId w:val="89285503"/>
+  <w:num w:numId="56952997">
+    <w:abstractNumId w:val="56952997"/>
   </w:num>
-  <w:num w:numId="89285504">
-    <w:abstractNumId w:val="89285504"/>
+  <w:num w:numId="56952998">
+    <w:abstractNumId w:val="56952998"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18827,51 +18827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId900113439" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754607485" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId601969a5105cf1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId601469a5105cf10a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId775669a5105cf1a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId264669a5105d00150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId186469a5105d001cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId296169a5105d00276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId868169a5105d00339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId782269a5105d0036c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId468269a5105d003f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId984569a5105d00461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId752169a5105d004d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId233169a5105d00561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId143869a5105d0059c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId122769a5105d005ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId431769a5105d0068d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId981269a5105d00857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId709169a5105d008fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId710669a5105d00988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId218369a5105d00a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId732069a5105d00ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId474869a5105d00b29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId170169a5105d00bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId206169a5105d00c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId449069a5105d00cec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId887569a5105d00dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId450869a5105d00e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId317769a5105d00f0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId736169a5105d00ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId104469a5105d010a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId448269a5105d01165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId915769a5105d012c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId103169a5105cf18e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId103169a5105cf18e6.jpg"/><Relationship Id="rId423569a5105cf2fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId423569a5105cf2fab.jpg"/><Relationship Id="rId184769a5105d0135b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184769a5105d0135b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId370056174" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId796425726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId325269c0188ec508c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/" TargetMode="External"/><Relationship Id="rId175969c0188ec50f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/categorization" TargetMode="External"/><Relationship Id="rId412769c0188ec593a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/photos" TargetMode="External"/><Relationship Id="rId384569c0188ec7d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.02.003" TargetMode="External"/><Relationship Id="rId647369c0188ec7d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1967.tb00398.x" TargetMode="External"/><Relationship Id="rId716569c0188ec7e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/883/1/012023" TargetMode="External"/><Relationship Id="rId604769c0188ec7ec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-011-9756-8" TargetMode="External"/><Relationship Id="rId211969c0188ec7ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_213644/" TargetMode="External"/><Relationship Id="rId821269c0188ec7f85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3069" TargetMode="External"/><Relationship Id="rId104169c0188ec7ff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1998.tb00743.x" TargetMode="External"/><Relationship Id="rId943669c0188ec8065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-2338.2002.d01-223.x" TargetMode="External"/><Relationship Id="rId925769c0188ec80f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12658" TargetMode="External"/><Relationship Id="rId636469c0188ec8125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PUCCHN/documents" TargetMode="External"/><Relationship Id="rId103969c0188ec8177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId835369c0188ec81da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId814269c0188ec838c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976669" TargetMode="External"/><Relationship Id="rId213069c0188ec842f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22271/phyto.2021.v10.i2d.13820" TargetMode="External"/><Relationship Id="rId373969c0188ec84b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phytojournal.com/archives?year=2019&amp;vol=8&amp;issue=2&amp;ArticleId=7970" TargetMode="External"/><Relationship Id="rId889569c0188ec8545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42360-022-00574-w" TargetMode="External"/><Relationship Id="rId889069c0188ec85b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId601669c0188ec8608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=PUCCHN" TargetMode="External"/><Relationship Id="rId181769c0188ec8697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5958/0974-4541.2020.00023.5" TargetMode="External"/><Relationship Id="rId892169c0188ec8758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170782" TargetMode="External"/><Relationship Id="rId700769c0188ec87ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/cwr/downloads/cwrplan.pdf" TargetMode="External"/><Relationship Id="rId302269c0188ec8879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.hpj.2020.03.006" TargetMode="External"/><Relationship Id="rId610969c0188ec88e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01930.x" TargetMode="External"/><Relationship Id="rId668469c0188ec8995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1993.tb04025.x" TargetMode="External"/><Relationship Id="rId143269c0188ec8a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.48.10.1231" TargetMode="External"/><Relationship Id="rId580969c0188ec8af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantprotection.pl/Development-of-Puccinia-horiana-on-chrysanthemum-leaves-in-relation-to-chemical-compounds,89998,0,2.html" TargetMode="External"/><Relationship Id="rId883669c0188ec8bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId986669c0188ec8d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01964.x" TargetMode="External"/><Relationship Id="rId591369c0188ec5806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591369c0188ec5806.jpg"/><Relationship Id="rId512469c0188ec6acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId512469c0188ec6acd.jpg"/><Relationship Id="rId259169c0188ec8d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259169c0188ec8d85.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>