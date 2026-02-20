--- v0 (2025-10-08)
+++ v1 (2026-02-20)
@@ -491,51 +491,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>