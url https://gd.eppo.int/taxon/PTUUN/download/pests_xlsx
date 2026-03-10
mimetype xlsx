--- v0 (2025-10-21)
+++ v1 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PTUUN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPFR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fraxini'</t>
   </si>
   <si>
     <t>* Franco-Lara L, Perilla-Henao LM (2014) Phytoplasma diseases in trees of Bogotá, Colombia: a serious risk for urban trees and Crops. In: Bertaccini A (ed) Phytoplasmas and Phytoplasma Disease Management: How to Reduce Their Economic Impact, 1 ed. Bologna: IPWG - COST, pp. 90–100.</t>
   </si>
   <si>
@@ -82,50 +82,60 @@
     <t>FUSAEW</t>
   </si>
   <si>
     <t>Fusarium euwallaceae</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7),  938-951.</t>
   </si>
   <si>
     <t>PLTPMU</t>
   </si>
   <si>
     <t>Megaplatypus mutatus</t>
   </si>
   <si>
     <t>* Carvalho Filho MM, Teixeira EP, Conforti TB (2008) Registro de novos hospedeiros de Megaplatypus mutatus (Chapuis) (Coleoptera, Platypodidae) no Estado de São Paulo, Brasil (Nota Científica). Revista do Instituto Florestal 20(2), 213-219.</t>
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Pittosporum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -429,61 +439,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="333.776" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -539,50 +549,64 @@
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">