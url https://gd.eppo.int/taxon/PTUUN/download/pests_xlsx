--- v1 (2026-03-10)
+++ v2 (2026-03-30)
@@ -12,65 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PTUUN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>PHYPAS</t>
+  </si>
+  <si>
+    <t>'Candidatus Phytoplasma asteris'</t>
+  </si>
+  <si>
+    <t>* Montano HG, Bertaccini A, Fiore N (2024) Phytoplasma-associated diseases in South America: thirty years of research. Microorganisms 12(7), 1311. https://doi.org/10.3390/microorganisms12071311</t>
   </si>
   <si>
     <t>PHYPFR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fraxini'</t>
   </si>
   <si>
     <t>* Franco-Lara L, Perilla-Henao LM (2014) Phytoplasma diseases in trees of Bogotá, Colombia: a serious risk for urban trees and Crops. In: Bertaccini A (ed) Phytoplasmas and Phytoplasma Disease Management: How to Reduce Their Economic Impact, 1 ed. Bologna: IPWG - COST, pp. 90–100.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Rugman-Jones PF, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7), 938-951.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
@@ -439,51 +448,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="333.776" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -563,50 +572,64 @@
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">