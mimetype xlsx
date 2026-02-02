--- v0 (2025-10-02)
+++ v1 (2026-02-02)
@@ -12,98 +12,108 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PTUTE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>TORTPR</t>
   </si>
   <si>
     <t>Cacoecimorpha pronubana</t>
   </si>
   <si>
     <t>STERPU</t>
   </si>
   <si>
     <t>Chondrostereum purpureum</t>
   </si>
   <si>
     <t>* Bishop GC (1978) Studies on silver leaf disease of stone and pome fruit trees (Doctoral dissertation, Adelaide, Australia), 155 pp. https://digital.library.adelaide.edu.au/dspace/bitstream/2440/20649/2/02whole.pdf</t>
   </si>
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
   <si>
     <t>PSECOB</t>
   </si>
   <si>
     <t>Pseudococcus viburni</t>
   </si>
   <si>
     <t>* Kreiter P, Germain JF, Balmes V, Belet A, Cambournac L, Correa M, Descamps S, Faten A, Graverol S, Henry S, Japoshvili G, Lépinay V, Paris B, Ris N, Tourlourat A, Warot S, Robert F (2020) Diversité des cochenilles en horticulture ornementale. Phytoma no. 736, 41-46.</t>
+  </si>
+  <si>
+    <t>SCITDO</t>
+  </si>
+  <si>
+    <t>Scirtothrips dorsalis</t>
+  </si>
+  <si>
+    <t>* NPPO of the Netherlands (2025-11)
+----found during greenhouse inspection on ornamental plants for planting</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -417,51 +427,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="317.208" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -511,50 +521,64 @@
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">