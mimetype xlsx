--- v1 (2026-02-02)
+++ v2 (2026-02-22)
@@ -12,89 +12,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PTUTE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>TORTPR</t>
   </si>
   <si>
     <t>Cacoecimorpha pronubana</t>
   </si>
   <si>
     <t>STERPU</t>
   </si>
   <si>
     <t>Chondrostereum purpureum</t>
   </si>
   <si>
     <t>* Bishop GC (1978) Studies on silver leaf disease of stone and pome fruit trees (Doctoral dissertation, Adelaide, Australia), 155 pp. https://digital.library.adelaide.edu.au/dspace/bitstream/2440/20649/2/02whole.pdf</t>
   </si>
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Pittosporum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECOB</t>
   </si>
   <si>
     <t>Pseudococcus viburni</t>
   </si>
   <si>
     <t>* Kreiter P, Germain JF, Balmes V, Belet A, Cambournac L, Correa M, Descamps S, Faten A, Graverol S, Henry S, Japoshvili G, Lépinay V, Paris B, Ris N, Tourlourat A, Warot S, Robert F (2020) Diversité des cochenilles en horticulture ornementale. Phytoma no. 736, 41-46.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* NPPO of the Netherlands (2025-11)
 ----found during greenhouse inspection on ornamental plants for planting</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
@@ -427,61 +437,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="317.208" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -535,50 +545,64 @@
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">