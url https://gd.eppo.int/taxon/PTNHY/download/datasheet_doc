--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Santa Maria feverfew, bastard feverfew, congress weed, parthenium weed (AU), ragweed parthenium (US), whitetop weed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId544168edc6c3d3cc6" w:history="1">
+            <w:hyperlink r:id="rId141969086774af470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId771668edc6c3d3d2e" w:history="1">
+            <w:hyperlink r:id="rId109869086774af4f0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PTNHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4698471" name="name961368edc6c3d43bb" descr="1424.jpg"/>
+                  <wp:docPr id="93093962" name="name862569086774afd53" descr="1424.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1424.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId773168edc6c3d43b9" cstate="print"/>
+                          <a:blip r:embed="rId274969086774afd51" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId682968edc6c3d44b6" w:history="1">
+            <w:hyperlink r:id="rId757569086774afe67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78736942" name="name433568edc6c3d559b" descr="PTNHY_distribution_map.jpg"/>
+            <wp:docPr id="60513335" name="name964969086774b10a7" descr="PTNHY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PTNHY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId432368edc6c3d5597" cstate="print"/>
+                    <a:blip r:embed="rId605169086774b10a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2434,51 +2434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a Weed of National Significance and is a declared weed in all States of Australia, under different categories Weeds Australia Database (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId454168edc6c3d6274" w:history="1">
+      <w:hyperlink r:id="rId777669086774b1e2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 01 Sep 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2667,51 +2667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adkins SW &amp; Shabbir A (2014) Biology, ecology and management of the invasive parthenium weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). Wileyonlinelibrairy.com. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId746068edc6c3d6422" w:history="1">
+      <w:hyperlink r:id="rId365969086774b1fbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.3708</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3346,51 +3346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960668edc6c3d68b7" w:history="1">
+      <w:hyperlink r:id="rId126569086774b241b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3512,51 +3512,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515–517. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa Website (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775268edc6c3d6a01" w:history="1">
+      <w:hyperlink r:id="rId763469086774b2529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives. org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4157,51 +4157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71–84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668168edc6c3d6e84" w:history="1">
+      <w:hyperlink r:id="rId911469086774b2944" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5291,51 +5291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database (undated). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenum hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380468edc6c3d760f" w:history="1">
+      <w:hyperlink r:id="rId299869086774b30d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5409,51 +5409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId158068edc6c3d76d4" w:history="1">
+      <w:hyperlink r:id="rId656269086774b319d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5529,51 +5529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 474-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908468edc6c3d779d" w:history="1">
+      <w:hyperlink r:id="rId634869086774b3264" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12168</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5660,137 +5660,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54379174">
+  <w:abstractNum w:abstractNumId="32906706">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23848106">
+    <w:lvl w:ilvl="0" w:tplc="80851411">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23848106" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80851411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23848106" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80851411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23848106" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80851411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23848106" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80851411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23848106" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80851411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23848106" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80851411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23848106" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80851411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23848106" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80851411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54379173">
+  <w:abstractNum w:abstractNumId="32906705">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17316803">
+    <w:lvl w:ilvl="0" w:tplc="65859390">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6542,55 +6542,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54379173">
-    <w:abstractNumId w:val="54379173"/>
+  <w:num w:numId="32906705">
+    <w:abstractNumId w:val="32906705"/>
   </w:num>
-  <w:num w:numId="54379174">
-    <w:abstractNumId w:val="54379174"/>
+  <w:num w:numId="32906706">
+    <w:abstractNumId w:val="32906706"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18140,51 +18140,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767171689" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId887204003" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId544168edc6c3d3cc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId771668edc6c3d3d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId682968edc6c3d44b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId454168edc6c3d6274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId746068edc6c3d6422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId960668edc6c3d68b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId775268edc6c3d6a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId668168edc6c3d6e84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId380468edc6c3d760f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId158068edc6c3d76d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId908468edc6c3d779d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId773168edc6c3d43b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773168edc6c3d43b9.jpg"/><Relationship Id="rId432368edc6c3d5597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId432368edc6c3d5597.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId540468302" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId393594986" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId141969086774af470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId109869086774af4f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId757569086774afe67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId777669086774b1e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId365969086774b1fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId126569086774b241b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId763469086774b2529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId911469086774b2944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId299869086774b30d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId656269086774b319d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId634869086774b3264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId274969086774afd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId274969086774afd51.jpg"/><Relationship Id="rId605169086774b10a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId605169086774b10a4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>