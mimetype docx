--- v1 (2025-11-03)
+++ v2 (2025-11-25)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Santa Maria feverfew, bastard feverfew, congress weed, parthenium weed (AU), ragweed parthenium (US), whitetop weed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141969086774af470" w:history="1">
+            <w:hyperlink r:id="rId392169255e1375dff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109869086774af4f0" w:history="1">
+            <w:hyperlink r:id="rId787769255e1375e6c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PTNHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93093962" name="name862569086774afd53" descr="1424.jpg"/>
+                  <wp:docPr id="52738994" name="name385769255e1375f42" descr="1424.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1424.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId274969086774afd51" cstate="print"/>
+                          <a:blip r:embed="rId998969255e1375f41" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId757569086774afe67" w:history="1">
+            <w:hyperlink r:id="rId247569255e137605d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60513335" name="name964969086774b10a7" descr="PTNHY_distribution_map.jpg"/>
+            <wp:docPr id="43982595" name="name927569255e1376efd" descr="PTNHY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PTNHY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId605169086774b10a4" cstate="print"/>
+                    <a:blip r:embed="rId870469255e1376efa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2434,51 +2434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a Weed of National Significance and is a declared weed in all States of Australia, under different categories Weeds Australia Database (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777669086774b1e2f" w:history="1">
+      <w:hyperlink r:id="rId753169255e1377c77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 01 Sep 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2667,51 +2667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adkins SW &amp; Shabbir A (2014) Biology, ecology and management of the invasive parthenium weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). Wileyonlinelibrairy.com. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId365969086774b1fbe" w:history="1">
+      <w:hyperlink r:id="rId396769255e1377e22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.3708</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3346,51 +3346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126569086774b241b" w:history="1">
+      <w:hyperlink r:id="rId582069255e13782bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3512,51 +3512,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515–517. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa Website (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId763469086774b2529" w:history="1">
+      <w:hyperlink r:id="rId164969255e13783d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives. org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4157,51 +4157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71–84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911469086774b2944" w:history="1">
+      <w:hyperlink r:id="rId825269255e1378840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5291,51 +5291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database (undated). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenum hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299869086774b30d4" w:history="1">
+      <w:hyperlink r:id="rId581169255e1378f73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5409,51 +5409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656269086774b319d" w:history="1">
+      <w:hyperlink r:id="rId187569255e1379037" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5529,51 +5529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 474-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634869086774b3264" w:history="1">
+      <w:hyperlink r:id="rId830769255e13790ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12168</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5660,137 +5660,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32906706">
+  <w:abstractNum w:abstractNumId="58482092">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80851411">
+    <w:lvl w:ilvl="0" w:tplc="15822545">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80851411" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15822545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80851411" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15822545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80851411" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15822545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80851411" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15822545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80851411" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15822545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80851411" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15822545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80851411" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15822545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80851411" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15822545" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32906705">
+  <w:abstractNum w:abstractNumId="58482091">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65859390">
+    <w:lvl w:ilvl="0" w:tplc="94700736">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6542,55 +6542,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32906705">
-    <w:abstractNumId w:val="32906705"/>
+  <w:num w:numId="58482091">
+    <w:abstractNumId w:val="58482091"/>
   </w:num>
-  <w:num w:numId="32906706">
-    <w:abstractNumId w:val="32906706"/>
+  <w:num w:numId="58482092">
+    <w:abstractNumId w:val="58482092"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18140,51 +18140,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId540468302" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId393594986" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId141969086774af470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId109869086774af4f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId757569086774afe67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId777669086774b1e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId365969086774b1fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId126569086774b241b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId763469086774b2529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId911469086774b2944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId299869086774b30d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId656269086774b319d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId634869086774b3264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId274969086774afd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId274969086774afd51.jpg"/><Relationship Id="rId605169086774b10a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId605169086774b10a4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190281727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820255836" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId392169255e1375dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId787769255e1375e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId247569255e137605d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId753169255e1377c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId396769255e1377e22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId582069255e13782bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId164969255e13783d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId825269255e1378840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId581169255e1378f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId187569255e1379037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId830769255e13790ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId998969255e1375f41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998969255e1375f41.jpg"/><Relationship Id="rId870469255e1376efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId870469255e1376efa.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>