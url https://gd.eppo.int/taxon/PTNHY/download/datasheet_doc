--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Santa Maria feverfew, bastard feverfew, congress weed, parthenium weed (AU), ragweed parthenium (US), whitetop weed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392169255e1375dff" w:history="1">
+            <w:hyperlink r:id="rId780969406a4c00965" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId787769255e1375e6c" w:history="1">
+            <w:hyperlink r:id="rId186869406a4c00a02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PTNHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52738994" name="name385769255e1375f42" descr="1424.jpg"/>
+                  <wp:docPr id="71979764" name="name281169406a4c011ea" descr="1424.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1424.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId998969255e1375f41" cstate="print"/>
+                          <a:blip r:embed="rId635469406a4c011e8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId247569255e137605d" w:history="1">
+            <w:hyperlink r:id="rId743569406a4c01316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43982595" name="name927569255e1376efd" descr="PTNHY_distribution_map.jpg"/>
+            <wp:docPr id="40859110" name="name463569406a4c022c7" descr="PTNHY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PTNHY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId870469255e1376efa" cstate="print"/>
+                    <a:blip r:embed="rId758869406a4c022c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2434,51 +2434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a Weed of National Significance and is a declared weed in all States of Australia, under different categories Weeds Australia Database (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753169255e1377c77" w:history="1">
+      <w:hyperlink r:id="rId298969406a4c0309d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 01 Sep 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2667,51 +2667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adkins SW &amp; Shabbir A (2014) Biology, ecology and management of the invasive parthenium weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). Wileyonlinelibrairy.com. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396769255e1377e22" w:history="1">
+      <w:hyperlink r:id="rId888969406a4c032b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.3708</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3346,51 +3346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582069255e13782bd" w:history="1">
+      <w:hyperlink r:id="rId936469406a4c037a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3512,51 +3512,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515–517. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa Website (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164969255e13783d3" w:history="1">
+      <w:hyperlink r:id="rId507869406a4c038b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives. org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4157,51 +4157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71–84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825269255e1378840" w:history="1">
+      <w:hyperlink r:id="rId735769406a4c03db8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5291,51 +5291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database (undated). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenum hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId581169255e1378f73" w:history="1">
+      <w:hyperlink r:id="rId386469406a4c0460b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5409,51 +5409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187569255e1379037" w:history="1">
+      <w:hyperlink r:id="rId694169406a4c046d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5529,51 +5529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 474-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830769255e13790ff" w:history="1">
+      <w:hyperlink r:id="rId552569406a4c047a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12168</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5660,137 +5660,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58482092">
+  <w:abstractNum w:abstractNumId="11873761">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15822545">
+    <w:lvl w:ilvl="0" w:tplc="51176890">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15822545" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51176890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15822545" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51176890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15822545" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51176890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15822545" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51176890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15822545" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51176890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15822545" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51176890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15822545" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51176890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15822545" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51176890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58482091">
+  <w:abstractNum w:abstractNumId="11873760">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94700736">
+    <w:lvl w:ilvl="0" w:tplc="22377658">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6542,55 +6542,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58482091">
-    <w:abstractNumId w:val="58482091"/>
+  <w:num w:numId="11873760">
+    <w:abstractNumId w:val="11873760"/>
   </w:num>
-  <w:num w:numId="58482092">
-    <w:abstractNumId w:val="58482092"/>
+  <w:num w:numId="11873761">
+    <w:abstractNumId w:val="11873761"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18140,51 +18140,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190281727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820255836" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId392169255e1375dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId787769255e1375e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId247569255e137605d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId753169255e1377c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId396769255e1377e22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId582069255e13782bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId164969255e13783d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId825269255e1378840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId581169255e1378f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId187569255e1379037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId830769255e13790ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId998969255e1375f41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998969255e1375f41.jpg"/><Relationship Id="rId870469255e1376efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId870469255e1376efa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId106569479" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId164187580" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId780969406a4c00965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId186869406a4c00a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId743569406a4c01316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId298969406a4c0309d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId888969406a4c032b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId936469406a4c037a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId507869406a4c038b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId735769406a4c03db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId386469406a4c0460b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId694169406a4c046d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId552569406a4c047a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId635469406a4c011e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635469406a4c011e8.jpg"/><Relationship Id="rId758869406a4c022c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758869406a4c022c4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>