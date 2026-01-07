--- v3 (2025-12-15)
+++ v4 (2026-01-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Santa Maria feverfew, bastard feverfew, congress weed, parthenium weed (AU), ragweed parthenium (US), whitetop weed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId780969406a4c00965" w:history="1">
+            <w:hyperlink r:id="rId1356695debad5e9ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186869406a4c00a02" w:history="1">
+            <w:hyperlink r:id="rId1590695debad5ea40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PTNHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71979764" name="name281169406a4c011ea" descr="1424.jpg"/>
+                  <wp:docPr id="2001848" name="name7384695debad5f248" descr="1424.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1424.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId635469406a4c011e8" cstate="print"/>
+                          <a:blip r:embed="rId8203695debad5f245" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId743569406a4c01316" w:history="1">
+            <w:hyperlink r:id="rId5875695debad5f3a1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40859110" name="name463569406a4c022c7" descr="PTNHY_distribution_map.jpg"/>
+            <wp:docPr id="29774687" name="name2752695debad603e1" descr="PTNHY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PTNHY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId758869406a4c022c4" cstate="print"/>
+                    <a:blip r:embed="rId4844695debad603de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2434,51 +2434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a Weed of National Significance and is a declared weed in all States of Australia, under different categories Weeds Australia Database (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298969406a4c0309d" w:history="1">
+      <w:hyperlink r:id="rId3533695debad6109f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 01 Sep 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2667,51 +2667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adkins SW &amp; Shabbir A (2014) Biology, ecology and management of the invasive parthenium weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). Wileyonlinelibrairy.com. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888969406a4c032b5" w:history="1">
+      <w:hyperlink r:id="rId9418695debad61235" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.3708</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3346,51 +3346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936469406a4c037a0" w:history="1">
+      <w:hyperlink r:id="rId5396695debad6168f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3512,51 +3512,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515–517. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa Website (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507869406a4c038b6" w:history="1">
+      <w:hyperlink r:id="rId3349695debad6179d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives. org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4157,51 +4157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71–84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735769406a4c03db8" w:history="1">
+      <w:hyperlink r:id="rId5440695debad61bcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5291,51 +5291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database (undated). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenum hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386469406a4c0460b" w:history="1">
+      <w:hyperlink r:id="rId7249695debad622f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5387,73 +5387,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694169406a4c046d4" w:history="1">
+      <w:hyperlink r:id="rId2156695debad623b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5529,51 +5529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 474-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552569406a4c047a2" w:history="1">
+      <w:hyperlink r:id="rId8837695debad6247c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12168</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5660,137 +5660,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11873761">
+  <w:abstractNum w:abstractNumId="33763652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51176890">
+    <w:lvl w:ilvl="0" w:tplc="32750187">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51176890" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32750187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51176890" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32750187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51176890" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32750187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51176890" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32750187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51176890" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32750187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51176890" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32750187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51176890" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32750187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51176890" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32750187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11873760">
+  <w:abstractNum w:abstractNumId="33763651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22377658">
+    <w:lvl w:ilvl="0" w:tplc="82107853">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6542,55 +6542,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11873760">
-    <w:abstractNumId w:val="11873760"/>
+  <w:num w:numId="33763651">
+    <w:abstractNumId w:val="33763651"/>
   </w:num>
-  <w:num w:numId="11873761">
-    <w:abstractNumId w:val="11873761"/>
+  <w:num w:numId="33763652">
+    <w:abstractNumId w:val="33763652"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18140,51 +18140,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId106569479" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId164187580" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId780969406a4c00965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId186869406a4c00a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId743569406a4c01316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId298969406a4c0309d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId888969406a4c032b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId936469406a4c037a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId507869406a4c038b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId735769406a4c03db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId386469406a4c0460b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId694169406a4c046d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId552569406a4c047a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId635469406a4c011e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635469406a4c011e8.jpg"/><Relationship Id="rId758869406a4c022c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758869406a4c022c4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId443693531" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352429979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1356695debad5e9ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId1590695debad5ea40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId5875695debad5f3a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId3533695debad6109f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId9418695debad61235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId5396695debad6168f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId3349695debad6179d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId5440695debad61bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId7249695debad622f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId2156695debad623b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8837695debad6247c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId8203695debad5f245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8203695debad5f245.jpg"/><Relationship Id="rId4844695debad603de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4844695debad603de.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>