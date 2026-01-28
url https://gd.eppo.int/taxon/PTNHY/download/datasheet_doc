--- v4 (2026-01-07)
+++ v5 (2026-01-28)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Santa Maria feverfew, bastard feverfew, congress weed, parthenium weed (AU), ragweed parthenium (US), whitetop weed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1356695debad5e9ab" w:history="1">
+            <w:hyperlink r:id="rId17576979f45d2ff2f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1590695debad5ea40" w:history="1">
+            <w:hyperlink r:id="rId35866979f45d2ff99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PTNHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2001848" name="name7384695debad5f248" descr="1424.jpg"/>
+                  <wp:docPr id="62889737" name="name76246979f45d3064f" descr="1424.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1424.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8203695debad5f245" cstate="print"/>
+                          <a:blip r:embed="rId58506979f45d3064d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5875695debad5f3a1" w:history="1">
+            <w:hyperlink r:id="rId78836979f45d3078d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29774687" name="name2752695debad603e1" descr="PTNHY_distribution_map.jpg"/>
+            <wp:docPr id="20293467" name="name30696979f45d31581" descr="PTNHY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PTNHY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4844695debad603de" cstate="print"/>
+                    <a:blip r:embed="rId28916979f45d3157e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2434,51 +2434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a Weed of National Significance and is a declared weed in all States of Australia, under different categories Weeds Australia Database (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3533695debad6109f" w:history="1">
+      <w:hyperlink r:id="rId61656979f45d32262" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 01 Sep 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2667,51 +2667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adkins SW &amp; Shabbir A (2014) Biology, ecology and management of the invasive parthenium weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). Wileyonlinelibrairy.com. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9418695debad61235" w:history="1">
+      <w:hyperlink r:id="rId29146979f45d323f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.3708</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3346,51 +3346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5396695debad6168f" w:history="1">
+      <w:hyperlink r:id="rId15956979f45d3285d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3512,51 +3512,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515–517. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa Website (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3349695debad6179d" w:history="1">
+      <w:hyperlink r:id="rId73456979f45d3296e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives. org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4157,51 +4157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71–84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5440695debad61bcf" w:history="1">
+      <w:hyperlink r:id="rId71046979f45d32dad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5291,51 +5291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database (undated). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenum hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7249695debad622f2" w:history="1">
+      <w:hyperlink r:id="rId56566979f45d334d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5409,51 +5409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2156695debad623b5" w:history="1">
+      <w:hyperlink r:id="rId19346979f45d3359a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5529,51 +5529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 474-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8837695debad6247c" w:history="1">
+      <w:hyperlink r:id="rId24616979f45d3366e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12168</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5660,137 +5660,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33763652">
+  <w:abstractNum w:abstractNumId="39797485">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32750187">
+    <w:lvl w:ilvl="0" w:tplc="28759429">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32750187" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28759429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32750187" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28759429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32750187" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28759429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32750187" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28759429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32750187" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28759429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32750187" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28759429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32750187" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28759429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32750187" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28759429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33763651">
+  <w:abstractNum w:abstractNumId="39797484">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82107853">
+    <w:lvl w:ilvl="0" w:tplc="60306168">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6542,55 +6542,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33763651">
-    <w:abstractNumId w:val="33763651"/>
+  <w:num w:numId="39797484">
+    <w:abstractNumId w:val="39797484"/>
   </w:num>
-  <w:num w:numId="33763652">
-    <w:abstractNumId w:val="33763652"/>
+  <w:num w:numId="39797485">
+    <w:abstractNumId w:val="39797485"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18140,51 +18140,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId443693531" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352429979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1356695debad5e9ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId1590695debad5ea40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId5875695debad5f3a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId3533695debad6109f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId9418695debad61235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId5396695debad6168f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId3349695debad6179d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId5440695debad61bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId7249695debad622f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId2156695debad623b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8837695debad6247c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId8203695debad5f245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8203695debad5f245.jpg"/><Relationship Id="rId4844695debad603de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4844695debad603de.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId861060814" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId635805168" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17576979f45d2ff2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId35866979f45d2ff99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId78836979f45d3078d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId61656979f45d32262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId29146979f45d323f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId15956979f45d3285d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId73456979f45d3296e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId71046979f45d32dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId56566979f45d334d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId19346979f45d3359a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24616979f45d3366e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId58506979f45d3064d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58506979f45d3064d.jpg"/><Relationship Id="rId28916979f45d3157e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28916979f45d3157e.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>