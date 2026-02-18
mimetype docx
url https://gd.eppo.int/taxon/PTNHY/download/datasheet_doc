--- v5 (2026-01-28)
+++ v6 (2026-02-18)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Santa Maria feverfew, bastard feverfew, congress weed, parthenium weed (AU), ragweed parthenium (US), whitetop weed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17576979f45d2ff2f" w:history="1">
+            <w:hyperlink r:id="rId920369962f4134d0b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35866979f45d2ff99" w:history="1">
+            <w:hyperlink r:id="rId136069962f4134d74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PTNHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62889737" name="name76246979f45d3064f" descr="1424.jpg"/>
+                  <wp:docPr id="85366642" name="name574169962f4135403" descr="1424.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1424.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId58506979f45d3064d" cstate="print"/>
+                          <a:blip r:embed="rId536769962f4135401" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId78836979f45d3078d" w:history="1">
+            <w:hyperlink r:id="rId567169962f4135539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20293467" name="name30696979f45d31581" descr="PTNHY_distribution_map.jpg"/>
+            <wp:docPr id="4583826" name="name890269962f4136761" descr="PTNHY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PTNHY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28916979f45d3157e" cstate="print"/>
+                    <a:blip r:embed="rId953369962f413675f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2434,51 +2434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a Weed of National Significance and is a declared weed in all States of Australia, under different categories Weeds Australia Database (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61656979f45d32262" w:history="1">
+      <w:hyperlink r:id="rId459969962f413741d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 01 Sep 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2667,51 +2667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adkins SW &amp; Shabbir A (2014) Biology, ecology and management of the invasive parthenium weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). Wileyonlinelibrairy.com. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29146979f45d323f5" w:history="1">
+      <w:hyperlink r:id="rId587669962f41375a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.3708</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3346,51 +3346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15956979f45d3285d" w:history="1">
+      <w:hyperlink r:id="rId133069962f41379e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3512,51 +3512,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515–517. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa Website (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73456979f45d3296e" w:history="1">
+      <w:hyperlink r:id="rId375269962f4137b01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives. org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4157,51 +4157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71–84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71046979f45d32dad" w:history="1">
+      <w:hyperlink r:id="rId232769962f4137f01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5291,51 +5291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database (undated). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenum hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56566979f45d334d4" w:history="1">
+      <w:hyperlink r:id="rId428869962f413860c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5409,51 +5409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19346979f45d3359a" w:history="1">
+      <w:hyperlink r:id="rId405169962f41386cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5529,51 +5529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 474-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24616979f45d3366e" w:history="1">
+      <w:hyperlink r:id="rId631569962f4138792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12168</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5660,137 +5660,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39797485">
+  <w:abstractNum w:abstractNumId="46259801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28759429">
+    <w:lvl w:ilvl="0" w:tplc="28614782">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28759429" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28614782" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28759429" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28614782" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28759429" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28614782" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28759429" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28614782" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28759429" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28614782" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28759429" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28614782" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28759429" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28614782" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28759429" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28614782" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39797484">
+  <w:abstractNum w:abstractNumId="46259800">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60306168">
+    <w:lvl w:ilvl="0" w:tplc="29839088">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6542,55 +6542,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39797484">
-    <w:abstractNumId w:val="39797484"/>
+  <w:num w:numId="46259800">
+    <w:abstractNumId w:val="46259800"/>
   </w:num>
-  <w:num w:numId="39797485">
-    <w:abstractNumId w:val="39797485"/>
+  <w:num w:numId="46259801">
+    <w:abstractNumId w:val="46259801"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18140,51 +18140,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId861060814" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId635805168" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17576979f45d2ff2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId35866979f45d2ff99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId78836979f45d3078d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId61656979f45d32262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId29146979f45d323f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId15956979f45d3285d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId73456979f45d3296e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId71046979f45d32dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId56566979f45d334d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId19346979f45d3359a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24616979f45d3366e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId58506979f45d3064d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58506979f45d3064d.jpg"/><Relationship Id="rId28916979f45d3157e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28916979f45d3157e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId595153515" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId968596397" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId920369962f4134d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId136069962f4134d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId567169962f4135539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId459969962f413741d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId587669962f41375a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId133069962f41379e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId375269962f4137b01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId232769962f4137f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId428869962f413860c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId405169962f41386cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId631569962f4138792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId536769962f4135401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536769962f4135401.jpg"/><Relationship Id="rId953369962f413675f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId953369962f413675f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>