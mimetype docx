--- v6 (2026-02-18)
+++ v7 (2026-03-11)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Santa Maria feverfew, bastard feverfew, congress weed, parthenium weed (AU), ragweed parthenium (US), whitetop weed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId920369962f4134d0b" w:history="1">
+            <w:hyperlink r:id="rId539369b0e8d997b6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136069962f4134d74" w:history="1">
+            <w:hyperlink r:id="rId367269b0e8d997bd9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PTNHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85366642" name="name574169962f4135403" descr="1424.jpg"/>
+                  <wp:docPr id="65899271" name="name962069b0e8d9981cf" descr="1424.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1424.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId536769962f4135401" cstate="print"/>
+                          <a:blip r:embed="rId875169b0e8d9981cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId567169962f4135539" w:history="1">
+            <w:hyperlink r:id="rId818669b0e8d998328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4583826" name="name890269962f4136761" descr="PTNHY_distribution_map.jpg"/>
+            <wp:docPr id="11313223" name="name662069b0e8d9993b3" descr="PTNHY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PTNHY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId953369962f413675f" cstate="print"/>
+                    <a:blip r:embed="rId829769b0e8d9993b0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2434,51 +2434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a Weed of National Significance and is a declared weed in all States of Australia, under different categories Weeds Australia Database (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459969962f413741d" w:history="1">
+      <w:hyperlink r:id="rId944169b0e8d99a0a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 01 Sep 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2667,51 +2667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adkins SW &amp; Shabbir A (2014) Biology, ecology and management of the invasive parthenium weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). Wileyonlinelibrairy.com. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587669962f41375a9" w:history="1">
+      <w:hyperlink r:id="rId270169b0e8d99a231" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.3708</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3346,51 +3346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133069962f41379e3" w:history="1">
+      <w:hyperlink r:id="rId156269b0e8d99a696" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3512,51 +3512,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515–517. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa Website (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375269962f4137b01" w:history="1">
+      <w:hyperlink r:id="rId195269b0e8d99a7a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives. org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4157,51 +4157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71–84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232769962f4137f01" w:history="1">
+      <w:hyperlink r:id="rId648369b0e8d99abc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5291,51 +5291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database (undated). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenum hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428869962f413860c" w:history="1">
+      <w:hyperlink r:id="rId570469b0e8d99b2e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5409,51 +5409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405169962f41386cd" w:history="1">
+      <w:hyperlink r:id="rId343669b0e8d99b3f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5529,51 +5529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 474-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631569962f4138792" w:history="1">
+      <w:hyperlink r:id="rId477269b0e8d99b4d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12168</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5660,137 +5660,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46259801">
+  <w:abstractNum w:abstractNumId="79478309">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28614782">
+    <w:lvl w:ilvl="0" w:tplc="31101990">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28614782" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31101990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28614782" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31101990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28614782" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31101990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28614782" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31101990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28614782" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31101990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28614782" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31101990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28614782" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31101990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28614782" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31101990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46259800">
+  <w:abstractNum w:abstractNumId="79478308">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29839088">
+    <w:lvl w:ilvl="0" w:tplc="80066482">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6542,55 +6542,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46259800">
-    <w:abstractNumId w:val="46259800"/>
+  <w:num w:numId="79478308">
+    <w:abstractNumId w:val="79478308"/>
   </w:num>
-  <w:num w:numId="46259801">
-    <w:abstractNumId w:val="46259801"/>
+  <w:num w:numId="79478309">
+    <w:abstractNumId w:val="79478309"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18140,51 +18140,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId595153515" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId968596397" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId920369962f4134d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId136069962f4134d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId567169962f4135539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId459969962f413741d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId587669962f41375a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId133069962f41379e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId375269962f4137b01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId232769962f4137f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId428869962f413860c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId405169962f41386cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId631569962f4138792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId536769962f4135401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536769962f4135401.jpg"/><Relationship Id="rId953369962f413675f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId953369962f413675f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId850928931" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId947317478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId539369b0e8d997b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId367269b0e8d997bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId818669b0e8d998328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId944169b0e8d99a0a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId270169b0e8d99a231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId156269b0e8d99a696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId195269b0e8d99a7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId648369b0e8d99abc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId570469b0e8d99b2e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId343669b0e8d99b3f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId477269b0e8d99b4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId875169b0e8d9981cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId875169b0e8d9981cd.jpg"/><Relationship Id="rId829769b0e8d9993b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId829769b0e8d9993b0.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>