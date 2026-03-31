--- v7 (2026-03-11)
+++ v8 (2026-03-31)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Santa Maria feverfew, bastard feverfew, congress weed, parthenium weed (AU), ragweed parthenium (US), whitetop weed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId539369b0e8d997b6f" w:history="1">
+            <w:hyperlink r:id="rId327069cb8b98e7780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367269b0e8d997bd9" w:history="1">
+            <w:hyperlink r:id="rId448569cb8b98e77ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PTNHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65899271" name="name962069b0e8d9981cf" descr="1424.jpg"/>
+                  <wp:docPr id="51655535" name="name412169cb8b98e78a6" descr="1424.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1424.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId875169b0e8d9981cd" cstate="print"/>
+                          <a:blip r:embed="rId270969cb8b98e78a5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId818669b0e8d998328" w:history="1">
+            <w:hyperlink r:id="rId404469cb8b98e7a49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11313223" name="name662069b0e8d9993b3" descr="PTNHY_distribution_map.jpg"/>
+            <wp:docPr id="9778125" name="name331669cb8b98e86c3" descr="PTNHY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PTNHY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId829769b0e8d9993b0" cstate="print"/>
+                    <a:blip r:embed="rId205169cb8b98e86bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2434,51 +2434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a Weed of National Significance and is a declared weed in all States of Australia, under different categories Weeds Australia Database (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944169b0e8d99a0a1" w:history="1">
+      <w:hyperlink r:id="rId320469cb8b98e945d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 01 Sep 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2667,51 +2667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adkins SW &amp; Shabbir A (2014) Biology, ecology and management of the invasive parthenium weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). Wileyonlinelibrairy.com. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId270169b0e8d99a231" w:history="1">
+      <w:hyperlink r:id="rId795369cb8b98e966f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.3708</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3346,51 +3346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId156269b0e8d99a696" w:history="1">
+      <w:hyperlink r:id="rId648069cb8b98e9b73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3512,51 +3512,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515–517. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa Website (undated) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195269b0e8d99a7a5" w:history="1">
+      <w:hyperlink r:id="rId303669cb8b98e9c84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives. org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4157,51 +4157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71–84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648369b0e8d99abc4" w:history="1">
+      <w:hyperlink r:id="rId908469cb8b98ea0be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5291,51 +5291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database (undated). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenum hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570469b0e8d99b2e0" w:history="1">
+      <w:hyperlink r:id="rId918869cb8b98ea85d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 September 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5409,51 +5409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parthenium hysterophorus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343669b0e8d99b3f1" w:history="1">
+      <w:hyperlink r:id="rId629869cb8b98ea925" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5529,51 +5529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 474-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477269b0e8d99b4d6" w:history="1">
+      <w:hyperlink r:id="rId778369cb8b98eaa0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12168</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5660,137 +5660,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79478309">
+  <w:abstractNum w:abstractNumId="23424733">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31101990">
+    <w:lvl w:ilvl="0" w:tplc="15355657">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31101990" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15355657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31101990" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15355657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31101990" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15355657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31101990" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15355657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31101990" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15355657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31101990" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15355657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31101990" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15355657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31101990" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15355657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79478308">
+  <w:abstractNum w:abstractNumId="23424732">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80066482">
+    <w:lvl w:ilvl="0" w:tplc="90089938">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6542,55 +6542,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79478308">
-    <w:abstractNumId w:val="79478308"/>
+  <w:num w:numId="23424732">
+    <w:abstractNumId w:val="23424732"/>
   </w:num>
-  <w:num w:numId="79478309">
-    <w:abstractNumId w:val="79478309"/>
+  <w:num w:numId="23424733">
+    <w:abstractNumId w:val="23424733"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18140,51 +18140,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId850928931" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId947317478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId539369b0e8d997b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId367269b0e8d997bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId818669b0e8d998328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId944169b0e8d99a0a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId270169b0e8d99a231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId156269b0e8d99a696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId195269b0e8d99a7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId648369b0e8d99abc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId570469b0e8d99b2e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId343669b0e8d99b3f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId477269b0e8d99b4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId875169b0e8d9981cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId875169b0e8d9981cd.jpg"/><Relationship Id="rId829769b0e8d9993b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId829769b0e8d9993b0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId997610563" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId738352213" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId327069cb8b98e7780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/" TargetMode="External"/><Relationship Id="rId448569cb8b98e77ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/categorization" TargetMode="External"/><Relationship Id="rId404469cb8b98e7a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PTNHY/photos" TargetMode="External"/><Relationship Id="rId320469cb8b98e945d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId795369cb8b98e966f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.3708" TargetMode="External"/><Relationship Id="rId648069cb8b98e9b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?fr=1&amp;si=153&amp;sts" TargetMode="External"/><Relationship Id="rId303669cb8b98e9c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.%20org.za/invasive-species/item/295-parthenium-weed%7Cpartheniumhysterophorus.html" TargetMode="External"/><Relationship Id="rId908469cb8b98ea0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-3180.2010.00820.x/pdf" TargetMode="External"/><Relationship Id="rId918869cb8b98ea85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId629869cb8b98ea925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId778369cb8b98eaa0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12168" TargetMode="External"/><Relationship Id="rId270969cb8b98e78a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId270969cb8b98e78a5.jpg"/><Relationship Id="rId205169cb8b98e86bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId205169cb8b98e86bf.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>