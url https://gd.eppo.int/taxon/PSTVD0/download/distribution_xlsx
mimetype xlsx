--- v0 (2025-10-08)
+++ v1 (2025-12-09)
@@ -2948,151 +2948,151 @@
       <c r="B99" t="s">
         <v>213</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>214</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>164</v>
       </c>
       <c r="B100" t="s">
         <v>215</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
         <v>216</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>12</v>
+        <v>114</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>164</v>
       </c>
       <c r="B101" t="s">
         <v>215</v>
       </c>
       <c r="C101" t="s">
         <v>217</v>
       </c>
       <c r="D101" t="s">
         <v>216</v>
       </c>
       <c r="E101" t="s">
         <v>218</v>
       </c>
       <c r="F101" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>164</v>
       </c>
       <c r="B102" t="s">
         <v>215</v>
       </c>
       <c r="C102" t="s">
         <v>219</v>
       </c>
       <c r="D102" t="s">
         <v>216</v>
       </c>
       <c r="E102" t="s">
         <v>220</v>
       </c>
       <c r="F102" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>164</v>
       </c>
       <c r="B103" t="s">
         <v>215</v>
       </c>
       <c r="C103" t="s">
         <v>221</v>
       </c>
       <c r="D103" t="s">
         <v>216</v>
       </c>
       <c r="E103" t="s">
         <v>222</v>
       </c>
       <c r="F103" t="s">
-        <v>12</v>
+        <v>114</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>164</v>
       </c>
       <c r="B104" t="s">
         <v>215</v>
       </c>
       <c r="C104" t="s">
         <v>223</v>
       </c>
       <c r="D104" t="s">
         <v>216</v>
       </c>
       <c r="E104" t="s">
         <v>224</v>
       </c>
       <c r="F104" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>164</v>
       </c>
       <c r="B105" t="s">
         <v>215</v>
       </c>
       <c r="C105" t="s">
         <v>225</v>
       </c>
       <c r="D105" t="s">
         <v>216</v>
       </c>
       <c r="E105" t="s">
         <v>226</v>
       </c>
       <c r="F105" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>164</v>
       </c>
       <c r="B106" t="s">
         <v>227</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>228</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>164</v>
       </c>
       <c r="B107" t="s">
         <v>230</v>
       </c>