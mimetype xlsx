--- v1 (2025-12-09)
+++ v2 (2026-02-09)
@@ -659,51 +659,51 @@
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>