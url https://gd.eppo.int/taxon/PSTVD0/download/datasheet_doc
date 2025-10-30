--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tomato bunchy top viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bunchy top of tomato, spindle tuber of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId762368e8ce6846494" w:history="1">
+            <w:hyperlink r:id="rId78266903abe057080" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId911268e8ce6846516" w:history="1">
+            <w:hyperlink r:id="rId55276903abe0570e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSTVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96680613" name="name552168e8ce68466b2" descr="4533.jpg"/>
+                  <wp:docPr id="27932370" name="name68206903abe057198" descr="4533.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4533.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId969768e8ce684667f" cstate="print"/>
+                          <a:blip r:embed="rId10166903abe057197" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId610968e8ce68467a9" w:history="1">
+            <w:hyperlink r:id="rId75646903abe05725f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). However, since PSTVd infections may remain symptomless in many hosts, there is some uncertainty on the current distribution (EFSA, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79123235" name="name882168e8ce6847b88" descr="PSTVD0_distribution_map.jpg"/>
+            <wp:docPr id="50663731" name="name30166903abe05886b" descr="PSTVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSTVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId178868e8ce6847b86" cstate="print"/>
+                    <a:blip r:embed="rId64826903abe058868" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4041,51 +4041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883768e8ce6848fc7" w:history="1">
+      <w:hyperlink r:id="rId50166903abe059a9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-221. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId896768e8ce6849040" w:history="1">
+      <w:hyperlink r:id="rId50826903abe059b11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4182,51 +4182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332468e8ce68490ae" w:history="1">
+      <w:hyperlink r:id="rId55116903abe059b7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4252,51 +4252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId158468e8ce6849121" w:history="1">
+      <w:hyperlink r:id="rId11516903abe059bf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4371,51 +4371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 394-399. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId612768e8ce684920e" w:history="1">
+      <w:hyperlink r:id="rId63896903abe059cbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4441,51 +4441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId253668e8ce6849285" w:history="1">
+      <w:hyperlink r:id="rId85916903abe059d32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4531,51 +4531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295468e8ce68494a4" w:history="1">
+      <w:hyperlink r:id="rId14286903abe059ddd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4601,51 +4601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369368e8ce6849540" w:history="1">
+      <w:hyperlink r:id="rId62396903abe059e4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4662,51 +4662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId388968e8ce68495ad" w:history="1">
+      <w:hyperlink r:id="rId21426903abe059eb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4741,51 +4741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862068e8ce684962c" w:history="1">
+      <w:hyperlink r:id="rId97856903abe059f31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4811,101 +4811,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437168e8ce68496c0" w:history="1">
+      <w:hyperlink r:id="rId90866903abe059fa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12689</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM7/new Pospiviroids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press). Soon available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354668e8ce6849717" w:history="1">
+      <w:hyperlink r:id="rId91716903abe059ff4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5132,90 +5132,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247-250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) Diagnostic protocols for regulated pests. DP 7: Potato spindle tuber viroid. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621268e8ce684994f" w:history="1">
+      <w:hyperlink r:id="rId29496903abe05a1a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/8073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) International standard for phytosanitary measures 6. Surveillance. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619768e8ce6849991" w:history="1">
+      <w:hyperlink r:id="rId68536903abe05a1e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/615/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5754,51 +5754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Owens RA &amp; Verhoeven JTJ (2009) Potato spindle tuber. External factsheets. Minnesota, USA. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APSnet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unpaginated. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648268e8ce6849e59" w:history="1">
+      <w:hyperlink r:id="rId57496903abe05a587" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5949,51 +5949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId110168e8ce6849f96" w:history="1">
+      <w:hyperlink r:id="rId63636903abe05a6bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1707. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426668e8ce684a8d0" w:history="1">
+      <w:hyperlink r:id="rId72636903abe05afe6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants10081707</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7543,51 +7543,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid fusituberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257268e8ce684a9ef" w:history="1">
+      <w:hyperlink r:id="rId92506903abe05b0fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7746,63 +7746,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 105-109.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22097486" name="name388068e8ce684abda" descr="eu_funding_250.png"/>
+            <wp:docPr id="35291592" name="name16986903abe05b293" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId395768e8ce684abd8" cstate="print"/>
+                    <a:blip r:embed="rId30606903abe05b292" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7900,137 +7900,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79835836">
+  <w:abstractNum w:abstractNumId="83309148">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28154971">
+    <w:lvl w:ilvl="0" w:tplc="66376683">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28154971" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66376683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28154971" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66376683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28154971" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66376683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28154971" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66376683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28154971" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66376683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28154971" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66376683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28154971" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66376683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28154971" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66376683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79835835">
+  <w:abstractNum w:abstractNumId="83309147">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79037824">
+    <w:lvl w:ilvl="0" w:tplc="57601786">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8782,55 +8782,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79835835">
-    <w:abstractNumId w:val="79835835"/>
+  <w:num w:numId="83309147">
+    <w:abstractNumId w:val="83309147"/>
   </w:num>
-  <w:num w:numId="79835836">
-    <w:abstractNumId w:val="79835836"/>
+  <w:num w:numId="83309148">
+    <w:abstractNumId w:val="83309148"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20380,51 +20380,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId192749269" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId987877322" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId762368e8ce6846494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId911268e8ce6846516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId610968e8ce68467a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId883768e8ce6848fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId896768e8ce6849040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId332468e8ce68490ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId158468e8ce6849121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId612768e8ce684920e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId253668e8ce6849285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId295468e8ce68494a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId369368e8ce6849540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId388968e8ce68495ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId862068e8ce684962c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId437168e8ce68496c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId354668e8ce6849717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId621268e8ce684994f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId619768e8ce6849991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId648268e8ce6849e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId110168e8ce6849f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId426668e8ce684a8d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId257268e8ce684a9ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId969768e8ce684667f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId969768e8ce684667f.jpg"/><Relationship Id="rId178868e8ce6847b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId178868e8ce6847b86.jpg"/><Relationship Id="rId395768e8ce684abd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395768e8ce684abd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId203741842" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId201627018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78266903abe057080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId55276903abe0570e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId75646903abe05725f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId50166903abe059a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId50826903abe059b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId55116903abe059b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId11516903abe059bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId63896903abe059cbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId85916903abe059d32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId14286903abe059ddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId62396903abe059e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId21426903abe059eb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId97856903abe059f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId90866903abe059fa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId91716903abe059ff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId29496903abe05a1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId68536903abe05a1e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId57496903abe05a587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId63636903abe05a6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId72636903abe05afe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId92506903abe05b0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10166903abe057197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10166903abe057197.jpg"/><Relationship Id="rId64826903abe058868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64826903abe058868.jpg"/><Relationship Id="rId30606903abe05b292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30606903abe05b292.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>