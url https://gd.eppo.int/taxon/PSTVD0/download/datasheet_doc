--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tomato bunchy top viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bunchy top of tomato, spindle tuber of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78266903abe057080" w:history="1">
+            <w:hyperlink r:id="rId3133692544f1c6270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55276903abe0570e9" w:history="1">
+            <w:hyperlink r:id="rId7775692544f1c62dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSTVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27932370" name="name68206903abe057198" descr="4533.jpg"/>
+                  <wp:docPr id="51542223" name="name7006692544f1c639e" descr="4533.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4533.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10166903abe057197" cstate="print"/>
+                          <a:blip r:embed="rId7853692544f1c639d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId75646903abe05725f" w:history="1">
+            <w:hyperlink r:id="rId9926692544f1c64c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,105 +1521,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). However, since PSTVd infections may remain symptomless in many hosts, there is some uncertainty on the current distribution (EFSA, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50663731" name="name30166903abe05886b" descr="PSTVD0_distribution_map.jpg"/>
+            <wp:docPr id="93775055" name="name8654692544f1c7452" descr="PSTVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSTVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64826903abe058868" cstate="print"/>
+                    <a:blip r:embed="rId6459692544f1c7450" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Azerbaijan, Belarus, Belgium, Croatia, Czechia, Georgia, Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland), Kazakhstan, Malta, Montenegro, Netherlands, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia), Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Austria, Azerbaijan, Belarus, Belgium, Croatia, Czechia, Georgia, Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland), Kazakhstan, Malta, Montenegro, Netherlands, Russian Federation (the) (Far East), Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Ghana, Kenya, Nigeria, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4041,51 +4041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50166903abe059a9d" w:history="1">
+      <w:hyperlink r:id="rId8807692544f1c8636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-221. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50826903abe059b11" w:history="1">
+      <w:hyperlink r:id="rId5699692544f1c86aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4182,51 +4182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55116903abe059b7f" w:history="1">
+      <w:hyperlink r:id="rId1086692544f1c8715" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4252,51 +4252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11516903abe059bf2" w:history="1">
+      <w:hyperlink r:id="rId5272692544f1c8787" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4371,51 +4371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 394-399. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63896903abe059cbe" w:history="1">
+      <w:hyperlink r:id="rId9782692544f1c8847" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4441,51 +4441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85916903abe059d32" w:history="1">
+      <w:hyperlink r:id="rId5171692544f1c88c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4531,51 +4531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14286903abe059ddd" w:history="1">
+      <w:hyperlink r:id="rId4211692544f1c8951" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4601,51 +4601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62396903abe059e4e" w:history="1">
+      <w:hyperlink r:id="rId1194692544f1c89c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4662,51 +4662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21426903abe059eb3" w:history="1">
+      <w:hyperlink r:id="rId6650692544f1c8a25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4741,51 +4741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97856903abe059f31" w:history="1">
+      <w:hyperlink r:id="rId2608692544f1c8aa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4811,101 +4811,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90866903abe059fa1" w:history="1">
+      <w:hyperlink r:id="rId5716692544f1c8b11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12689</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM7/new Pospiviroids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press). Soon available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91716903abe059ff4" w:history="1">
+      <w:hyperlink r:id="rId9087692544f1c8b68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5132,90 +5132,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247-250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) Diagnostic protocols for regulated pests. DP 7: Potato spindle tuber viroid. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29496903abe05a1a5" w:history="1">
+      <w:hyperlink r:id="rId3649692544f1c8d1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/8073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) International standard for phytosanitary measures 6. Surveillance. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68536903abe05a1e5" w:history="1">
+      <w:hyperlink r:id="rId1677692544f1c8d5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/615/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5754,51 +5754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Owens RA &amp; Verhoeven JTJ (2009) Potato spindle tuber. External factsheets. Minnesota, USA. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APSnet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unpaginated. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57496903abe05a587" w:history="1">
+      <w:hyperlink r:id="rId8591692544f1c90f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5949,51 +5949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63636903abe05a6bf" w:history="1">
+      <w:hyperlink r:id="rId1489692544f1c922e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1707. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72636903abe05afe6" w:history="1">
+      <w:hyperlink r:id="rId1851692544f1c9b21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants10081707</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7543,51 +7543,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid fusituberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92506903abe05b0fe" w:history="1">
+      <w:hyperlink r:id="rId1695692544f1c9c35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7746,63 +7746,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 105-109.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35291592" name="name16986903abe05b293" descr="eu_funding_250.png"/>
+            <wp:docPr id="67924946" name="name3411692544f1c9dd6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30606903abe05b292" cstate="print"/>
+                    <a:blip r:embed="rId2703692544f1c9dd5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7900,137 +7900,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83309148">
+  <w:abstractNum w:abstractNumId="43329280">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66376683">
+    <w:lvl w:ilvl="0" w:tplc="20190195">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66376683" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20190195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66376683" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20190195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66376683" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20190195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66376683" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20190195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66376683" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20190195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66376683" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20190195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66376683" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20190195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66376683" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20190195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83309147">
+  <w:abstractNum w:abstractNumId="43329279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57601786">
+    <w:lvl w:ilvl="0" w:tplc="92880654">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8782,55 +8782,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83309147">
-    <w:abstractNumId w:val="83309147"/>
+  <w:num w:numId="43329279">
+    <w:abstractNumId w:val="43329279"/>
   </w:num>
-  <w:num w:numId="83309148">
-    <w:abstractNumId w:val="83309148"/>
+  <w:num w:numId="43329280">
+    <w:abstractNumId w:val="43329280"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20380,51 +20380,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId203741842" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId201627018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78266903abe057080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId55276903abe0570e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId75646903abe05725f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId50166903abe059a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId50826903abe059b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId55116903abe059b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId11516903abe059bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId63896903abe059cbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId85916903abe059d32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId14286903abe059ddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId62396903abe059e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId21426903abe059eb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId97856903abe059f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId90866903abe059fa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId91716903abe059ff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId29496903abe05a1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId68536903abe05a1e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId57496903abe05a587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId63636903abe05a6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId72636903abe05afe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId92506903abe05b0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10166903abe057197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10166903abe057197.jpg"/><Relationship Id="rId64826903abe058868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64826903abe058868.jpg"/><Relationship Id="rId30606903abe05b292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30606903abe05b292.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId335633285" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493649634" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3133692544f1c6270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId7775692544f1c62dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId9926692544f1c64c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId8807692544f1c8636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5699692544f1c86aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1086692544f1c8715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5272692544f1c8787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId9782692544f1c8847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5171692544f1c88c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId4211692544f1c8951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1194692544f1c89c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId6650692544f1c8a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2608692544f1c8aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5716692544f1c8b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId9087692544f1c8b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId3649692544f1c8d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId1677692544f1c8d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId8591692544f1c90f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId1489692544f1c922e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId1851692544f1c9b21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId1695692544f1c9c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7853692544f1c639d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7853692544f1c639d.jpg"/><Relationship Id="rId6459692544f1c7450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6459692544f1c7450.jpg"/><Relationship Id="rId2703692544f1c9dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2703692544f1c9dd5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>