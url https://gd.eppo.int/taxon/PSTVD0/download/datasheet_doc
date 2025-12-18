--- v2 (2025-11-25)
+++ v3 (2025-12-18)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tomato bunchy top viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bunchy top of tomato, spindle tuber of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3133692544f1c6270" w:history="1">
+            <w:hyperlink r:id="rId425569437c99a7475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7775692544f1c62dc" w:history="1">
+            <w:hyperlink r:id="rId933469437c99a74de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSTVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51542223" name="name7006692544f1c639e" descr="4533.jpg"/>
+                  <wp:docPr id="37498941" name="name869869437c99a75a6" descr="4533.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4533.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7853692544f1c639d" cstate="print"/>
+                          <a:blip r:embed="rId826269437c99a75a5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9926692544f1c64c4" w:history="1">
+            <w:hyperlink r:id="rId850369437c99a76c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). However, since PSTVd infections may remain symptomless in many hosts, there is some uncertainty on the current distribution (EFSA, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93775055" name="name8654692544f1c7452" descr="PSTVD0_distribution_map.jpg"/>
+            <wp:docPr id="86075206" name="name856269437c99a88e2" descr="PSTVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSTVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6459692544f1c7450" cstate="print"/>
+                    <a:blip r:embed="rId676669437c99a88de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4041,51 +4041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8807692544f1c8636" w:history="1">
+      <w:hyperlink r:id="rId136969437c99a9e1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-221. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5699692544f1c86aa" w:history="1">
+      <w:hyperlink r:id="rId295669437c99a9eae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4182,51 +4182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1086692544f1c8715" w:history="1">
+      <w:hyperlink r:id="rId694569437c99a9f1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4252,51 +4252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5272692544f1c8787" w:history="1">
+      <w:hyperlink r:id="rId902769437c99a9f93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4371,51 +4371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 394-399. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9782692544f1c8847" w:history="1">
+      <w:hyperlink r:id="rId936869437c99aa05b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4441,51 +4441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5171692544f1c88c2" w:history="1">
+      <w:hyperlink r:id="rId393169437c99aa0cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4531,51 +4531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4211692544f1c8951" w:history="1">
+      <w:hyperlink r:id="rId228169437c99aa15d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4601,51 +4601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1194692544f1c89c1" w:history="1">
+      <w:hyperlink r:id="rId690969437c99aa1cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4662,51 +4662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6650692544f1c8a25" w:history="1">
+      <w:hyperlink r:id="rId326469437c99aa24d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4741,51 +4741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2608692544f1c8aa1" w:history="1">
+      <w:hyperlink r:id="rId321669437c99aa2d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4811,101 +4811,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5716692544f1c8b11" w:history="1">
+      <w:hyperlink r:id="rId754269437c99aa34d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12689</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM7/new Pospiviroids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press). Soon available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9087692544f1c8b68" w:history="1">
+      <w:hyperlink r:id="rId552269437c99aa3a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5132,90 +5132,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247-250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) Diagnostic protocols for regulated pests. DP 7: Potato spindle tuber viroid. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3649692544f1c8d1f" w:history="1">
+      <w:hyperlink r:id="rId362769437c99aa5a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/8073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) International standard for phytosanitary measures 6. Surveillance. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1677692544f1c8d5d" w:history="1">
+      <w:hyperlink r:id="rId181069437c99aa5fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/615/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5754,51 +5754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Owens RA &amp; Verhoeven JTJ (2009) Potato spindle tuber. External factsheets. Minnesota, USA. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APSnet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unpaginated. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8591692544f1c90f8" w:history="1">
+      <w:hyperlink r:id="rId101469437c99aaa19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5949,51 +5949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1489692544f1c922e" w:history="1">
+      <w:hyperlink r:id="rId295669437c99aab5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1707. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1851692544f1c9b21" w:history="1">
+      <w:hyperlink r:id="rId735069437c99ab517" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants10081707</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7543,51 +7543,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid fusituberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1695692544f1c9c35" w:history="1">
+      <w:hyperlink r:id="rId568269437c99ab62f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7746,63 +7746,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 105-109.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67924946" name="name3411692544f1c9dd6" descr="eu_funding_250.png"/>
+            <wp:docPr id="20440341" name="name856769437c99ab7e1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2703692544f1c9dd5" cstate="print"/>
+                    <a:blip r:embed="rId960369437c99ab7e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7900,137 +7900,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43329280">
+  <w:abstractNum w:abstractNumId="99939392">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20190195">
+    <w:lvl w:ilvl="0" w:tplc="87022805">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20190195" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87022805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20190195" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87022805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20190195" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87022805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20190195" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87022805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20190195" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87022805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20190195" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87022805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20190195" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87022805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20190195" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87022805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43329279">
+  <w:abstractNum w:abstractNumId="99939391">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92880654">
+    <w:lvl w:ilvl="0" w:tplc="97852990">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8782,55 +8782,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43329279">
-    <w:abstractNumId w:val="43329279"/>
+  <w:num w:numId="99939391">
+    <w:abstractNumId w:val="99939391"/>
   </w:num>
-  <w:num w:numId="43329280">
-    <w:abstractNumId w:val="43329280"/>
+  <w:num w:numId="99939392">
+    <w:abstractNumId w:val="99939392"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20380,51 +20380,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId335633285" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493649634" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3133692544f1c6270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId7775692544f1c62dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId9926692544f1c64c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId8807692544f1c8636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5699692544f1c86aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1086692544f1c8715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5272692544f1c8787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId9782692544f1c8847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5171692544f1c88c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId4211692544f1c8951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1194692544f1c89c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId6650692544f1c8a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2608692544f1c8aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5716692544f1c8b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId9087692544f1c8b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId3649692544f1c8d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId1677692544f1c8d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId8591692544f1c90f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId1489692544f1c922e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId1851692544f1c9b21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId1695692544f1c9c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7853692544f1c639d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7853692544f1c639d.jpg"/><Relationship Id="rId6459692544f1c7450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6459692544f1c7450.jpg"/><Relationship Id="rId2703692544f1c9dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2703692544f1c9dd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId991880258" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793292525" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId425569437c99a7475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId933469437c99a74de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId850369437c99a76c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId136969437c99a9e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId295669437c99a9eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId694569437c99a9f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId902769437c99a9f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId936869437c99aa05b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId393169437c99aa0cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId228169437c99aa15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId690969437c99aa1cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId326469437c99aa24d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId321669437c99aa2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId754269437c99aa34d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId552269437c99aa3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId362769437c99aa5a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId181069437c99aa5fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId101469437c99aaa19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId295669437c99aab5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId735069437c99ab517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId568269437c99ab62f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId826269437c99a75a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826269437c99a75a5.jpg"/><Relationship Id="rId676669437c99a88de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId676669437c99a88de.jpg"/><Relationship Id="rId960369437c99ab7e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId960369437c99ab7e0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>