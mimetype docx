--- v3 (2025-12-18)
+++ v4 (2026-01-07)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tomato bunchy top viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bunchy top of tomato, spindle tuber of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425569437c99a7475" w:history="1">
+            <w:hyperlink r:id="rId2231695ddca631363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId933469437c99a74de" w:history="1">
+            <w:hyperlink r:id="rId2171695ddca6313ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSTVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37498941" name="name869869437c99a75a6" descr="4533.jpg"/>
+                  <wp:docPr id="4569399" name="name1743695ddca631d2c" descr="4533.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4533.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId826269437c99a75a5" cstate="print"/>
+                          <a:blip r:embed="rId8654695ddca631d2a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId850369437c99a76c9" w:history="1">
+            <w:hyperlink r:id="rId9600695ddca631e7b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). However, since PSTVd infections may remain symptomless in many hosts, there is some uncertainty on the current distribution (EFSA, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86075206" name="name856269437c99a88e2" descr="PSTVD0_distribution_map.jpg"/>
+            <wp:docPr id="70463564" name="name5436695ddca633155" descr="PSTVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSTVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId676669437c99a88de" cstate="print"/>
+                    <a:blip r:embed="rId7959695ddca633152" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4041,51 +4041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId136969437c99a9e1f" w:history="1">
+      <w:hyperlink r:id="rId8049695ddca634361" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-221. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295669437c99a9eae" w:history="1">
+      <w:hyperlink r:id="rId4959695ddca6343d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4182,51 +4182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694569437c99a9f1e" w:history="1">
+      <w:hyperlink r:id="rId1234695ddca63443f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4252,51 +4252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902769437c99a9f93" w:history="1">
+      <w:hyperlink r:id="rId6296695ddca6344ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4371,51 +4371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 394-399. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936869437c99aa05b" w:history="1">
+      <w:hyperlink r:id="rId5399695ddca63456c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4441,51 +4441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393169437c99aa0cd" w:history="1">
+      <w:hyperlink r:id="rId9835695ddca6345db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4531,51 +4531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228169437c99aa15d" w:history="1">
+      <w:hyperlink r:id="rId9483695ddca634667" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4601,51 +4601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690969437c99aa1cd" w:history="1">
+      <w:hyperlink r:id="rId1922695ddca6346d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4662,51 +4662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326469437c99aa24d" w:history="1">
+      <w:hyperlink r:id="rId5110695ddca634738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4741,51 +4741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321669437c99aa2d7" w:history="1">
+      <w:hyperlink r:id="rId8425695ddca6347c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4811,101 +4811,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754269437c99aa34d" w:history="1">
+      <w:hyperlink r:id="rId2285695ddca634833" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12689</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM7/new Pospiviroids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press). Soon available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552269437c99aa3a2" w:history="1">
+      <w:hyperlink r:id="rId1380695ddca634884" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5132,90 +5132,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247-250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) Diagnostic protocols for regulated pests. DP 7: Potato spindle tuber viroid. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362769437c99aa5a5" w:history="1">
+      <w:hyperlink r:id="rId1566695ddca634a30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/8073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) International standard for phytosanitary measures 6. Surveillance. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181069437c99aa5fe" w:history="1">
+      <w:hyperlink r:id="rId3437695ddca634a6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/615/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5754,51 +5754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Owens RA &amp; Verhoeven JTJ (2009) Potato spindle tuber. External factsheets. Minnesota, USA. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APSnet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unpaginated. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101469437c99aaa19" w:history="1">
+      <w:hyperlink r:id="rId5885695ddca634e18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5949,51 +5949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295669437c99aab5a" w:history="1">
+      <w:hyperlink r:id="rId9487695ddca634f4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1707. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735069437c99ab517" w:history="1">
+      <w:hyperlink r:id="rId2803695ddca63583f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants10081707</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7521,73 +7521,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid fusituberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568269437c99ab62f" w:history="1">
+      <w:hyperlink r:id="rId3589695ddca635950" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7746,63 +7746,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 105-109.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20440341" name="name856769437c99ab7e1" descr="eu_funding_250.png"/>
+            <wp:docPr id="51191076" name="name3815695ddca635aef" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId960369437c99ab7e0" cstate="print"/>
+                    <a:blip r:embed="rId9069695ddca635aee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7900,137 +7900,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99939392">
+  <w:abstractNum w:abstractNumId="34800348">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87022805">
+    <w:lvl w:ilvl="0" w:tplc="87613343">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87022805" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87613343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87022805" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87613343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87022805" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87613343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87022805" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87613343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87022805" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87613343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87022805" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87613343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87022805" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87613343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87022805" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87613343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99939391">
+  <w:abstractNum w:abstractNumId="34800347">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97852990">
+    <w:lvl w:ilvl="0" w:tplc="52012043">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8782,55 +8782,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99939391">
-    <w:abstractNumId w:val="99939391"/>
+  <w:num w:numId="34800347">
+    <w:abstractNumId w:val="34800347"/>
   </w:num>
-  <w:num w:numId="99939392">
-    <w:abstractNumId w:val="99939392"/>
+  <w:num w:numId="34800348">
+    <w:abstractNumId w:val="34800348"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20380,51 +20380,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId991880258" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793292525" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId425569437c99a7475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId933469437c99a74de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId850369437c99a76c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId136969437c99a9e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId295669437c99a9eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId694569437c99a9f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId902769437c99a9f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId936869437c99aa05b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId393169437c99aa0cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId228169437c99aa15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId690969437c99aa1cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId326469437c99aa24d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId321669437c99aa2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId754269437c99aa34d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId552269437c99aa3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId362769437c99aa5a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId181069437c99aa5fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId101469437c99aaa19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId295669437c99aab5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId735069437c99ab517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId568269437c99ab62f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId826269437c99a75a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826269437c99a75a5.jpg"/><Relationship Id="rId676669437c99a88de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId676669437c99a88de.jpg"/><Relationship Id="rId960369437c99ab7e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId960369437c99ab7e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910989152" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685939618" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2231695ddca631363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId2171695ddca6313ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId9600695ddca631e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId8049695ddca634361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId4959695ddca6343d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1234695ddca63443f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId6296695ddca6344ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5399695ddca63456c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId9835695ddca6345db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId9483695ddca634667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1922695ddca6346d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5110695ddca634738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8425695ddca6347c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId2285695ddca634833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId1380695ddca634884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1566695ddca634a30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId3437695ddca634a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId5885695ddca634e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId9487695ddca634f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId2803695ddca63583f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId3589695ddca635950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8654695ddca631d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8654695ddca631d2a.jpg"/><Relationship Id="rId7959695ddca633152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7959695ddca633152.jpg"/><Relationship Id="rId9069695ddca635aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9069695ddca635aee.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>