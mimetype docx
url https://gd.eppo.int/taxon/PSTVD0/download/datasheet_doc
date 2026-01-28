--- v4 (2026-01-07)
+++ v5 (2026-01-28)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tomato bunchy top viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bunchy top of tomato, spindle tuber of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2231695ddca631363" w:history="1">
+            <w:hyperlink r:id="rId41426979bdfb27736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2171695ddca6313ce" w:history="1">
+            <w:hyperlink r:id="rId34976979bdfb277a1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSTVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4569399" name="name1743695ddca631d2c" descr="4533.jpg"/>
+                  <wp:docPr id="74070463" name="name57596979bdfb27c56" descr="4533.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4533.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8654695ddca631d2a" cstate="print"/>
+                          <a:blip r:embed="rId98726979bdfb27c55" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9600695ddca631e7b" w:history="1">
+            <w:hyperlink r:id="rId65206979bdfb27d9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). However, since PSTVd infections may remain symptomless in many hosts, there is some uncertainty on the current distribution (EFSA, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70463564" name="name5436695ddca633155" descr="PSTVD0_distribution_map.jpg"/>
+            <wp:docPr id="94187156" name="name63636979bdfb294c7" descr="PSTVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSTVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7959695ddca633152" cstate="print"/>
+                    <a:blip r:embed="rId59146979bdfb294c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4041,51 +4041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8049695ddca634361" w:history="1">
+      <w:hyperlink r:id="rId19646979bdfb2a71a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-221. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4959695ddca6343d4" w:history="1">
+      <w:hyperlink r:id="rId20476979bdfb2a791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4182,51 +4182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1234695ddca63443f" w:history="1">
+      <w:hyperlink r:id="rId33876979bdfb2a7fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4252,51 +4252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6296695ddca6344ae" w:history="1">
+      <w:hyperlink r:id="rId53456979bdfb2a86b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4371,51 +4371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 394-399. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5399695ddca63456c" w:history="1">
+      <w:hyperlink r:id="rId95056979bdfb2a92e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4441,51 +4441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9835695ddca6345db" w:history="1">
+      <w:hyperlink r:id="rId48306979bdfb2a9b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4531,51 +4531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9483695ddca634667" w:history="1">
+      <w:hyperlink r:id="rId14716979bdfb2aa44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4601,51 +4601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1922695ddca6346d6" w:history="1">
+      <w:hyperlink r:id="rId68346979bdfb2aab7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4662,51 +4662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5110695ddca634738" w:history="1">
+      <w:hyperlink r:id="rId46636979bdfb2ab1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4741,51 +4741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8425695ddca6347c1" w:history="1">
+      <w:hyperlink r:id="rId67976979bdfb2ab99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4811,101 +4811,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2285695ddca634833" w:history="1">
+      <w:hyperlink r:id="rId38446979bdfb2acdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12689</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM7/new Pospiviroids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press). Soon available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1380695ddca634884" w:history="1">
+      <w:hyperlink r:id="rId21076979bdfb2ad39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5132,90 +5132,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247-250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) Diagnostic protocols for regulated pests. DP 7: Potato spindle tuber viroid. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1566695ddca634a30" w:history="1">
+      <w:hyperlink r:id="rId53736979bdfb2aef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/8073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) International standard for phytosanitary measures 6. Surveillance. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3437695ddca634a6f" w:history="1">
+      <w:hyperlink r:id="rId39686979bdfb2af35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/615/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5754,51 +5754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Owens RA &amp; Verhoeven JTJ (2009) Potato spindle tuber. External factsheets. Minnesota, USA. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APSnet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unpaginated. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5885695ddca634e18" w:history="1">
+      <w:hyperlink r:id="rId45196979bdfb2b2f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5949,51 +5949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9487695ddca634f4f" w:history="1">
+      <w:hyperlink r:id="rId56136979bdfb2b432" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1707. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2803695ddca63583f" w:history="1">
+      <w:hyperlink r:id="rId55366979bdfb2be9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants10081707</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7543,51 +7543,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid fusituberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3589695ddca635950" w:history="1">
+      <w:hyperlink r:id="rId18416979bdfb2bfda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7746,63 +7746,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 105-109.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51191076" name="name3815695ddca635aef" descr="eu_funding_250.png"/>
+            <wp:docPr id="60105566" name="name64626979bdfb2c19e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9069695ddca635aee" cstate="print"/>
+                    <a:blip r:embed="rId67446979bdfb2c19d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7900,137 +7900,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34800348">
+  <w:abstractNum w:abstractNumId="76859780">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87613343">
+    <w:lvl w:ilvl="0" w:tplc="25956031">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87613343" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25956031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87613343" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25956031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87613343" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25956031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87613343" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25956031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87613343" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25956031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87613343" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25956031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87613343" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25956031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87613343" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25956031" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34800347">
+  <w:abstractNum w:abstractNumId="76859779">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52012043">
+    <w:lvl w:ilvl="0" w:tplc="60637051">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8782,55 +8782,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34800347">
-    <w:abstractNumId w:val="34800347"/>
+  <w:num w:numId="76859779">
+    <w:abstractNumId w:val="76859779"/>
   </w:num>
-  <w:num w:numId="34800348">
-    <w:abstractNumId w:val="34800348"/>
+  <w:num w:numId="76859780">
+    <w:abstractNumId w:val="76859780"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20380,51 +20380,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910989152" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685939618" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2231695ddca631363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId2171695ddca6313ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId9600695ddca631e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId8049695ddca634361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId4959695ddca6343d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1234695ddca63443f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId6296695ddca6344ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5399695ddca63456c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId9835695ddca6345db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId9483695ddca634667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1922695ddca6346d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId5110695ddca634738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8425695ddca6347c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId2285695ddca634833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId1380695ddca634884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId1566695ddca634a30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId3437695ddca634a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId5885695ddca634e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId9487695ddca634f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId2803695ddca63583f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId3589695ddca635950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8654695ddca631d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8654695ddca631d2a.jpg"/><Relationship Id="rId7959695ddca633152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7959695ddca633152.jpg"/><Relationship Id="rId9069695ddca635aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9069695ddca635aee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824404884" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId611633945" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41426979bdfb27736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId34976979bdfb277a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId65206979bdfb27d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId19646979bdfb2a71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId20476979bdfb2a791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId33876979bdfb2a7fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId53456979bdfb2a86b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId95056979bdfb2a92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId48306979bdfb2a9b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId14716979bdfb2aa44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId68346979bdfb2aab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId46636979bdfb2ab1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId67976979bdfb2ab99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId38446979bdfb2acdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId21076979bdfb2ad39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId53736979bdfb2aef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId39686979bdfb2af35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId45196979bdfb2b2f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId56136979bdfb2b432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId55366979bdfb2be9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId18416979bdfb2bfda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98726979bdfb27c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98726979bdfb27c55.jpg"/><Relationship Id="rId59146979bdfb294c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59146979bdfb294c4.jpg"/><Relationship Id="rId67446979bdfb2c19d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67446979bdfb2c19d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>