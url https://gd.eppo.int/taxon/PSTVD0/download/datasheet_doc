--- v5 (2026-01-28)
+++ v6 (2026-02-20)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tomato bunchy top viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bunchy top of tomato, spindle tuber of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41426979bdfb27736" w:history="1">
+            <w:hyperlink r:id="rId463269989a79785f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -405,53 +405,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34976979bdfb277a1" w:history="1">
+            <w:hyperlink r:id="rId972169989a797865c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSTVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74070463" name="name57596979bdfb27c56" descr="4533.jpg"/>
+                  <wp:docPr id="54486227" name="name258569989a7978b9b" descr="4533.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4533.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId98726979bdfb27c55" cstate="print"/>
+                          <a:blip r:embed="rId327269989a7978b99" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId65206979bdfb27d9c" w:history="1">
+            <w:hyperlink r:id="rId144969989a7978c88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,105 +1521,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). However, since PSTVd infections may remain symptomless in many hosts, there is some uncertainty on the current distribution (EFSA, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94187156" name="name63636979bdfb294c7" descr="PSTVD0_distribution_map.jpg"/>
+            <wp:docPr id="82910760" name="name600469989a7979d64" descr="PSTVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSTVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59146979bdfb294c4" cstate="print"/>
+                    <a:blip r:embed="rId158269989a7979d61" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Azerbaijan, Belarus, Belgium, Croatia, Czechia, Georgia, Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland), Kazakhstan, Malta, Montenegro, Netherlands, Russian Federation (the) (Far East), Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Austria, Azerbaijan, Belarus, Belgium, Croatia, Czechia, Georgia, Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland), Kazakhstan, Malta, Montenegro, Netherlands, Russian Federation (Far East), Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Ghana, Kenya, Nigeria, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4041,51 +4041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19646979bdfb2a71a" w:history="1">
+      <w:hyperlink r:id="rId802069989a797b17b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-221. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20476979bdfb2a791" w:history="1">
+      <w:hyperlink r:id="rId731169989a797b1f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4182,51 +4182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33876979bdfb2a7fb" w:history="1">
+      <w:hyperlink r:id="rId352269989a797b265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4252,51 +4252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53456979bdfb2a86b" w:history="1">
+      <w:hyperlink r:id="rId852769989a797b2d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4371,51 +4371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 394-399. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95056979bdfb2a92e" w:history="1">
+      <w:hyperlink r:id="rId650969989a797b3bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4441,51 +4441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48306979bdfb2a9b1" w:history="1">
+      <w:hyperlink r:id="rId120469989a797b430" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4531,51 +4531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14716979bdfb2aa44" w:history="1">
+      <w:hyperlink r:id="rId486669989a797b4df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4601,51 +4601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68346979bdfb2aab7" w:history="1">
+      <w:hyperlink r:id="rId455169989a797b553" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4662,51 +4662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46636979bdfb2ab1c" w:history="1">
+      <w:hyperlink r:id="rId203469989a797b5b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4741,51 +4741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67976979bdfb2ab99" w:history="1">
+      <w:hyperlink r:id="rId174769989a797b655" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4811,101 +4811,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38446979bdfb2acdf" w:history="1">
+      <w:hyperlink r:id="rId837769989a797b6c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12689</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM7/new Pospiviroids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press). Soon available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21076979bdfb2ad39" w:history="1">
+      <w:hyperlink r:id="rId562369989a797b71a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5132,90 +5132,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247-250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) Diagnostic protocols for regulated pests. DP 7: Potato spindle tuber viroid. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53736979bdfb2aef4" w:history="1">
+      <w:hyperlink r:id="rId607069989a797b8f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/8073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) International standard for phytosanitary measures 6. Surveillance. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39686979bdfb2af35" w:history="1">
+      <w:hyperlink r:id="rId838469989a797b930" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/615/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5754,51 +5754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Owens RA &amp; Verhoeven JTJ (2009) Potato spindle tuber. External factsheets. Minnesota, USA. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APSnet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unpaginated. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45196979bdfb2b2f8" w:history="1">
+      <w:hyperlink r:id="rId404769989a797bd28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5949,51 +5949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56136979bdfb2b432" w:history="1">
+      <w:hyperlink r:id="rId318469989a797be7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1707. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55366979bdfb2be9e" w:history="1">
+      <w:hyperlink r:id="rId512869989a797c7cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants10081707</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7543,51 +7543,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid fusituberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18416979bdfb2bfda" w:history="1">
+      <w:hyperlink r:id="rId111269989a797c8fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7746,63 +7746,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 105-109.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60105566" name="name64626979bdfb2c19e" descr="eu_funding_250.png"/>
+            <wp:docPr id="26971325" name="name223369989a797cae7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67446979bdfb2c19d" cstate="print"/>
+                    <a:blip r:embed="rId877369989a797cae6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7900,137 +7900,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76859780">
+  <w:abstractNum w:abstractNumId="29290415">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25956031">
+    <w:lvl w:ilvl="0" w:tplc="14394018">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25956031" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14394018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25956031" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14394018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25956031" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14394018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25956031" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14394018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25956031" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14394018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25956031" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14394018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25956031" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14394018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25956031" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14394018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76859779">
+  <w:abstractNum w:abstractNumId="29290414">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60637051">
+    <w:lvl w:ilvl="0" w:tplc="80734303">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8782,55 +8782,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76859779">
-    <w:abstractNumId w:val="76859779"/>
+  <w:num w:numId="29290414">
+    <w:abstractNumId w:val="29290414"/>
   </w:num>
-  <w:num w:numId="76859780">
-    <w:abstractNumId w:val="76859780"/>
+  <w:num w:numId="29290415">
+    <w:abstractNumId w:val="29290415"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20380,51 +20380,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824404884" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId611633945" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41426979bdfb27736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId34976979bdfb277a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId65206979bdfb27d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId19646979bdfb2a71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId20476979bdfb2a791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId33876979bdfb2a7fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId53456979bdfb2a86b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId95056979bdfb2a92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId48306979bdfb2a9b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId14716979bdfb2aa44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId68346979bdfb2aab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId46636979bdfb2ab1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId67976979bdfb2ab99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId38446979bdfb2acdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId21076979bdfb2ad39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId53736979bdfb2aef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId39686979bdfb2af35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId45196979bdfb2b2f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId56136979bdfb2b432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId55366979bdfb2be9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId18416979bdfb2bfda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98726979bdfb27c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98726979bdfb27c55.jpg"/><Relationship Id="rId59146979bdfb294c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59146979bdfb294c4.jpg"/><Relationship Id="rId67446979bdfb2c19d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67446979bdfb2c19d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId975275620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745848487" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId463269989a79785f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId972169989a797865c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId144969989a7978c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId802069989a797b17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId731169989a797b1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId352269989a797b265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId852769989a797b2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId650969989a797b3bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId120469989a797b430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId486669989a797b4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId455169989a797b553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId203469989a797b5b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId174769989a797b655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId837769989a797b6c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId562369989a797b71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId607069989a797b8f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId838469989a797b930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId404769989a797bd28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId318469989a797be7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId512869989a797c7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId111269989a797c8fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId327269989a7978b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327269989a7978b99.jpg"/><Relationship Id="rId158269989a7979d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId158269989a7979d61.jpg"/><Relationship Id="rId877369989a797cae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877369989a797cae6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>