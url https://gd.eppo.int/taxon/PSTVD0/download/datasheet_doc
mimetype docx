--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tomato bunchy top viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bunchy top of tomato, spindle tuber of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463269989a79785f1" w:history="1">
+            <w:hyperlink r:id="rId606369b3317462d6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId972169989a797865c" w:history="1">
+            <w:hyperlink r:id="rId599469b3317462ddc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSTVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54486227" name="name258569989a7978b9b" descr="4533.jpg"/>
+                  <wp:docPr id="55774111" name="name266769b33174633c2" descr="4533.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4533.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId327269989a7978b99" cstate="print"/>
+                          <a:blip r:embed="rId698569b33174633c0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId144969989a7978c88" w:history="1">
+            <w:hyperlink r:id="rId799769b33174634ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). However, since PSTVd infections may remain symptomless in many hosts, there is some uncertainty on the current distribution (EFSA, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82910760" name="name600469989a7979d64" descr="PSTVD0_distribution_map.jpg"/>
+            <wp:docPr id="46255271" name="name324669b331746489b" descr="PSTVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSTVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId158269989a7979d61" cstate="print"/>
+                    <a:blip r:embed="rId670169b3317464897" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4041,51 +4041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802069989a797b17b" w:history="1">
+      <w:hyperlink r:id="rId336469b3317465aef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-221. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731169989a797b1f9" w:history="1">
+      <w:hyperlink r:id="rId692169b3317465b66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4182,51 +4182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352269989a797b265" w:history="1">
+      <w:hyperlink r:id="rId428769b3317465bd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4252,51 +4252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852769989a797b2d8" w:history="1">
+      <w:hyperlink r:id="rId559069b3317465c45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4371,51 +4371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 394-399. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId650969989a797b3bf" w:history="1">
+      <w:hyperlink r:id="rId372369b3317465d21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4441,51 +4441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120469989a797b430" w:history="1">
+      <w:hyperlink r:id="rId585969b3317465d91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4531,51 +4531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486669989a797b4df" w:history="1">
+      <w:hyperlink r:id="rId129669b3317465e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4601,51 +4601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455169989a797b553" w:history="1">
+      <w:hyperlink r:id="rId357469b3317465e8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4662,51 +4662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203469989a797b5b8" w:history="1">
+      <w:hyperlink r:id="rId193469b3317465ef1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4741,51 +4741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174769989a797b655" w:history="1">
+      <w:hyperlink r:id="rId414969b3317465f6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4811,101 +4811,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId837769989a797b6c8" w:history="1">
+      <w:hyperlink r:id="rId495469b3317465fdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12689</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM7/new Pospiviroids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press). Soon available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId562369989a797b71a" w:history="1">
+      <w:hyperlink r:id="rId546469b3317466041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5132,90 +5132,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247-250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) Diagnostic protocols for regulated pests. DP 7: Potato spindle tuber viroid. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607069989a797b8f0" w:history="1">
+      <w:hyperlink r:id="rId817569b3317466532" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/8073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) International standard for phytosanitary measures 6. Surveillance. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838469989a797b930" w:history="1">
+      <w:hyperlink r:id="rId810969b3317466579" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/615/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Assessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5754,51 +5754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Owens RA &amp; Verhoeven JTJ (2009) Potato spindle tuber. External factsheets. Minnesota, USA. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APSnet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unpaginated. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404769989a797bd28" w:history="1">
+      <w:hyperlink r:id="rId661769b3317466ae6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 23-12-2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5949,51 +5949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318469989a797be7e" w:history="1">
+      <w:hyperlink r:id="rId639069b3317466c6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7375,51 +7375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1707. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId512869989a797c7cd" w:history="1">
+      <w:hyperlink r:id="rId994669b33174676db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants10081707</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7543,51 +7543,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid fusituberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111269989a797c8fc" w:history="1">
+      <w:hyperlink r:id="rId102269b331746784a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7746,63 +7746,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 105-109.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26971325" name="name223369989a797cae7" descr="eu_funding_250.png"/>
+            <wp:docPr id="16699622" name="name637869b3317467d2b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId877369989a797cae6" cstate="print"/>
+                    <a:blip r:embed="rId257169b3317467d29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7900,137 +7900,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29290415">
+  <w:abstractNum w:abstractNumId="67149052">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14394018">
+    <w:lvl w:ilvl="0" w:tplc="10326271">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14394018" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10326271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14394018" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10326271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14394018" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10326271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14394018" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10326271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14394018" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10326271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14394018" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10326271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14394018" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10326271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14394018" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10326271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29290414">
+  <w:abstractNum w:abstractNumId="67149051">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80734303">
+    <w:lvl w:ilvl="0" w:tplc="17788540">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8782,55 +8782,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29290414">
-    <w:abstractNumId w:val="29290414"/>
+  <w:num w:numId="67149051">
+    <w:abstractNumId w:val="67149051"/>
   </w:num>
-  <w:num w:numId="29290415">
-    <w:abstractNumId w:val="29290415"/>
+  <w:num w:numId="67149052">
+    <w:abstractNumId w:val="67149052"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20380,51 +20380,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId975275620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745848487" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId463269989a79785f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId972169989a797865c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId144969989a7978c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId802069989a797b17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId731169989a797b1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId352269989a797b265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId852769989a797b2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId650969989a797b3bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId120469989a797b430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId486669989a797b4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId455169989a797b553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId203469989a797b5b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId174769989a797b655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId837769989a797b6c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId562369989a797b71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId607069989a797b8f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId838469989a797b930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId404769989a797bd28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId318469989a797be7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId512869989a797c7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId111269989a797c8fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId327269989a7978b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327269989a7978b99.jpg"/><Relationship Id="rId158269989a7979d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId158269989a7979d61.jpg"/><Relationship Id="rId877369989a797cae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877369989a797cae6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677984135" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId375182776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId606369b3317462d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/" TargetMode="External"/><Relationship Id="rId599469b3317462ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/categorization" TargetMode="External"/><Relationship Id="rId799769b33174634ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/photos" TargetMode="External"/><Relationship Id="rId336469b3317465aef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId692169b3317465b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId428769b3317465bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId559069b3317465c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId372369b3317465d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId585969b3317465d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId129669b3317465e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId357469b3317465e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId193469b3317465ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId414969b3317465f6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId495469b3317465fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12689" TargetMode="External"/><Relationship Id="rId546469b3317466041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId817569b3317466532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/8073/" TargetMode="External"/><Relationship Id="rId810969b3317466579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/615/" TargetMode="External"/><Relationship Id="rId661769b3317466ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/viral/pdlessons/Pages/PotatoSpindleTuber.aspx" TargetMode="External"/><Relationship Id="rId639069b3317466c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId994669b33174676db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants10081707" TargetMode="External"/><Relationship Id="rId102269b331746784a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId698569b33174633c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId698569b33174633c0.jpg"/><Relationship Id="rId670169b3317464897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId670169b3317464897.jpg"/><Relationship Id="rId257169b3317467d29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId257169b3317467d29.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>