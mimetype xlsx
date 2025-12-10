--- v0 (2025-10-12)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PSIGU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Ochoa R, Aguilar H &amp; Vargas C (1994) Phytophagous mites of America Central: an illustrated guide. CATIE.</t>
@@ -419,50 +419,54 @@
     <t>* Barreto-Barriga O, Pérez-Pérez M, Flores-González E, Juárez-Gutiérrez AC, Pineda-Guillermo S, Segura-Ledesma S, Ibarra-Bautista B, Rebollar-Alviter Á (2024) Seasonal trend and alternative host plants of drosophila suzukii in blackberry crops from Mexico. Phytoparasitica. 52 https://doi.org/10/1007/s12600-024-01170-6</t>
   </si>
   <si>
     <t>ERTNFU</t>
   </si>
   <si>
     <t>Erthesina fullo</t>
   </si>
   <si>
     <t>* Mi Q, Zhang J, Gould E, Chen J, Sun Z, Zhang F (2020) Biology, ecology, and management of Erthesina fullo (Hemiptera: Pentatomidae): A review. Insects 11, 346. https://doi.org/10.3390/insects11060346</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Gupta YN, Gupta SK (1978) On a collection of tetranychoid mites from Madhya Pradesh, India, with a description of a new Eotetranychus (Acari: Trombidiformes). Indian Journal of Acarology 3, 87-91.
+* Gupta SK, Gupta YN (1994) A taxonomic review of Indian Tetranychidae (Acari: Prostgmata) with description of new species and redescriptions of known species, keys to genera and species. Memoirs of the Zoological Survey of India 18, 1-196.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Non-reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- Non-reproductive host.</t>
   </si>
   <si>
     <t>GREEFI</t>
   </si>
   <si>
@@ -1818,714 +1822,716 @@
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" t="s">
         <v>117</v>
       </c>
       <c r="C41" t="s">
         <v>118</v>
       </c>
       <c r="D41" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>12</v>
       </c>
       <c r="B42" t="s">
         <v>120</v>
       </c>
       <c r="C42" t="s">
         <v>121</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>122</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>12</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C43" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>12</v>
       </c>
       <c r="B44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C44" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>12</v>
       </c>
       <c r="B45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>12</v>
       </c>
       <c r="B46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>12</v>
       </c>
       <c r="B47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C47" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>12</v>
       </c>
       <c r="B48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>12</v>
       </c>
       <c r="B49" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C49" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>12</v>
       </c>
       <c r="B50" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C50" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D50" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C51" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>12</v>
       </c>
       <c r="B52" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C52" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>12</v>
       </c>
       <c r="B53" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C53" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D53" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>12</v>
       </c>
       <c r="B54" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C54" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D54" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>12</v>
       </c>
       <c r="B55" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C55" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>12</v>
       </c>
       <c r="B56" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C56" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D56" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>12</v>
       </c>
       <c r="B57" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C57" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>12</v>
       </c>
       <c r="B58" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C58" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D58" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>12</v>
       </c>
       <c r="B59" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C59" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>12</v>
       </c>
       <c r="B60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C60" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>12</v>
       </c>
       <c r="B61" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C61" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D61" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>12</v>
       </c>
       <c r="B62" t="s">
+        <v>173</v>
+      </c>
+      <c r="C62" t="s">
+        <v>174</v>
+      </c>
+      <c r="D62" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>12</v>
       </c>
       <c r="B63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C63" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>12</v>
       </c>
       <c r="B64" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D64" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>12</v>
       </c>
       <c r="B65" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C65" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D65" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>12</v>
       </c>
       <c r="B66" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C66" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D66" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>12</v>
       </c>
       <c r="B67" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C67" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>12</v>
       </c>
       <c r="B68" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C68" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>12</v>
       </c>
       <c r="B69" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D69" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>12</v>
       </c>
       <c r="B70" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D70" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>12</v>
       </c>
       <c r="B71" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D71" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>12</v>
       </c>
       <c r="B72" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D72" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>12</v>
       </c>
       <c r="B73" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D73" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>12</v>
       </c>
       <c r="B74" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C74" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D74" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>12</v>
       </c>
       <c r="B75" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C75" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D75" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B76" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C76" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D76" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B77" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C77" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D77" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B78" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C78" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D78" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B79" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C79" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D79" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B80" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C80" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D80" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B81" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C81" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D81" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B82" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C82" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D82" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B83" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C83" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D83" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B84" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C84" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D84" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B85" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C85" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D85" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B86" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C86" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B87" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C87" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B88" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C88" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B89" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C89" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D89" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B90" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C90" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D90" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B91" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C91" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D91" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">