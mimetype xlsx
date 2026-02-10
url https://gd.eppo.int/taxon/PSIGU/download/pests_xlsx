--- v1 (2025-12-10)
+++ v2 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PSIGU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Ochoa R, Aguilar H &amp; Vargas C (1994) Phytophagous mites of America Central: an illustrated guide. CATIE.</t>
@@ -105,50 +105,53 @@
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>ALTHFL</t>
   </si>
   <si>
     <t>Aleurothrixus floccosus</t>
   </si>
   <si>
     <t>* Shih AT, Polaszek A, Dubey AK, Chen SP, Yang PS, Ko CC (2015): New species of Eretmocerus Haldeman (Hymenoptera: Aphelinidae) parasitizing Crenidorsum turpiniae (Takahashi) and Aleurothrixus floccosus (Maskell) (Hemiptera: Aleyrodidae) from Taiwan, Journal of Natural History, DOI: 10.1080/00222933.2015.1075622
 ------- It causes serious damage on guava in Taiwan.
 * Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>ANSTBA</t>
   </si>
   <si>
     <t>Anastrepha bahiensis</t>
   </si>
   <si>
     <t>* Rodriguez EJ, Norrbom AL, Steck GJ, Moore MR, Sutton BD, Ruiz-Arce R, Wiegmann BM, Cassel B, Nolazco N, Muller A, Gangadin A (2023) New host plant and distribution records of Anastrepha species (Diptera: Tephritidae) primarily from the western Amazon. Proceedings of the Entomological Society of Washington 125(1), 89-164.</t>
   </si>
   <si>
     <t>ANSTCR</t>
   </si>
   <si>
     <t>Anastrepha coronilli</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.
 * Birke A, Acosta E, Aluja M (2015) Limits to the host range of the highly polyphagous tephritid fruit fly Anastrepha ludens in its natural habitat. Bulletin of Entomological Research, doi:10.1017/S0007485315000711
@@ -1356,1182 +1359,1184 @@
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>12</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>12</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>12</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>12</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>12</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>12</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>12</v>
       </c>
       <c r="B32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>12</v>
       </c>
       <c r="B33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>12</v>
       </c>
       <c r="B34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>12</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>12</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>12</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>12</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>12</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D41" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>12</v>
       </c>
       <c r="B42" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D42" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>12</v>
       </c>
       <c r="B43" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D43" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>12</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>12</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>12</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>12</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>12</v>
       </c>
       <c r="B48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>12</v>
       </c>
       <c r="B49" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C49" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>12</v>
       </c>
       <c r="B50" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C50" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D50" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D51" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>12</v>
       </c>
       <c r="B52" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C52" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>12</v>
       </c>
       <c r="B53" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C53" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>12</v>
       </c>
       <c r="B54" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C54" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>12</v>
       </c>
       <c r="B55" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>12</v>
       </c>
       <c r="B56" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C56" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D56" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>12</v>
       </c>
       <c r="B57" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C57" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>12</v>
       </c>
       <c r="B58" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C58" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D58" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>12</v>
       </c>
       <c r="B59" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C59" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>12</v>
       </c>
       <c r="B60" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C60" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>12</v>
       </c>
       <c r="B61" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C61" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D61" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>12</v>
       </c>
       <c r="B62" t="s">
+        <v>174</v>
+      </c>
+      <c r="C62" t="s">
+        <v>175</v>
+      </c>
+      <c r="D62" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>12</v>
       </c>
       <c r="B63" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C63" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>12</v>
       </c>
       <c r="B64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C64" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D64" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>12</v>
       </c>
       <c r="B65" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C65" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D65" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>12</v>
       </c>
       <c r="B66" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C66" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D66" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>12</v>
       </c>
       <c r="B67" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D67" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>12</v>
       </c>
       <c r="B68" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D68" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>12</v>
       </c>
       <c r="B69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C69" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D69" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>12</v>
       </c>
       <c r="B70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C70" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D70" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>12</v>
       </c>
       <c r="B71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C71" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D71" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>12</v>
       </c>
       <c r="B72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C72" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D72" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>12</v>
       </c>
       <c r="B73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C73" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D73" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>12</v>
       </c>
       <c r="B74" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C74" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D74" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>12</v>
       </c>
       <c r="B75" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C75" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D75" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B76" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C76" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D76" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B77" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C77" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D77" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B78" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C78" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D78" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B79" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C79" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D79" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B80" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C80" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D80" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B81" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C81" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D81" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B82" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C82" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D82" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B83" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C83" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D83" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B84" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C84" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D84" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B85" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C85" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D85" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B86" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C86" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B87" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C87" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B88" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C88" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B89" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C89" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D89" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B90" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C90" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D90" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B91" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C91" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D91" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">