--- v2 (2026-02-10)
+++ v3 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PSIGU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Ochoa R, Aguilar H &amp; Vargas C (1994) Phytophagous mites of America Central: an illustrated guide. CATIE.</t>
@@ -564,50 +564,59 @@
     <t>Parasaissetia nigra</t>
   </si>
   <si>
     <t>PHENPR</t>
   </si>
   <si>
     <t>Phenacoccus peruvianus</t>
   </si>
   <si>
     <t>* von Ellenrieder N, Kinnee SA, Watson GW (2020) The bougainvillea mealybug, Phenacoccus peruvianus Granara de Willink, in Granara de Willink &amp; Szumik, 2007 (Hemiptera: Pseudococcidae), an invasive species new to North America, with a description of the adult male and new host records. Pan-Pacific Entomologist 96(2), 59-72.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* Jansen MGM,  Alferink LP (2023) An updated list of scale insects (Hemiptera, Coccomorpha) from import interceptions and greenhouses in the Netherlands. Journal of Insect Biodiversity 44 (2), 21–40</t>
   </si>
   <si>
     <t>PSDTDE</t>
   </si>
   <si>
     <t>Pseudotheraptus devastans</t>
   </si>
   <si>
     <t>PSDTWA</t>
   </si>
   <si>
     <t>Pseudotheraptus wayi</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>* Prieto Romo J, Gonzalo Morales OsorioI J,  Salazar Yepes M (2012) Identification of new hosts for Ralstonia solanacearum (Smith) race 2 from Colombia. Revista de Protección Vegetal 27,   151-161</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
@@ -1237,51 +1246,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D91"/>
+  <dimension ref="A1:D92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2055,117 +2064,117 @@
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>12</v>
       </c>
       <c r="B58" t="s">
         <v>164</v>
       </c>
       <c r="C58" t="s">
         <v>165</v>
       </c>
       <c r="D58" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>12</v>
       </c>
       <c r="B59" t="s">
         <v>167</v>
       </c>
       <c r="C59" t="s">
         <v>168</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>12</v>
       </c>
       <c r="B60" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C60" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>12</v>
       </c>
       <c r="B61" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C61" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="D61" t="s">
         <v>173</v>
       </c>
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>12</v>
       </c>
       <c r="B62" t="s">
         <v>174</v>
       </c>
       <c r="C62" t="s">
         <v>175</v>
       </c>
       <c r="D62" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>12</v>
       </c>
       <c r="B63" t="s">
+        <v>177</v>
+      </c>
+      <c r="C63" t="s">
+        <v>178</v>
+      </c>
+      <c r="D63" t="s">
         <v>176</v>
       </c>
-      <c r="C63" t="s">
-[...2 lines deleted...]
-      <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>12</v>
       </c>
       <c r="B64" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C64" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>180</v>
       </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>12</v>
       </c>
       <c r="B65" t="s">
         <v>181</v>
       </c>
       <c r="C65" t="s">
         <v>182</v>
       </c>
       <c r="D65" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>12</v>
       </c>
       <c r="B66" t="s">
         <v>184</v>
       </c>
       <c r="C66" t="s">
         <v>185</v>
       </c>
@@ -2279,264 +2288,278 @@
         <v>208</v>
       </c>
       <c r="C74" t="s">
         <v>209</v>
       </c>
       <c r="D74" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>12</v>
       </c>
       <c r="B75" t="s">
         <v>211</v>
       </c>
       <c r="C75" t="s">
         <v>212</v>
       </c>
       <c r="D75" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>12</v>
+      </c>
+      <c r="B76" t="s">
         <v>214</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>215</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B77" t="s">
         <v>218</v>
       </c>
       <c r="C77" t="s">
         <v>219</v>
       </c>
       <c r="D77" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B78" t="s">
         <v>221</v>
       </c>
       <c r="C78" t="s">
         <v>222</v>
       </c>
       <c r="D78" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B79" t="s">
         <v>224</v>
       </c>
       <c r="C79" t="s">
         <v>225</v>
       </c>
       <c r="D79" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B80" t="s">
         <v>227</v>
       </c>
       <c r="C80" t="s">
         <v>228</v>
       </c>
       <c r="D80" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B81" t="s">
         <v>230</v>
       </c>
       <c r="C81" t="s">
         <v>231</v>
       </c>
       <c r="D81" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B82" t="s">
         <v>233</v>
       </c>
       <c r="C82" t="s">
         <v>234</v>
       </c>
       <c r="D82" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B83" t="s">
         <v>236</v>
       </c>
       <c r="C83" t="s">
         <v>237</v>
       </c>
       <c r="D83" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B84" t="s">
         <v>239</v>
       </c>
       <c r="C84" t="s">
         <v>240</v>
       </c>
       <c r="D84" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B85" t="s">
         <v>242</v>
       </c>
       <c r="C85" t="s">
         <v>243</v>
       </c>
       <c r="D85" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B86" t="s">
         <v>245</v>
       </c>
       <c r="C86" t="s">
         <v>246</v>
       </c>
-      <c r="D86"/>
+      <c r="D86" t="s">
+        <v>247</v>
+      </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B87" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C87" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B88" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C88" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B89" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C89" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="D89" t="s">
         <v>253</v>
       </c>
+      <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B90" t="s">
         <v>254</v>
       </c>
       <c r="C90" t="s">
         <v>255</v>
       </c>
       <c r="D90" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B91" t="s">
         <v>257</v>
       </c>
       <c r="C91" t="s">
         <v>258</v>
       </c>
       <c r="D91" t="s">
         <v>259</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>217</v>
+      </c>
+      <c r="B92" t="s">
+        <v>260</v>
+      </c>
+      <c r="C92" t="s">
+        <v>261</v>
+      </c>
+      <c r="D92" t="s">
+        <v>262</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">