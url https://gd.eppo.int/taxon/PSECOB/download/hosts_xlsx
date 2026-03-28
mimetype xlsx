--- v0 (2025-10-09)
+++ v1 (2026-03-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PSECOB" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CTLBI</t>
   </si>
   <si>
     <t>Catalpa bignonioides</t>
   </si>
   <si>
     <t>1CIDG</t>
   </si>
   <si>
@@ -93,50 +93,53 @@
     <t>Punica granatum</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
     <t>Vitis vinifera</t>
+  </si>
+  <si>
+    <t>* Beltran-Moreno M, Llacctas A, Huanca J, Evans G (2025)﻿ A survey of scale insects (Hemiptera, Coccoidea) on avocados, olives, and grapes in the Peruvian region of Arequipa. ZooKeys 1257, 91–125.</t>
   </si>
   <si>
     <t>2WOOP</t>
   </si>
   <si>
     <t>woody plants</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CEQSI</t>
   </si>
   <si>
     <t>Ceratonia siliqua</t>
   </si>
   <si>
     <t>* Gugliuzzo A, Mazzeo G, Mansour R, Tropea Garzia G (2019) Carob pests in the Mediterranean region: bio-ecology, natural enemies and management options. Phytoparasitica 47, 605-628.</t>
   </si>
   <si>
     <t>COATE</t>
   </si>
   <si>
     <t>Choisya ternata</t>
   </si>
@@ -664,174 +667,176 @@
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">