--- v0 (2025-10-04)
+++ v1 (2026-03-03)
@@ -12,288 +12,951 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PSEAPE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* DAFF (2023) Okra from India: biosecurity import requirements final report, Department of Agriculture, Fisheries and Forestry, Canberra.</t>
+  </si>
+  <si>
+    <t>1ACAG</t>
+  </si>
+  <si>
+    <t>Acacia</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
+  </si>
+  <si>
+    <t>1ACUG</t>
+  </si>
+  <si>
+    <t>Acanthus</t>
+  </si>
+  <si>
+    <t>1ATIG</t>
+  </si>
+  <si>
+    <t>Actinidia</t>
   </si>
   <si>
     <t>ATIDE</t>
   </si>
   <si>
     <t>Actinidia deliciosa</t>
   </si>
   <si>
     <t>* Stathas GJ, Kartsonas ED, Darras AI, Skouras PJ (2021) Scale insect species (Hemiptera: Coccomorpha) and their natural enemies, recorded on agricultural, ornamental and forest plant species in the wider area of Messenian Province (Peloponnese, Greece), 2000–2020. Hellenic Plant Protection Journal, 14(2), 47-64.
 * Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
   </si>
   <si>
+    <t>1ADFG</t>
+  </si>
+  <si>
+    <t>Adenium</t>
+  </si>
+  <si>
+    <t>* Jansen MGM,  Alferink LP (2023) An updated list of scale insects (Hemiptera, Coccomorpha) from import interceptions and greenhouses in the Netherlands. Journal of Insect Biodiversity 44 (2), 21–40</t>
+  </si>
+  <si>
+    <t>1ALWG</t>
+  </si>
+  <si>
+    <t>Allamanda</t>
+  </si>
+  <si>
+    <t>AODCA</t>
+  </si>
+  <si>
+    <t>Anisodontea capensis</t>
+  </si>
+  <si>
+    <t>1ARLG</t>
+  </si>
+  <si>
+    <t>Aralia</t>
+  </si>
+  <si>
+    <t>1BEBG</t>
+  </si>
+  <si>
+    <t>Berberis</t>
+  </si>
+  <si>
+    <t>1BOHG</t>
+  </si>
+  <si>
+    <t>Boehmeria</t>
+  </si>
+  <si>
+    <t>1BRNG</t>
+  </si>
+  <si>
+    <t>Broussonetia</t>
+  </si>
+  <si>
     <t>BRNPA</t>
   </si>
   <si>
     <t>Broussonetia papyrifera</t>
   </si>
   <si>
     <t>* Penchevа A, Yovkova M (2016) New data on alien insect pests of ornamental plants in Bulgaria. Forestry ideas, 22, 17-33.</t>
   </si>
   <si>
+    <t>1BUDG</t>
+  </si>
+  <si>
+    <t>Buddleja</t>
+  </si>
+  <si>
     <t>CAJCA</t>
   </si>
   <si>
     <t>Cajanus cajan</t>
   </si>
   <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
+  </si>
+  <si>
+    <t>1CLIG</t>
+  </si>
+  <si>
+    <t>Callicarpa</t>
+  </si>
+  <si>
+    <t>1CAHG</t>
+  </si>
+  <si>
+    <t>Camellia</t>
+  </si>
+  <si>
+    <t>1CPSG</t>
+  </si>
+  <si>
+    <t>Capsicum</t>
+  </si>
+  <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
+  </si>
+  <si>
+    <t>1CIAG</t>
+  </si>
+  <si>
+    <t>Carica</t>
   </si>
   <si>
     <t>CIAPA</t>
   </si>
   <si>
     <t>Carica papaya</t>
   </si>
   <si>
     <t xml:space="preserve">* Matsunaga JN, Howarth FG, Kumashiro BR (2019) New state records and additions to the alien terrestrial arthropod fauna in the Hawaiian Islands. Proceedings of the Hawaiian Entomological Society 51(1), 1-71. https://scholarspace.manoa.hawaii.edu/server/api/core/bitstreams/f57fe030-c574-4cb9-91d3-548c993b5b3d/content
 </t>
   </si>
   <si>
+    <t>1CSNG</t>
+  </si>
+  <si>
+    <t>Castanea</t>
+  </si>
+  <si>
+    <t>1CSIG</t>
+  </si>
+  <si>
+    <t>Castilla</t>
+  </si>
+  <si>
     <t>CSIEL</t>
   </si>
   <si>
     <t>Castilla elastica</t>
   </si>
   <si>
     <t>* Briceño VA, Fraternidad HR (2008) [Hemiptera-homoptera insects of forest importance in Venezuela]. Revista Forestal Venezolana 52(2), 117-178 (in Spanish).</t>
   </si>
   <si>
+    <t>1CTLG</t>
+  </si>
+  <si>
+    <t>Catalpa</t>
+  </si>
+  <si>
     <t>CTLBI</t>
   </si>
   <si>
     <t>Catalpa bignonioides</t>
   </si>
   <si>
     <t>CTURO</t>
   </si>
   <si>
     <t>Catharanthus roseus</t>
   </si>
   <si>
+    <t>1CEDG</t>
+  </si>
+  <si>
+    <t>Cedrela</t>
+  </si>
+  <si>
+    <t>1CHSG</t>
+  </si>
+  <si>
+    <t>Chimonanthus</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+Suh, S.-J (2020) Host plant list of the scale insects (Hemiptera: Coccomorpha) in South Korea. Insecta Mundi 0757, 1–26</t>
+  </si>
+  <si>
     <t>COATE</t>
   </si>
   <si>
     <t>Choisya ternata</t>
   </si>
   <si>
     <t>* Kreiter P, Germain JF, Balmes V, Belet A, Cambournac L, Correa M, Descamps S, Faten A, Graverol S, Henry S, Japoshvili G, Lépinay V, Paris B, Ris N, Tourlourat A, Warot S, Robert F (2020) Diversité des cochenilles en horticulture ornementale. Phytoma no. 736, 41-46.</t>
   </si>
   <si>
+    <t>1CIHG</t>
+  </si>
+  <si>
+    <t>Cinchona</t>
+  </si>
+  <si>
+    <t>1CIDG</t>
+  </si>
+  <si>
+    <t>Citrus</t>
+  </si>
+  <si>
+    <t>1CLVG</t>
+  </si>
+  <si>
+    <t>Clematis</t>
+  </si>
+  <si>
     <t>CDIVA</t>
   </si>
   <si>
     <t>Codiaeum variegatum</t>
   </si>
   <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Germain JF, Devarieux A, LaPlace D, Matile-Ferrero D (2016) An updated checklist of the scale insects from French Guiana (French overseas department in South America). EPPO Bulletin 46(3), 588–593</t>
+  </si>
+  <si>
     <t>CRWAL</t>
   </si>
   <si>
     <t>Cornus alba</t>
   </si>
   <si>
+    <t>1CSDG</t>
+  </si>
+  <si>
+    <t>Crossandra</t>
+  </si>
+  <si>
+    <t>1CVNG</t>
+  </si>
+  <si>
+    <t>Croton</t>
+  </si>
+  <si>
+    <t>1CUUG</t>
+  </si>
+  <si>
+    <t>Cucurbita</t>
+  </si>
+  <si>
+    <t>1CCYG</t>
+  </si>
+  <si>
+    <t>Cycas</t>
+  </si>
+  <si>
+    <t>1CYDG</t>
+  </si>
+  <si>
+    <t>Cydonia</t>
+  </si>
+  <si>
+    <t>DPLMA</t>
+  </si>
+  <si>
+    <t>Daphniphyllum macropodum</t>
+  </si>
+  <si>
+    <t>1DOSG</t>
+  </si>
+  <si>
+    <t>Diospyros</t>
+  </si>
+  <si>
+    <t>1DBYG</t>
+  </si>
+  <si>
+    <t>Dombeya</t>
+  </si>
+  <si>
+    <t>1DRNG</t>
+  </si>
+  <si>
+    <t>Dracaena</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Suh, S.-J (2020) Host plant list of the scale insects (Hemiptera: Coccomorpha) in South Korea. Insecta Mundi 0757, 1–26</t>
+  </si>
+  <si>
+    <t>ELGUM</t>
+  </si>
+  <si>
+    <t>Elaeagnus umbellata</t>
+  </si>
+  <si>
+    <t>1EUOG</t>
+  </si>
+  <si>
+    <t>Euonymus</t>
+  </si>
+  <si>
+    <t>EUOJA</t>
+  </si>
+  <si>
+    <t>Euonymus japonicus</t>
+  </si>
+  <si>
+    <t>1EPHG</t>
+  </si>
+  <si>
+    <t>Euphorbia</t>
+  </si>
+  <si>
+    <t>1FIUG</t>
+  </si>
+  <si>
+    <t>Ficus</t>
+  </si>
+  <si>
+    <t>FIRPL</t>
+  </si>
+  <si>
+    <t>Firmiana simplex</t>
+  </si>
+  <si>
+    <t>1FRXG</t>
+  </si>
+  <si>
+    <t>Fraxinus</t>
+  </si>
+  <si>
+    <t>1GERG</t>
+  </si>
+  <si>
+    <t>Geranium</t>
+  </si>
+  <si>
+    <t>GIKBI</t>
+  </si>
+  <si>
+    <t>Ginkgo biloba</t>
+  </si>
+  <si>
+    <t>1GOMG</t>
+  </si>
+  <si>
+    <t>Gomphrena</t>
+  </si>
+  <si>
+    <t>1GOSG</t>
+  </si>
+  <si>
+    <t>Gossypium</t>
+  </si>
+  <si>
+    <t>1HEEG</t>
+  </si>
+  <si>
+    <t>Hedera</t>
+  </si>
+  <si>
     <t>2ORNH</t>
   </si>
   <si>
     <t>herbaceous ornamental plants</t>
   </si>
   <si>
     <t>1HIBG</t>
   </si>
   <si>
     <t>Hibiscus</t>
   </si>
   <si>
+    <t>HIBSY</t>
+  </si>
+  <si>
+    <t>Hibiscus syriacus</t>
+  </si>
+  <si>
+    <t>1HYEG</t>
+  </si>
+  <si>
+    <t>Hydrangea</t>
+  </si>
+  <si>
+    <t>1IBEG</t>
+  </si>
+  <si>
+    <t>Iberis</t>
+  </si>
+  <si>
+    <t>1ILEG</t>
+  </si>
+  <si>
+    <t>Ilex</t>
+  </si>
+  <si>
+    <t>ILECN</t>
+  </si>
+  <si>
+    <t>Ilex cornuta</t>
+  </si>
+  <si>
+    <t>1IPOG</t>
+  </si>
+  <si>
+    <t>Ipomoea</t>
+  </si>
+  <si>
+    <t>1IASG</t>
+  </si>
+  <si>
+    <t>Jasminum</t>
+  </si>
+  <si>
+    <t>1IATG</t>
+  </si>
+  <si>
+    <t>Jatropha</t>
+  </si>
+  <si>
+    <t>1IUGG</t>
+  </si>
+  <si>
+    <t>Juglans</t>
+  </si>
+  <si>
+    <t>IUGMN</t>
+  </si>
+  <si>
+    <t>Juglans mandshurica</t>
+  </si>
+  <si>
+    <t>IUGNI</t>
+  </si>
+  <si>
+    <t>Juglans nigra</t>
+  </si>
+  <si>
     <t>IUGRE</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
+    <t xml:space="preserve">* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+</t>
+  </si>
+  <si>
+    <t>1IUPG</t>
+  </si>
+  <si>
+    <t>Juniperus</t>
+  </si>
+  <si>
+    <t>1KANG</t>
+  </si>
+  <si>
+    <t>Kalanchoe</t>
+  </si>
+  <si>
+    <t>1LANG</t>
+  </si>
+  <si>
+    <t>Lantana</t>
+  </si>
+  <si>
+    <t>LESCU</t>
+  </si>
+  <si>
+    <t>Lespedeza cuneata</t>
+  </si>
+  <si>
+    <t>1LIGG</t>
+  </si>
+  <si>
+    <t>Ligustrum</t>
+  </si>
+  <si>
+    <t>1MAGG</t>
+  </si>
+  <si>
+    <t>Magnolia</t>
+  </si>
+  <si>
+    <t>1MAAG</t>
+  </si>
+  <si>
+    <t>Malachra</t>
+  </si>
+  <si>
+    <t>1MNGG</t>
+  </si>
+  <si>
+    <t>Mangifera</t>
+  </si>
+  <si>
+    <t>1MANG</t>
+  </si>
+  <si>
+    <t>Manihot</t>
+  </si>
+  <si>
     <t>MANES</t>
   </si>
   <si>
     <t>Manihot esculenta</t>
+  </si>
+  <si>
+    <t>1MEIG</t>
+  </si>
+  <si>
+    <t>Melia</t>
+  </si>
+  <si>
+    <t>1MORG</t>
+  </si>
+  <si>
+    <t>Morus</t>
   </si>
   <si>
     <t>MORAL</t>
   </si>
   <si>
     <t>Morus alba</t>
   </si>
   <si>
     <t>* Penchevа A, Yovkova M (2016) New data on alien insect pests of ornamental plants in Bulgaria. Forestry ideas, 22, 17-33.
 -------- Morus alba f. pendula.
 * Stathas GJ, Kartsonas ED, Darras AI, Skouras PJ (2021) Scale insect species (Hemiptera: Coccomorpha) and their natural enemies, recorded on agricultural, ornamental and forest plant species in the wider area of Messenian Province (Peloponnese, Greece), 2000–2020. Hellenic Plant Protection Journal, 14(2), 47-64.</t>
   </si>
   <si>
+    <t>NEELA</t>
+  </si>
+  <si>
+    <t>Nephelium lappaceum</t>
+  </si>
+  <si>
+    <t>1NERG</t>
+  </si>
+  <si>
+    <t>Nerium</t>
+  </si>
+  <si>
     <t>NEROL</t>
   </si>
   <si>
     <t>Nerium oleander</t>
   </si>
   <si>
     <t>OLVEU</t>
   </si>
   <si>
     <t>Olea europaea</t>
   </si>
   <si>
     <t>* Choi KS, Goh SW, oh H, Kim H, KIM S, Ahn JJ (2023) Olive Pests in Jeju, Korea. Korean Journal of applied entomology 62(2), 103-107.  https://doi.org/10.5656/KSAE.2023.05.0.016</t>
   </si>
   <si>
+    <t>1ORCF</t>
+  </si>
+  <si>
+    <t>Orchidaceae</t>
+  </si>
+  <si>
+    <t>1OSUG</t>
+  </si>
+  <si>
+    <t>Osmanthus</t>
+  </si>
+  <si>
+    <t>1PALG</t>
+  </si>
+  <si>
+    <t>Palicourea</t>
+  </si>
+  <si>
+    <t>1PAQG</t>
+  </si>
+  <si>
+    <t>Passiflora</t>
+  </si>
+  <si>
+    <t>PAZTO</t>
+  </si>
+  <si>
+    <t>Paulownia tomentosa</t>
+  </si>
+  <si>
+    <t>1PELG</t>
+  </si>
+  <si>
+    <t>Pelargonium</t>
+  </si>
+  <si>
+    <t>1PIOG</t>
+  </si>
+  <si>
+    <t>Philodendron</t>
+  </si>
+  <si>
+    <t>1PIPG</t>
+  </si>
+  <si>
+    <t>Piper</t>
+  </si>
+  <si>
+    <t>1PTUG</t>
+  </si>
+  <si>
+    <t>Pittosporum</t>
+  </si>
+  <si>
     <t>PLTHY</t>
   </si>
   <si>
     <t>Platanus x hispanica</t>
   </si>
   <si>
+    <t>PLCST</t>
+  </si>
+  <si>
+    <t>Platycarya strobilacea</t>
+  </si>
+  <si>
+    <t>1PLIG</t>
+  </si>
+  <si>
+    <t>Plumeria</t>
+  </si>
+  <si>
+    <t>1PYJG</t>
+  </si>
+  <si>
+    <t>Polyscias</t>
+  </si>
+  <si>
+    <t>1POPG</t>
+  </si>
+  <si>
+    <t>Populus</t>
+  </si>
+  <si>
+    <t>1PRNG</t>
+  </si>
+  <si>
+    <t>Prunus</t>
+  </si>
+  <si>
     <t>PRNAR</t>
   </si>
   <si>
     <t>Prunus armeniaca</t>
   </si>
   <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Erler F, Kozár F , Tunç I (1996) A preliminary study on the armoured scale insect (Homoptera, Coccoidea: Diaspididae) fauna of Antalya. Acta Phytopathologica et Entomologica Hungarica 31: 53-59.</t>
+  </si>
+  <si>
     <t>PRNDO</t>
   </si>
   <si>
     <t>Prunus domestica</t>
   </si>
   <si>
     <t>PRNDU</t>
   </si>
   <si>
     <t>Prunus dulcis</t>
   </si>
   <si>
+    <t>PRNLR</t>
+  </si>
+  <si>
+    <t>Prunus laurocerasus</t>
+  </si>
+  <si>
     <t>PRNPS</t>
   </si>
   <si>
     <t>Prunus persica</t>
   </si>
   <si>
     <t>* Stathas GJ, Kartsonas ED, Darras AI, Skouras PJ (2021) Scale insect species (Hemiptera: Coccomorpha) and their natural enemies, recorded on agricultural, ornamental and forest plant species in the wider area of Messenian Province (Peloponnese, Greece), 2000–2020. Hellenic Plant Protection Journal, 14(2), 47-64.</t>
   </si>
   <si>
     <t>PRNSC</t>
   </si>
   <si>
     <t>Prunus salicina</t>
   </si>
   <si>
+    <t>PRNSL</t>
+  </si>
+  <si>
+    <t>Prunus serrulata</t>
+  </si>
+  <si>
+    <t>PRNTO</t>
+  </si>
+  <si>
+    <t>Prunus tomentosa</t>
+  </si>
+  <si>
+    <t>PSIGU</t>
+  </si>
+  <si>
+    <t>Psidium guajava</t>
+  </si>
+  <si>
+    <t>1PUEG</t>
+  </si>
+  <si>
+    <t>Pueraria</t>
+  </si>
+  <si>
+    <t>1RHAG</t>
+  </si>
+  <si>
+    <t>Rhamnus</t>
+  </si>
+  <si>
+    <t>1RHUG</t>
+  </si>
+  <si>
+    <t>Rhus</t>
+  </si>
+  <si>
     <t>1RIBG</t>
   </si>
   <si>
     <t>Ribes</t>
   </si>
   <si>
     <t>ROSHY</t>
   </si>
   <si>
     <t>Rosa hybrids</t>
   </si>
   <si>
+    <t>1SAXG</t>
+  </si>
+  <si>
+    <t>Salix</t>
+  </si>
+  <si>
     <t>SAXCJ</t>
   </si>
   <si>
     <t>Salix humboldtiana</t>
   </si>
   <si>
+    <t>1SSAG</t>
+  </si>
+  <si>
+    <t>Sassafras</t>
+  </si>
+  <si>
+    <t>1SCHG</t>
+  </si>
+  <si>
+    <t>Schefflera</t>
+  </si>
+  <si>
+    <t>1SCIG</t>
+  </si>
+  <si>
+    <t>Schinus</t>
+  </si>
+  <si>
+    <t>1SEDG</t>
+  </si>
+  <si>
+    <t>Sedum</t>
+  </si>
+  <si>
+    <t>1SOLG</t>
+  </si>
+  <si>
+    <t>Solanum</t>
+  </si>
+  <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
+    <t>1SPXG</t>
+  </si>
+  <si>
+    <t>Spondias</t>
+  </si>
+  <si>
+    <t>1SNHG</t>
+  </si>
+  <si>
+    <t>Stanhopea</t>
+  </si>
+  <si>
     <t>SOBJA</t>
   </si>
   <si>
     <t>Styphnolobium japonicum</t>
   </si>
   <si>
     <t>SYRPS</t>
   </si>
   <si>
     <t>Syringa persica</t>
   </si>
   <si>
     <t>SYRVU</t>
   </si>
   <si>
     <t>Syringa vulgaris</t>
+  </si>
+  <si>
+    <t>1TECG</t>
+  </si>
+  <si>
+    <t>Tecoma</t>
+  </si>
+  <si>
+    <t>1THOG</t>
+  </si>
+  <si>
+    <t>Theobroma</t>
+  </si>
+  <si>
+    <t>1TREG</t>
+  </si>
+  <si>
+    <t>Trema</t>
+  </si>
+  <si>
+    <t>SAQSE</t>
+  </si>
+  <si>
+    <t>Triadica sebifera</t>
+  </si>
+  <si>
+    <t>* Lucas AL, Powell EC, Deeter LA, Pandey M (2024) Invasive Chinese tallow tree serves as a new host for four scale insect species. Florida Entomologist 107(s1), 20230003. https://doi.org/10.1515/flaent-2023-0003</t>
+  </si>
+  <si>
+    <t>1VITG</t>
+  </si>
+  <si>
+    <t>Vitis</t>
+  </si>
+  <si>
+    <t>1XAPG</t>
+  </si>
+  <si>
+    <t>Xanthophyllum</t>
+  </si>
+  <si>
+    <t>1ZANG</t>
+  </si>
+  <si>
+    <t>Zanthoxylum</t>
+  </si>
+  <si>
+    <t>1ZIPG</t>
+  </si>
+  <si>
+    <t>Ziziphus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -597,51 +1260,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="376.194" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -664,424 +1327,1926 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" t="s">
         <v>14</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" t="s">
         <v>16</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" t="s">
         <v>24</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" t="s">
         <v>26</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" t="s">
         <v>28</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D12"/>
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
         <v>35</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
+        <v>36</v>
+      </c>
+      <c r="C15" t="s">
         <v>37</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" t="s">
         <v>39</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>40</v>
       </c>
-      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>41</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
+        <v>45</v>
+      </c>
+      <c r="C19" t="s">
         <v>46</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" t="s">
         <v>48</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" t="s">
         <v>53</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" t="s">
         <v>55</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" t="s">
         <v>57</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" t="s">
         <v>59</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
+        <v>61</v>
+      </c>
+      <c r="C26" t="s">
         <v>62</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
+        <v>63</v>
+      </c>
+      <c r="C27" t="s">
         <v>64</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
+        <v>65</v>
+      </c>
+      <c r="C28" t="s">
         <v>66</v>
       </c>
-      <c r="C28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
+        <v>67</v>
+      </c>
+      <c r="C29" t="s">
         <v>68</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
+        <v>69</v>
+      </c>
+      <c r="C30" t="s">
         <v>70</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>71</v>
       </c>
-      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>72</v>
       </c>
       <c r="C31" t="s">
         <v>73</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C33" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>78</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>4</v>
+      </c>
+      <c r="B34" t="s">
+        <v>79</v>
+      </c>
+      <c r="C34" t="s">
+        <v>80</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>4</v>
+      </c>
+      <c r="B35" t="s">
+        <v>81</v>
+      </c>
+      <c r="C35" t="s">
+        <v>82</v>
+      </c>
+      <c r="D35" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>4</v>
+      </c>
+      <c r="B36" t="s">
+        <v>84</v>
+      </c>
+      <c r="C36" t="s">
+        <v>85</v>
+      </c>
+      <c r="D36" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>4</v>
+      </c>
+      <c r="B37" t="s">
+        <v>86</v>
+      </c>
+      <c r="C37" t="s">
+        <v>87</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>4</v>
+      </c>
+      <c r="B38" t="s">
+        <v>88</v>
+      </c>
+      <c r="C38" t="s">
+        <v>89</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>4</v>
+      </c>
+      <c r="B39" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" t="s">
+        <v>91</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>4</v>
+      </c>
+      <c r="B40" t="s">
+        <v>92</v>
+      </c>
+      <c r="C40" t="s">
+        <v>93</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>4</v>
+      </c>
+      <c r="B41" t="s">
+        <v>94</v>
+      </c>
+      <c r="C41" t="s">
+        <v>95</v>
+      </c>
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>4</v>
+      </c>
+      <c r="B42" t="s">
+        <v>96</v>
+      </c>
+      <c r="C42" t="s">
+        <v>97</v>
+      </c>
+      <c r="D42" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>4</v>
+      </c>
+      <c r="B43" t="s">
+        <v>98</v>
+      </c>
+      <c r="C43" t="s">
+        <v>99</v>
+      </c>
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>4</v>
+      </c>
+      <c r="B44" t="s">
+        <v>100</v>
+      </c>
+      <c r="C44" t="s">
+        <v>101</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>4</v>
+      </c>
+      <c r="B45" t="s">
+        <v>102</v>
+      </c>
+      <c r="C45" t="s">
+        <v>103</v>
+      </c>
+      <c r="D45" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>4</v>
+      </c>
+      <c r="B46" t="s">
+        <v>105</v>
+      </c>
+      <c r="C46" t="s">
+        <v>106</v>
+      </c>
+      <c r="D46" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>4</v>
+      </c>
+      <c r="B47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C47" t="s">
+        <v>108</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>4</v>
+      </c>
+      <c r="B48" t="s">
+        <v>109</v>
+      </c>
+      <c r="C48" t="s">
+        <v>110</v>
+      </c>
+      <c r="D48" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>4</v>
+      </c>
+      <c r="B49" t="s">
+        <v>111</v>
+      </c>
+      <c r="C49" t="s">
+        <v>112</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>4</v>
+      </c>
+      <c r="B50" t="s">
+        <v>113</v>
+      </c>
+      <c r="C50" t="s">
+        <v>114</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>4</v>
+      </c>
+      <c r="B51" t="s">
+        <v>115</v>
+      </c>
+      <c r="C51" t="s">
+        <v>116</v>
+      </c>
+      <c r="D51" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>4</v>
+      </c>
+      <c r="B52" t="s">
+        <v>117</v>
+      </c>
+      <c r="C52" t="s">
+        <v>118</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>4</v>
+      </c>
+      <c r="B53" t="s">
+        <v>119</v>
+      </c>
+      <c r="C53" t="s">
+        <v>120</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>4</v>
+      </c>
+      <c r="B54" t="s">
+        <v>121</v>
+      </c>
+      <c r="C54" t="s">
+        <v>122</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>4</v>
+      </c>
+      <c r="B55" t="s">
+        <v>123</v>
+      </c>
+      <c r="C55" t="s">
+        <v>124</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>4</v>
+      </c>
+      <c r="B56" t="s">
+        <v>125</v>
+      </c>
+      <c r="C56" t="s">
+        <v>126</v>
+      </c>
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>4</v>
+      </c>
+      <c r="B57" t="s">
+        <v>127</v>
+      </c>
+      <c r="C57" t="s">
+        <v>128</v>
+      </c>
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>4</v>
+      </c>
+      <c r="B58" t="s">
+        <v>129</v>
+      </c>
+      <c r="C58" t="s">
+        <v>130</v>
+      </c>
+      <c r="D58"/>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>4</v>
+      </c>
+      <c r="B59" t="s">
+        <v>131</v>
+      </c>
+      <c r="C59" t="s">
+        <v>132</v>
+      </c>
+      <c r="D59" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>4</v>
+      </c>
+      <c r="B60" t="s">
+        <v>133</v>
+      </c>
+      <c r="C60" t="s">
+        <v>134</v>
+      </c>
+      <c r="D60" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>4</v>
+      </c>
+      <c r="B61" t="s">
+        <v>135</v>
+      </c>
+      <c r="C61" t="s">
+        <v>136</v>
+      </c>
+      <c r="D61" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>4</v>
+      </c>
+      <c r="B62" t="s">
+        <v>137</v>
+      </c>
+      <c r="C62" t="s">
+        <v>138</v>
+      </c>
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>4</v>
+      </c>
+      <c r="B63" t="s">
+        <v>139</v>
+      </c>
+      <c r="C63" t="s">
+        <v>140</v>
+      </c>
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>4</v>
+      </c>
+      <c r="B64" t="s">
+        <v>141</v>
+      </c>
+      <c r="C64" t="s">
+        <v>142</v>
+      </c>
+      <c r="D64" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>4</v>
+      </c>
+      <c r="B65" t="s">
+        <v>143</v>
+      </c>
+      <c r="C65" t="s">
+        <v>144</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>4</v>
+      </c>
+      <c r="B66" t="s">
+        <v>145</v>
+      </c>
+      <c r="C66" t="s">
+        <v>146</v>
+      </c>
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>4</v>
+      </c>
+      <c r="B67" t="s">
+        <v>147</v>
+      </c>
+      <c r="C67" t="s">
+        <v>148</v>
+      </c>
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>4</v>
+      </c>
+      <c r="B68" t="s">
+        <v>149</v>
+      </c>
+      <c r="C68" t="s">
+        <v>150</v>
+      </c>
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>4</v>
+      </c>
+      <c r="B69" t="s">
+        <v>151</v>
+      </c>
+      <c r="C69" t="s">
+        <v>152</v>
+      </c>
+      <c r="D69" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>4</v>
+      </c>
+      <c r="B70" t="s">
+        <v>153</v>
+      </c>
+      <c r="C70" t="s">
+        <v>154</v>
+      </c>
+      <c r="D70" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>4</v>
+      </c>
+      <c r="B71" t="s">
+        <v>155</v>
+      </c>
+      <c r="C71" t="s">
+        <v>156</v>
+      </c>
+      <c r="D71" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>4</v>
+      </c>
+      <c r="B72" t="s">
+        <v>158</v>
+      </c>
+      <c r="C72" t="s">
+        <v>159</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>4</v>
+      </c>
+      <c r="B73" t="s">
+        <v>160</v>
+      </c>
+      <c r="C73" t="s">
+        <v>161</v>
+      </c>
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>4</v>
+      </c>
+      <c r="B74" t="s">
+        <v>162</v>
+      </c>
+      <c r="C74" t="s">
+        <v>163</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>4</v>
+      </c>
+      <c r="B75" t="s">
+        <v>164</v>
+      </c>
+      <c r="C75" t="s">
+        <v>165</v>
+      </c>
+      <c r="D75" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>4</v>
+      </c>
+      <c r="B76" t="s">
+        <v>166</v>
+      </c>
+      <c r="C76" t="s">
+        <v>167</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>4</v>
+      </c>
+      <c r="B77" t="s">
+        <v>168</v>
+      </c>
+      <c r="C77" t="s">
+        <v>169</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>4</v>
+      </c>
+      <c r="B78" t="s">
+        <v>170</v>
+      </c>
+      <c r="C78" t="s">
+        <v>171</v>
+      </c>
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>4</v>
+      </c>
+      <c r="B79" t="s">
+        <v>172</v>
+      </c>
+      <c r="C79" t="s">
+        <v>173</v>
+      </c>
+      <c r="D79" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>4</v>
+      </c>
+      <c r="B80" t="s">
+        <v>174</v>
+      </c>
+      <c r="C80" t="s">
+        <v>175</v>
+      </c>
+      <c r="D80" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>4</v>
+      </c>
+      <c r="B81" t="s">
+        <v>176</v>
+      </c>
+      <c r="C81" t="s">
+        <v>177</v>
+      </c>
+      <c r="D81" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>4</v>
+      </c>
+      <c r="B82" t="s">
+        <v>178</v>
+      </c>
+      <c r="C82" t="s">
+        <v>179</v>
+      </c>
+      <c r="D82" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>4</v>
+      </c>
+      <c r="B83" t="s">
+        <v>180</v>
+      </c>
+      <c r="C83" t="s">
+        <v>181</v>
+      </c>
+      <c r="D83" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>4</v>
+      </c>
+      <c r="B84" t="s">
+        <v>182</v>
+      </c>
+      <c r="C84" t="s">
+        <v>183</v>
+      </c>
+      <c r="D84" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>4</v>
+      </c>
+      <c r="B85" t="s">
+        <v>185</v>
+      </c>
+      <c r="C85" t="s">
+        <v>186</v>
+      </c>
+      <c r="D85" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>4</v>
+      </c>
+      <c r="B86" t="s">
+        <v>187</v>
+      </c>
+      <c r="C86" t="s">
+        <v>188</v>
+      </c>
+      <c r="D86" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>4</v>
+      </c>
+      <c r="B87" t="s">
+        <v>189</v>
+      </c>
+      <c r="C87" t="s">
+        <v>190</v>
+      </c>
+      <c r="D87" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>4</v>
+      </c>
+      <c r="B88" t="s">
+        <v>191</v>
+      </c>
+      <c r="C88" t="s">
+        <v>192</v>
+      </c>
+      <c r="D88" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>4</v>
+      </c>
+      <c r="B89" t="s">
+        <v>194</v>
+      </c>
+      <c r="C89" t="s">
+        <v>195</v>
+      </c>
+      <c r="D89" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>4</v>
+      </c>
+      <c r="B90" t="s">
+        <v>196</v>
+      </c>
+      <c r="C90" t="s">
+        <v>197</v>
+      </c>
+      <c r="D90" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>4</v>
+      </c>
+      <c r="B91" t="s">
+        <v>198</v>
+      </c>
+      <c r="C91" t="s">
+        <v>199</v>
+      </c>
+      <c r="D91" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>4</v>
+      </c>
+      <c r="B92" t="s">
+        <v>200</v>
+      </c>
+      <c r="C92" t="s">
+        <v>201</v>
+      </c>
+      <c r="D92" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>4</v>
+      </c>
+      <c r="B93" t="s">
+        <v>202</v>
+      </c>
+      <c r="C93" t="s">
+        <v>203</v>
+      </c>
+      <c r="D93" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>4</v>
+      </c>
+      <c r="B94" t="s">
+        <v>204</v>
+      </c>
+      <c r="C94" t="s">
+        <v>205</v>
+      </c>
+      <c r="D94" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>4</v>
+      </c>
+      <c r="B95" t="s">
+        <v>206</v>
+      </c>
+      <c r="C95" t="s">
+        <v>207</v>
+      </c>
+      <c r="D95" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>4</v>
+      </c>
+      <c r="B96" t="s">
+        <v>208</v>
+      </c>
+      <c r="C96" t="s">
+        <v>209</v>
+      </c>
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>4</v>
+      </c>
+      <c r="B97" t="s">
+        <v>210</v>
+      </c>
+      <c r="C97" t="s">
+        <v>211</v>
+      </c>
+      <c r="D97" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" t="s">
+        <v>4</v>
+      </c>
+      <c r="B98" t="s">
+        <v>212</v>
+      </c>
+      <c r="C98" t="s">
+        <v>213</v>
+      </c>
+      <c r="D98" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>4</v>
+      </c>
+      <c r="B99" t="s">
+        <v>214</v>
+      </c>
+      <c r="C99" t="s">
+        <v>215</v>
+      </c>
+      <c r="D99" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>4</v>
+      </c>
+      <c r="B100" t="s">
+        <v>216</v>
+      </c>
+      <c r="C100" t="s">
+        <v>217</v>
+      </c>
+      <c r="D100" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>4</v>
+      </c>
+      <c r="B101" t="s">
+        <v>218</v>
+      </c>
+      <c r="C101" t="s">
+        <v>219</v>
+      </c>
+      <c r="D101" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>4</v>
+      </c>
+      <c r="B102" t="s">
+        <v>220</v>
+      </c>
+      <c r="C102" t="s">
+        <v>221</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>4</v>
+      </c>
+      <c r="B103" t="s">
+        <v>222</v>
+      </c>
+      <c r="C103" t="s">
+        <v>223</v>
+      </c>
+      <c r="D103" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>4</v>
+      </c>
+      <c r="B104" t="s">
+        <v>224</v>
+      </c>
+      <c r="C104" t="s">
+        <v>225</v>
+      </c>
+      <c r="D104" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>4</v>
+      </c>
+      <c r="B105" t="s">
+        <v>227</v>
+      </c>
+      <c r="C105" t="s">
+        <v>228</v>
+      </c>
+      <c r="D105" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4">
+      <c r="A106" t="s">
+        <v>4</v>
+      </c>
+      <c r="B106" t="s">
+        <v>229</v>
+      </c>
+      <c r="C106" t="s">
+        <v>230</v>
+      </c>
+      <c r="D106" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4">
+      <c r="A107" t="s">
+        <v>4</v>
+      </c>
+      <c r="B107" t="s">
+        <v>231</v>
+      </c>
+      <c r="C107" t="s">
+        <v>232</v>
+      </c>
+      <c r="D107" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>4</v>
+      </c>
+      <c r="B108" t="s">
+        <v>233</v>
+      </c>
+      <c r="C108" t="s">
+        <v>234</v>
+      </c>
+      <c r="D108" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>4</v>
+      </c>
+      <c r="B109" t="s">
+        <v>236</v>
+      </c>
+      <c r="C109" t="s">
+        <v>237</v>
+      </c>
+      <c r="D109" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>4</v>
+      </c>
+      <c r="B110" t="s">
+        <v>238</v>
+      </c>
+      <c r="C110" t="s">
+        <v>239</v>
+      </c>
+      <c r="D110" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>4</v>
+      </c>
+      <c r="B111" t="s">
+        <v>240</v>
+      </c>
+      <c r="C111" t="s">
+        <v>241</v>
+      </c>
+      <c r="D111" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>4</v>
+      </c>
+      <c r="B112" t="s">
+        <v>242</v>
+      </c>
+      <c r="C112" t="s">
+        <v>243</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>4</v>
+      </c>
+      <c r="B113" t="s">
+        <v>244</v>
+      </c>
+      <c r="C113" t="s">
+        <v>245</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>4</v>
+      </c>
+      <c r="B114" t="s">
+        <v>246</v>
+      </c>
+      <c r="C114" t="s">
+        <v>247</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>4</v>
+      </c>
+      <c r="B115" t="s">
+        <v>248</v>
+      </c>
+      <c r="C115" t="s">
+        <v>249</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>4</v>
+      </c>
+      <c r="B116" t="s">
+        <v>250</v>
+      </c>
+      <c r="C116" t="s">
+        <v>251</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>4</v>
+      </c>
+      <c r="B117" t="s">
+        <v>252</v>
+      </c>
+      <c r="C117" t="s">
+        <v>253</v>
+      </c>
+      <c r="D117" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>4</v>
+      </c>
+      <c r="B118" t="s">
+        <v>254</v>
+      </c>
+      <c r="C118" t="s">
+        <v>255</v>
+      </c>
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>4</v>
+      </c>
+      <c r="B119" t="s">
+        <v>256</v>
+      </c>
+      <c r="C119" t="s">
+        <v>257</v>
+      </c>
+      <c r="D119" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>4</v>
+      </c>
+      <c r="B120" t="s">
+        <v>258</v>
+      </c>
+      <c r="C120" t="s">
+        <v>259</v>
+      </c>
+      <c r="D120" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>4</v>
+      </c>
+      <c r="B121" t="s">
+        <v>260</v>
+      </c>
+      <c r="C121" t="s">
+        <v>261</v>
+      </c>
+      <c r="D121" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>4</v>
+      </c>
+      <c r="B122" t="s">
+        <v>262</v>
+      </c>
+      <c r="C122" t="s">
+        <v>263</v>
+      </c>
+      <c r="D122" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>4</v>
+      </c>
+      <c r="B123" t="s">
+        <v>264</v>
+      </c>
+      <c r="C123" t="s">
+        <v>265</v>
+      </c>
+      <c r="D123" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>4</v>
+      </c>
+      <c r="B124" t="s">
+        <v>266</v>
+      </c>
+      <c r="C124" t="s">
+        <v>267</v>
+      </c>
+      <c r="D124" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>4</v>
+      </c>
+      <c r="B125" t="s">
+        <v>268</v>
+      </c>
+      <c r="C125" t="s">
+        <v>269</v>
+      </c>
+      <c r="D125" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>4</v>
+      </c>
+      <c r="B126" t="s">
+        <v>270</v>
+      </c>
+      <c r="C126" t="s">
+        <v>271</v>
+      </c>
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>4</v>
+      </c>
+      <c r="B127" t="s">
+        <v>272</v>
+      </c>
+      <c r="C127" t="s">
+        <v>273</v>
+      </c>
+      <c r="D127" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>4</v>
+      </c>
+      <c r="B128" t="s">
+        <v>274</v>
+      </c>
+      <c r="C128" t="s">
+        <v>275</v>
+      </c>
+      <c r="D128" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>4</v>
+      </c>
+      <c r="B129" t="s">
+        <v>276</v>
+      </c>
+      <c r="C129" t="s">
+        <v>277</v>
+      </c>
+      <c r="D129" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>4</v>
+      </c>
+      <c r="B130" t="s">
+        <v>278</v>
+      </c>
+      <c r="C130" t="s">
+        <v>279</v>
+      </c>
+      <c r="D130" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>4</v>
+      </c>
+      <c r="B131" t="s">
+        <v>280</v>
+      </c>
+      <c r="C131" t="s">
+        <v>281</v>
+      </c>
+      <c r="D131" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>4</v>
+      </c>
+      <c r="B132" t="s">
+        <v>282</v>
+      </c>
+      <c r="C132" t="s">
+        <v>283</v>
+      </c>
+      <c r="D132" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>4</v>
+      </c>
+      <c r="B133" t="s">
+        <v>284</v>
+      </c>
+      <c r="C133" t="s">
+        <v>285</v>
+      </c>
+      <c r="D133" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>4</v>
+      </c>
+      <c r="B134" t="s">
+        <v>286</v>
+      </c>
+      <c r="C134" t="s">
+        <v>287</v>
+      </c>
+      <c r="D134" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>4</v>
+      </c>
+      <c r="B135" t="s">
+        <v>289</v>
+      </c>
+      <c r="C135" t="s">
+        <v>290</v>
+      </c>
+      <c r="D135" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>4</v>
+      </c>
+      <c r="B136" t="s">
+        <v>291</v>
+      </c>
+      <c r="C136" t="s">
+        <v>292</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>4</v>
+      </c>
+      <c r="B137" t="s">
+        <v>293</v>
+      </c>
+      <c r="C137" t="s">
+        <v>294</v>
+      </c>
+      <c r="D137" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>4</v>
+      </c>
+      <c r="B138" t="s">
+        <v>295</v>
+      </c>
+      <c r="C138" t="s">
+        <v>296</v>
+      </c>
+      <c r="D138" t="s">
+        <v>10</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>