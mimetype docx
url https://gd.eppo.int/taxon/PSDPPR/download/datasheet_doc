--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Wood</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId746468e0ea4a9aaa2" w:history="1">
+            <w:hyperlink r:id="rId70926900ca386ff96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481768e0ea4a9ab0c" w:history="1">
+            <w:hyperlink r:id="rId81956900ca3870008" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to and widely spread in Central America, including Mexico, Guatemala, Honduras, Nicaragua and in the USA (Wood, 1982; Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60940637" name="name422268e0ea4a9c1ea" descr="PSDPPR_distribution_map.jpg"/>
+            <wp:docPr id="14950114" name="name13276900ca38714a7" descr="PSDPPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId317068e0ea4a9c1e7" cstate="print"/>
+                    <a:blip r:embed="rId28386900ca38714a5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3680,51 +3680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820768e0ea4a9d5d2" w:history="1">
+      <w:hyperlink r:id="rId96166900ca387225b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 July 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528868e0ea4a9d69e" w:history="1">
+      <w:hyperlink r:id="rId58156900ca387231c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId625968e0ea4a9d77c" w:history="1">
+      <w:hyperlink r:id="rId23566900ca38723cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4015,51 +4015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209768e0ea4a9d832" w:history="1">
+      <w:hyperlink r:id="rId54226900ca3872497" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4928,51 +4928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205168e0ea4a9df54" w:history="1">
+      <w:hyperlink r:id="rId84026900ca3872a3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5111,63 +5111,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16908498" name="name689968e0ea4a9e0ee" descr="eu_funding_250.png"/>
+            <wp:docPr id="29862513" name="name93526900ca3872bb9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId712668e0ea4a9e0ed" cstate="print"/>
+                    <a:blip r:embed="rId27886900ca3872bb8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5265,137 +5265,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55869937">
+  <w:abstractNum w:abstractNumId="84289556">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42966420">
+    <w:lvl w:ilvl="0" w:tplc="67991977">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42966420" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67991977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42966420" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67991977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42966420" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67991977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42966420" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67991977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42966420" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67991977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42966420" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67991977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42966420" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67991977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42966420" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67991977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55869936">
+  <w:abstractNum w:abstractNumId="84289555">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77615981">
+    <w:lvl w:ilvl="0" w:tplc="52024146">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6147,55 +6147,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55869936">
-    <w:abstractNumId w:val="55869936"/>
+  <w:num w:numId="84289555">
+    <w:abstractNumId w:val="84289555"/>
   </w:num>
-  <w:num w:numId="55869937">
-    <w:abstractNumId w:val="55869937"/>
+  <w:num w:numId="84289556">
+    <w:abstractNumId w:val="84289556"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17745,51 +17745,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId361889922" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId772453749" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId746468e0ea4a9aaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId481768e0ea4a9ab0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId820768e0ea4a9d5d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId528868e0ea4a9d69e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId625968e0ea4a9d77c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId209768e0ea4a9d832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId205168e0ea4a9df54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId317068e0ea4a9c1e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId317068e0ea4a9c1e7.jpg"/><Relationship Id="rId712668e0ea4a9e0ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId712668e0ea4a9e0ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId136268856" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId985647156" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId70926900ca386ff96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId81956900ca3870008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId96166900ca387225b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId58156900ca387231c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId23566900ca38723cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId54226900ca3872497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId84026900ca3872a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28386900ca38714a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28386900ca38714a5.jpg"/><Relationship Id="rId27886900ca3872bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27886900ca3872bb8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>