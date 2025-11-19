--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Wood</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70926900ca386ff96" w:history="1">
+            <w:hyperlink r:id="rId2934691d3e68210c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81956900ca3870008" w:history="1">
+            <w:hyperlink r:id="rId8953691d3e6821131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to and widely spread in Central America, including Mexico, Guatemala, Honduras, Nicaragua and in the USA (Wood, 1982; Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14950114" name="name13276900ca38714a7" descr="PSDPPR_distribution_map.jpg"/>
+            <wp:docPr id="45457071" name="name1618691d3e6822729" descr="PSDPPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28386900ca38714a5" cstate="print"/>
+                    <a:blip r:embed="rId1375691d3e6822726" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3680,51 +3680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96166900ca387225b" w:history="1">
+      <w:hyperlink r:id="rId2695691d3e6823541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 July 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58156900ca387231c" w:history="1">
+      <w:hyperlink r:id="rId7555691d3e6823604" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23566900ca38723cc" w:history="1">
+      <w:hyperlink r:id="rId9302691d3e68236b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4015,51 +4015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54226900ca3872497" w:history="1">
+      <w:hyperlink r:id="rId9705691d3e6823760" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4928,51 +4928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84026900ca3872a3f" w:history="1">
+      <w:hyperlink r:id="rId6322691d3e6823d12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5111,63 +5111,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29862513" name="name93526900ca3872bb9" descr="eu_funding_250.png"/>
+            <wp:docPr id="60935175" name="name5833691d3e6823e83" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27886900ca3872bb8" cstate="print"/>
+                    <a:blip r:embed="rId2812691d3e6823e81" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5265,137 +5265,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84289556">
+  <w:abstractNum w:abstractNumId="61870836">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67991977">
+    <w:lvl w:ilvl="0" w:tplc="34782562">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67991977" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34782562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67991977" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34782562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67991977" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34782562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67991977" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34782562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67991977" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34782562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67991977" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34782562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67991977" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34782562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67991977" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34782562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84289555">
+  <w:abstractNum w:abstractNumId="61870835">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52024146">
+    <w:lvl w:ilvl="0" w:tplc="80397558">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6147,55 +6147,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84289555">
-    <w:abstractNumId w:val="84289555"/>
+  <w:num w:numId="61870835">
+    <w:abstractNumId w:val="61870835"/>
   </w:num>
-  <w:num w:numId="84289556">
-    <w:abstractNumId w:val="84289556"/>
+  <w:num w:numId="61870836">
+    <w:abstractNumId w:val="61870836"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17745,51 +17745,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId136268856" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId985647156" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId70926900ca386ff96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId81956900ca3870008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId96166900ca387225b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId58156900ca387231c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId23566900ca38723cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId54226900ca3872497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId84026900ca3872a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28386900ca38714a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28386900ca38714a5.jpg"/><Relationship Id="rId27886900ca3872bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27886900ca3872bb8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId336067773" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725262983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2934691d3e68210c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId8953691d3e6821131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId2695691d3e6823541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId7555691d3e6823604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId9302691d3e68236b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId9705691d3e6823760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId6322691d3e6823d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1375691d3e6822726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1375691d3e6822726.jpg"/><Relationship Id="rId2812691d3e6823e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2812691d3e6823e81.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>