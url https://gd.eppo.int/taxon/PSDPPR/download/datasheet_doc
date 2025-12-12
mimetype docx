--- v2 (2025-11-19)
+++ v3 (2025-12-12)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Wood</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2934691d3e68210c7" w:history="1">
+            <w:hyperlink r:id="rId4449693c86ee642b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8953691d3e6821131" w:history="1">
+            <w:hyperlink r:id="rId7046693c86ee6431c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to and widely spread in Central America, including Mexico, Guatemala, Honduras, Nicaragua and in the USA (Wood, 1982; Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45457071" name="name1618691d3e6822729" descr="PSDPPR_distribution_map.jpg"/>
+            <wp:docPr id="76407866" name="name5528693c86ee65666" descr="PSDPPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1375691d3e6822726" cstate="print"/>
+                    <a:blip r:embed="rId8792693c86ee65664" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3680,51 +3680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2695691d3e6823541" w:history="1">
+      <w:hyperlink r:id="rId8167693c86ee66436" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 July 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7555691d3e6823604" w:history="1">
+      <w:hyperlink r:id="rId7588693c86ee664fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9302691d3e68236b4" w:history="1">
+      <w:hyperlink r:id="rId4535693c86ee665ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4015,51 +4015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9705691d3e6823760" w:history="1">
+      <w:hyperlink r:id="rId5640693c86ee66659" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4928,51 +4928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6322691d3e6823d12" w:history="1">
+      <w:hyperlink r:id="rId6673693c86ee66c24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5111,63 +5111,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60935175" name="name5833691d3e6823e83" descr="eu_funding_250.png"/>
+            <wp:docPr id="60332600" name="name3426693c86ee66db1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2812691d3e6823e81" cstate="print"/>
+                    <a:blip r:embed="rId9871693c86ee66daf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5265,137 +5265,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61870836">
+  <w:abstractNum w:abstractNumId="60081750">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34782562">
+    <w:lvl w:ilvl="0" w:tplc="42296695">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34782562" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42296695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34782562" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42296695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34782562" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42296695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34782562" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42296695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34782562" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42296695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34782562" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42296695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34782562" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42296695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34782562" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42296695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61870835">
+  <w:abstractNum w:abstractNumId="60081749">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80397558">
+    <w:lvl w:ilvl="0" w:tplc="55557185">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6147,55 +6147,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61870835">
-    <w:abstractNumId w:val="61870835"/>
+  <w:num w:numId="60081749">
+    <w:abstractNumId w:val="60081749"/>
   </w:num>
-  <w:num w:numId="61870836">
-    <w:abstractNumId w:val="61870836"/>
+  <w:num w:numId="60081750">
+    <w:abstractNumId w:val="60081750"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17745,51 +17745,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId336067773" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725262983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2934691d3e68210c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId8953691d3e6821131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId2695691d3e6823541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId7555691d3e6823604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId9302691d3e68236b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId9705691d3e6823760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId6322691d3e6823d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1375691d3e6822726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1375691d3e6822726.jpg"/><Relationship Id="rId2812691d3e6823e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2812691d3e6823e81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId176816571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596293864" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4449693c86ee642b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId7046693c86ee6431c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId8167693c86ee66436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId7588693c86ee664fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId4535693c86ee665ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId5640693c86ee66659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId6673693c86ee66c24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8792693c86ee65664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8792693c86ee65664.jpg"/><Relationship Id="rId9871693c86ee66daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9871693c86ee66daf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>