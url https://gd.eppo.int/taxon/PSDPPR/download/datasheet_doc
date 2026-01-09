--- v3 (2025-12-12)
+++ v4 (2026-01-09)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Wood</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4449693c86ee642b4" w:history="1">
+            <w:hyperlink r:id="rId3647696080ef9062b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7046693c86ee6431c" w:history="1">
+            <w:hyperlink r:id="rId3642696080ef90694" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to and widely spread in Central America, including Mexico, Guatemala, Honduras, Nicaragua and in the USA (Wood, 1982; Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76407866" name="name5528693c86ee65666" descr="PSDPPR_distribution_map.jpg"/>
+            <wp:docPr id="30105283" name="name5413696080ef91cad" descr="PSDPPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8792693c86ee65664" cstate="print"/>
+                    <a:blip r:embed="rId6234696080ef91caa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3680,51 +3680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8167693c86ee66436" w:history="1">
+      <w:hyperlink r:id="rId3262696080ef92b1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 July 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7588693c86ee664fa" w:history="1">
+      <w:hyperlink r:id="rId5805696080ef92be1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4535693c86ee665ab" w:history="1">
+      <w:hyperlink r:id="rId7915696080ef92c93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4015,51 +4015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5640693c86ee66659" w:history="1">
+      <w:hyperlink r:id="rId1358696080ef92d3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4906,73 +4906,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6673693c86ee66c24" w:history="1">
+      <w:hyperlink r:id="rId5031696080ef9330e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5111,63 +5111,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60332600" name="name3426693c86ee66db1" descr="eu_funding_250.png"/>
+            <wp:docPr id="16038908" name="name7855696080ef9348b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9871693c86ee66daf" cstate="print"/>
+                    <a:blip r:embed="rId8222696080ef9348a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5265,137 +5265,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60081750">
+  <w:abstractNum w:abstractNumId="74959762">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42296695">
+    <w:lvl w:ilvl="0" w:tplc="97548919">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42296695" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97548919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42296695" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97548919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42296695" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97548919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42296695" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97548919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42296695" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97548919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42296695" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97548919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42296695" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97548919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42296695" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97548919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60081749">
+  <w:abstractNum w:abstractNumId="74959761">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55557185">
+    <w:lvl w:ilvl="0" w:tplc="79029263">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6147,55 +6147,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60081749">
-    <w:abstractNumId w:val="60081749"/>
+  <w:num w:numId="74959761">
+    <w:abstractNumId w:val="74959761"/>
   </w:num>
-  <w:num w:numId="60081750">
-    <w:abstractNumId w:val="60081750"/>
+  <w:num w:numId="74959762">
+    <w:abstractNumId w:val="74959762"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17745,51 +17745,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId176816571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596293864" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4449693c86ee642b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId7046693c86ee6431c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId8167693c86ee66436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId7588693c86ee664fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId4535693c86ee665ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId5640693c86ee66659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId6673693c86ee66c24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8792693c86ee65664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8792693c86ee65664.jpg"/><Relationship Id="rId9871693c86ee66daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9871693c86ee66daf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId306100027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557201272" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3647696080ef9062b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId3642696080ef90694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId3262696080ef92b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId5805696080ef92be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId7915696080ef92c93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId1358696080ef92d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId5031696080ef9330e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6234696080ef91caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6234696080ef91caa.jpg"/><Relationship Id="rId8222696080ef9348a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8222696080ef9348a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>