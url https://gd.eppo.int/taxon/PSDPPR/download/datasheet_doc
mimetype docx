--- v4 (2026-01-09)
+++ v5 (2026-02-20)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Wood</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3647696080ef9062b" w:history="1">
+            <w:hyperlink r:id="rId6749699849c5b97c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -438,53 +438,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3642696080ef90694" w:history="1">
+            <w:hyperlink r:id="rId8747699849c5b982b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to and widely spread in Central America, including Mexico, Guatemala, Honduras, Nicaragua and in the USA (Wood, 1982; Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30105283" name="name5413696080ef91cad" descr="PSDPPR_distribution_map.jpg"/>
+            <wp:docPr id="95115968" name="name1312699849c5bb3ce" descr="PSDPPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6234696080ef91caa" cstate="print"/>
+                    <a:blip r:embed="rId4593699849c5bb3cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3680,51 +3680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3262696080ef92b1b" w:history="1">
+      <w:hyperlink r:id="rId2746699849c5bc242" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 July 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5805696080ef92be1" w:history="1">
+      <w:hyperlink r:id="rId2429699849c5bc306" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7915696080ef92c93" w:history="1">
+      <w:hyperlink r:id="rId4962699849c5bc3b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4015,51 +4015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1358696080ef92d3f" w:history="1">
+      <w:hyperlink r:id="rId2909699849c5bc467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4928,51 +4928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5031696080ef9330e" w:history="1">
+      <w:hyperlink r:id="rId6641699849c5bca53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5111,63 +5111,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16038908" name="name7855696080ef9348b" descr="eu_funding_250.png"/>
+            <wp:docPr id="42211010" name="name2693699849c5bcbcd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8222696080ef9348a" cstate="print"/>
+                    <a:blip r:embed="rId9263699849c5bcbcc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5265,137 +5265,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74959762">
+  <w:abstractNum w:abstractNumId="19378786">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97548919">
+    <w:lvl w:ilvl="0" w:tplc="86454891">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97548919" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86454891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97548919" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86454891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97548919" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86454891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97548919" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86454891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97548919" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86454891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97548919" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86454891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97548919" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86454891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97548919" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86454891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74959761">
+  <w:abstractNum w:abstractNumId="19378785">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79029263">
+    <w:lvl w:ilvl="0" w:tplc="32401168">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6147,55 +6147,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74959761">
-    <w:abstractNumId w:val="74959761"/>
+  <w:num w:numId="19378785">
+    <w:abstractNumId w:val="19378785"/>
   </w:num>
-  <w:num w:numId="74959762">
-    <w:abstractNumId w:val="74959762"/>
+  <w:num w:numId="19378786">
+    <w:abstractNumId w:val="19378786"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17745,51 +17745,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId306100027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557201272" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3647696080ef9062b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId3642696080ef90694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId3262696080ef92b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId5805696080ef92be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId7915696080ef92c93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId1358696080ef92d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId5031696080ef9330e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6234696080ef91caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6234696080ef91caa.jpg"/><Relationship Id="rId8222696080ef9348a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8222696080ef9348a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId471830371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId545845226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6749699849c5b97c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId8747699849c5b982b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId2746699849c5bc242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId2429699849c5bc306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId4962699849c5bc3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId2909699849c5bc467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId6641699849c5bca53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4593699849c5bb3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4593699849c5bb3cc.jpg"/><Relationship Id="rId9263699849c5bcbcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9263699849c5bcbcc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>