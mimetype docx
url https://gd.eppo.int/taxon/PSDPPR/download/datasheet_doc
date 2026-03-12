--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Wood</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6749699849c5b97c0" w:history="1">
+            <w:hyperlink r:id="rId807569b2d0e1eb8fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8747699849c5b982b" w:history="1">
+            <w:hyperlink r:id="rId150169b2d0e1eb9f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to and widely spread in Central America, including Mexico, Guatemala, Honduras, Nicaragua and in the USA (Wood, 1982; Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95115968" name="name1312699849c5bb3ce" descr="PSDPPR_distribution_map.jpg"/>
+            <wp:docPr id="60069928" name="name370869b2d0e1ed068" descr="PSDPPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4593699849c5bb3cc" cstate="print"/>
+                    <a:blip r:embed="rId863569b2d0e1ed066" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3680,51 +3680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2746699849c5bc242" w:history="1">
+      <w:hyperlink r:id="rId991969b2d0e1ee12e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 July 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2429699849c5bc306" w:history="1">
+      <w:hyperlink r:id="rId947069b2d0e1ee1f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4962699849c5bc3b8" w:history="1">
+      <w:hyperlink r:id="rId844169b2d0e1ee2d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4015,51 +4015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2909699849c5bc467" w:history="1">
+      <w:hyperlink r:id="rId216069b2d0e1ee387" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4928,51 +4928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus pruinosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6641699849c5bca53" w:history="1">
+      <w:hyperlink r:id="rId917869b2d0e1eea48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5111,63 +5111,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42211010" name="name2693699849c5bcbcd" descr="eu_funding_250.png"/>
+            <wp:docPr id="79582532" name="name910769b2d0e1eed6c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9263699849c5bcbcc" cstate="print"/>
+                    <a:blip r:embed="rId231569b2d0e1eed6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5265,137 +5265,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19378786">
+  <w:abstractNum w:abstractNumId="12472363">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86454891">
+    <w:lvl w:ilvl="0" w:tplc="81037948">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86454891" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81037948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86454891" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81037948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86454891" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81037948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86454891" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81037948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86454891" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81037948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86454891" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81037948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86454891" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81037948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86454891" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81037948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19378785">
+  <w:abstractNum w:abstractNumId="12472362">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32401168">
+    <w:lvl w:ilvl="0" w:tplc="25117436">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6147,55 +6147,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19378785">
-    <w:abstractNumId w:val="19378785"/>
+  <w:num w:numId="12472362">
+    <w:abstractNumId w:val="12472362"/>
   </w:num>
-  <w:num w:numId="19378786">
-    <w:abstractNumId w:val="19378786"/>
+  <w:num w:numId="12472363">
+    <w:abstractNumId w:val="12472363"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17745,51 +17745,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId471830371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId545845226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6749699849c5b97c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId8747699849c5b982b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId2746699849c5bc242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId2429699849c5bc306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId4962699849c5bc3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId2909699849c5bc467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId6641699849c5bca53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4593699849c5bb3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4593699849c5bb3cc.jpg"/><Relationship Id="rId9263699849c5bcbcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9263699849c5bcbcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId836112090" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610904084" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId807569b2d0e1eb8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/" TargetMode="External"/><Relationship Id="rId150169b2d0e1eb9f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPPR/categorization" TargetMode="External"/><Relationship Id="rId991969b2d0e1ee12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId947069b2d0e1ee1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId844169b2d0e1ee2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId216069b2d0e1ee387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId917869b2d0e1eea48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId863569b2d0e1ed066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId863569b2d0e1ed066.jpg"/><Relationship Id="rId231569b2d0e1eed6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId231569b2d0e1eed6b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>