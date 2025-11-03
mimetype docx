--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Zimmermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347168ee34314f7a7" w:history="1">
+            <w:hyperlink r:id="rId463169092e4db0369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457768ee34314f812" w:history="1">
+            <w:hyperlink r:id="rId424469092e4db03d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1536,63 +1536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a species native to and widely spread in Eastern North America, including Canada and the USA (Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82284135" name="name461968ee343150cd7" descr="PSDPMI_distribution_map.jpg"/>
+            <wp:docPr id="49468162" name="name376769092e4db17b5" descr="PSDPMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId363568ee343150cd5" cstate="print"/>
+                    <a:blip r:embed="rId886169092e4db17b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3124,51 +3124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623768ee343151934" w:history="1">
+      <w:hyperlink r:id="rId744269092e4db23f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 08 June 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3299,51 +3299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30 Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791368ee343151a55" w:history="1">
+      <w:hyperlink r:id="rId614969092e4db2537" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3409,51 +3409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345268ee343151b04" w:history="1">
+      <w:hyperlink r:id="rId144869092e4db25e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691568ee343151bb0" w:history="1">
+      <w:hyperlink r:id="rId228669092e4db2694" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371368ee343152171" w:history="1">
+      <w:hyperlink r:id="rId395369092e4db2c59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4615,63 +4615,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71776784" name="name164468ee343152302" descr="eu_funding_250.png"/>
+            <wp:docPr id="44415875" name="name988869092e4db2dd1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId778168ee343152301" cstate="print"/>
+                    <a:blip r:embed="rId431769092e4db2dd0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58046870">
+  <w:abstractNum w:abstractNumId="45929290">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29655014">
+    <w:lvl w:ilvl="0" w:tplc="12132347">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29655014" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12132347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29655014" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12132347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29655014" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12132347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29655014" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12132347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29655014" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12132347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29655014" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12132347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29655014" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12132347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29655014" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12132347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58046869">
+  <w:abstractNum w:abstractNumId="45929289">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17057682">
+    <w:lvl w:ilvl="0" w:tplc="10214234">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58046869">
-    <w:abstractNumId w:val="58046869"/>
+  <w:num w:numId="45929289">
+    <w:abstractNumId w:val="45929289"/>
   </w:num>
-  <w:num w:numId="58046870">
-    <w:abstractNumId w:val="58046870"/>
+  <w:num w:numId="45929290">
+    <w:abstractNumId w:val="45929290"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311810489" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId165927431" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId347168ee34314f7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId457768ee34314f812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId623768ee343151934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId791368ee343151a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId345268ee343151b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId691568ee343151bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId371368ee343152171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId363568ee343150cd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId363568ee343150cd5.jpg"/><Relationship Id="rId778168ee343152301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId778168ee343152301.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId494894280" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId172576254" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId463169092e4db0369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId424469092e4db03d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId744269092e4db23f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId614969092e4db2537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId144869092e4db25e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId228669092e4db2694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId395369092e4db2c59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId886169092e4db17b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId886169092e4db17b3.jpg"/><Relationship Id="rId431769092e4db2dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431769092e4db2dd0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>