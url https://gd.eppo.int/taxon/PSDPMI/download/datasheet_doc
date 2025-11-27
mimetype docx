--- v1 (2025-11-03)
+++ v2 (2025-11-27)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Zimmermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463169092e4db0369" w:history="1">
+            <w:hyperlink r:id="rId25566928480ce79d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424469092e4db03d2" w:history="1">
+            <w:hyperlink r:id="rId62706928480ce7a41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1536,63 +1536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a species native to and widely spread in Eastern North America, including Canada and the USA (Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49468162" name="name376769092e4db17b5" descr="PSDPMI_distribution_map.jpg"/>
+            <wp:docPr id="80365060" name="name16786928480ce92f6" descr="PSDPMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId886169092e4db17b3" cstate="print"/>
+                    <a:blip r:embed="rId83456928480ce92f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3124,51 +3124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744269092e4db23f5" w:history="1">
+      <w:hyperlink r:id="rId78496928480cea18c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 08 June 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3299,51 +3299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30 Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614969092e4db2537" w:history="1">
+      <w:hyperlink r:id="rId43616928480cea2b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3409,51 +3409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144869092e4db25e8" w:history="1">
+      <w:hyperlink r:id="rId76056928480cea367" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228669092e4db2694" w:history="1">
+      <w:hyperlink r:id="rId19806928480cea418" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395369092e4db2c59" w:history="1">
+      <w:hyperlink r:id="rId47686928480ceaa02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4615,63 +4615,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44415875" name="name988869092e4db2dd1" descr="eu_funding_250.png"/>
+            <wp:docPr id="54594020" name="name35406928480ceabc0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId431769092e4db2dd0" cstate="print"/>
+                    <a:blip r:embed="rId26706928480ceabbf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45929290">
+  <w:abstractNum w:abstractNumId="55365346">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12132347">
+    <w:lvl w:ilvl="0" w:tplc="73867853">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12132347" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73867853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12132347" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73867853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12132347" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73867853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12132347" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73867853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12132347" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73867853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12132347" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73867853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12132347" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73867853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12132347" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73867853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45929289">
+  <w:abstractNum w:abstractNumId="55365345">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10214234">
+    <w:lvl w:ilvl="0" w:tplc="22399853">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45929289">
-    <w:abstractNumId w:val="45929289"/>
+  <w:num w:numId="55365345">
+    <w:abstractNumId w:val="55365345"/>
   </w:num>
-  <w:num w:numId="45929290">
-    <w:abstractNumId w:val="45929290"/>
+  <w:num w:numId="55365346">
+    <w:abstractNumId w:val="55365346"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId494894280" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId172576254" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId463169092e4db0369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId424469092e4db03d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId744269092e4db23f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId614969092e4db2537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId144869092e4db25e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId228669092e4db2694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId395369092e4db2c59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId886169092e4db17b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId886169092e4db17b3.jpg"/><Relationship Id="rId431769092e4db2dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431769092e4db2dd0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288098740" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493394607" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25566928480ce79d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId62706928480ce7a41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId78496928480cea18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId43616928480cea2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId76056928480cea367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId19806928480cea418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId47686928480ceaa02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83456928480ce92f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83456928480ce92f4.jpg"/><Relationship Id="rId26706928480ceabbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26706928480ceabbf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>