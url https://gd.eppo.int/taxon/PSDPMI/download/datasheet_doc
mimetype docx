--- v2 (2025-11-27)
+++ v3 (2025-12-14)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Zimmermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25566928480ce79d8" w:history="1">
+            <w:hyperlink r:id="rId6081693ed586d3237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62706928480ce7a41" w:history="1">
+            <w:hyperlink r:id="rId7999693ed586d329e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1536,63 +1536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a species native to and widely spread in Eastern North America, including Canada and the USA (Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80365060" name="name16786928480ce92f6" descr="PSDPMI_distribution_map.jpg"/>
+            <wp:docPr id="76634348" name="name6627693ed586d4cfa" descr="PSDPMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83456928480ce92f4" cstate="print"/>
+                    <a:blip r:embed="rId4581693ed586d4cf6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3124,51 +3124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78496928480cea18c" w:history="1">
+      <w:hyperlink r:id="rId1690693ed586d5986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 08 June 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3299,51 +3299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30 Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43616928480cea2b4" w:history="1">
+      <w:hyperlink r:id="rId7008693ed586d5aa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3409,51 +3409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76056928480cea367" w:history="1">
+      <w:hyperlink r:id="rId6585693ed586d5b56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19806928480cea418" w:history="1">
+      <w:hyperlink r:id="rId1295693ed586d5c03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47686928480ceaa02" w:history="1">
+      <w:hyperlink r:id="rId4312693ed586d61cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4615,63 +4615,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54594020" name="name35406928480ceabc0" descr="eu_funding_250.png"/>
+            <wp:docPr id="66229285" name="name7671693ed586d638f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26706928480ceabbf" cstate="print"/>
+                    <a:blip r:embed="rId4939693ed586d638d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55365346">
+  <w:abstractNum w:abstractNumId="97473483">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73867853">
+    <w:lvl w:ilvl="0" w:tplc="10042190">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73867853" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10042190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73867853" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10042190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73867853" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10042190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73867853" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10042190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73867853" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10042190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73867853" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10042190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73867853" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10042190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73867853" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10042190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55365345">
+  <w:abstractNum w:abstractNumId="97473482">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22399853">
+    <w:lvl w:ilvl="0" w:tplc="95256264">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55365345">
-    <w:abstractNumId w:val="55365345"/>
+  <w:num w:numId="97473482">
+    <w:abstractNumId w:val="97473482"/>
   </w:num>
-  <w:num w:numId="55365346">
-    <w:abstractNumId w:val="55365346"/>
+  <w:num w:numId="97473483">
+    <w:abstractNumId w:val="97473483"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288098740" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493394607" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25566928480ce79d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId62706928480ce7a41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId78496928480cea18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId43616928480cea2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId76056928480cea367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId19806928480cea418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId47686928480ceaa02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83456928480ce92f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83456928480ce92f4.jpg"/><Relationship Id="rId26706928480ceabbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26706928480ceabbf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId280159915" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId794096960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6081693ed586d3237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId7999693ed586d329e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId1690693ed586d5986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId7008693ed586d5aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId6585693ed586d5b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId1295693ed586d5c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId4312693ed586d61cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4581693ed586d4cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4581693ed586d4cf6.jpg"/><Relationship Id="rId4939693ed586d638d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4939693ed586d638d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>