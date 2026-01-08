--- v3 (2025-12-14)
+++ v4 (2026-01-08)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Zimmermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6081693ed586d3237" w:history="1">
+            <w:hyperlink r:id="rId8728695f217fab090" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7999693ed586d329e" w:history="1">
+            <w:hyperlink r:id="rId7491695f217fab0f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1536,63 +1536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a species native to and widely spread in Eastern North America, including Canada and the USA (Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76634348" name="name6627693ed586d4cfa" descr="PSDPMI_distribution_map.jpg"/>
+            <wp:docPr id="87427301" name="name1485695f217fac235" descr="PSDPMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4581693ed586d4cf6" cstate="print"/>
+                    <a:blip r:embed="rId3894695f217fac233" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3124,51 +3124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1690693ed586d5986" w:history="1">
+      <w:hyperlink r:id="rId2627695f217facff1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 08 June 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3299,51 +3299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30 Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7008693ed586d5aa6" w:history="1">
+      <w:hyperlink r:id="rId3624695f217fad118" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3409,51 +3409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6585693ed586d5b56" w:history="1">
+      <w:hyperlink r:id="rId7250695f217fad1f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1295693ed586d5c03" w:history="1">
+      <w:hyperlink r:id="rId8244695f217fad2da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4410,73 +4410,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4312693ed586d61cf" w:history="1">
+      <w:hyperlink r:id="rId2889695f217fad8f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4615,63 +4615,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66229285" name="name7671693ed586d638f" descr="eu_funding_250.png"/>
+            <wp:docPr id="86372738" name="name8666695f217fada6c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4939693ed586d638d" cstate="print"/>
+                    <a:blip r:embed="rId2031695f217fada6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97473483">
+  <w:abstractNum w:abstractNumId="12071885">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10042190">
+    <w:lvl w:ilvl="0" w:tplc="58182241">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10042190" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58182241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10042190" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58182241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10042190" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58182241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10042190" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58182241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10042190" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58182241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10042190" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58182241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10042190" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58182241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10042190" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58182241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97473482">
+  <w:abstractNum w:abstractNumId="12071884">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95256264">
+    <w:lvl w:ilvl="0" w:tplc="95482147">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97473482">
-    <w:abstractNumId w:val="97473482"/>
+  <w:num w:numId="12071884">
+    <w:abstractNumId w:val="12071884"/>
   </w:num>
-  <w:num w:numId="97473483">
-    <w:abstractNumId w:val="97473483"/>
+  <w:num w:numId="12071885">
+    <w:abstractNumId w:val="12071885"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId280159915" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId794096960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6081693ed586d3237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId7999693ed586d329e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId1690693ed586d5986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId7008693ed586d5aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId6585693ed586d5b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId1295693ed586d5c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId4312693ed586d61cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4581693ed586d4cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4581693ed586d4cf6.jpg"/><Relationship Id="rId4939693ed586d638d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4939693ed586d638d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId836571283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId466006252" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8728695f217fab090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId7491695f217fab0f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId2627695f217facff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId3624695f217fad118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId7250695f217fad1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId8244695f217fad2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId2889695f217fad8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3894695f217fac233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3894695f217fac233.jpg"/><Relationship Id="rId2031695f217fada6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2031695f217fada6b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>