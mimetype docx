--- v4 (2026-01-08)
+++ v5 (2026-01-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Zimmermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8728695f217fab090" w:history="1">
+            <w:hyperlink r:id="rId1130697a5a64e3eff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7491695f217fab0f7" w:history="1">
+            <w:hyperlink r:id="rId8198697a5a64e3f68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1536,63 +1536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a species native to and widely spread in Eastern North America, including Canada and the USA (Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87427301" name="name1485695f217fac235" descr="PSDPMI_distribution_map.jpg"/>
+            <wp:docPr id="66774799" name="name5962697a5a64e5557" descr="PSDPMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3894695f217fac233" cstate="print"/>
+                    <a:blip r:embed="rId4107697a5a64e5555" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3124,51 +3124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2627695f217facff1" w:history="1">
+      <w:hyperlink r:id="rId2233697a5a64e622c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 08 June 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3299,51 +3299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30 Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3624695f217fad118" w:history="1">
+      <w:hyperlink r:id="rId8396697a5a64e6352" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3409,51 +3409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7250695f217fad1f5" w:history="1">
+      <w:hyperlink r:id="rId2602697a5a64e6405" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8244695f217fad2da" w:history="1">
+      <w:hyperlink r:id="rId9512697a5a64e64b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2889695f217fad8f9" w:history="1">
+      <w:hyperlink r:id="rId4604697a5a64e6a94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4615,63 +4615,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86372738" name="name8666695f217fada6c" descr="eu_funding_250.png"/>
+            <wp:docPr id="81061206" name="name8769697a5a64e6c46" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2031695f217fada6b" cstate="print"/>
+                    <a:blip r:embed="rId5521697a5a64e6c45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12071885">
+  <w:abstractNum w:abstractNumId="44764097">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58182241">
+    <w:lvl w:ilvl="0" w:tplc="44683538">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58182241" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44683538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58182241" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44683538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58182241" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44683538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58182241" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44683538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58182241" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44683538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58182241" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44683538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58182241" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44683538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58182241" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44683538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12071884">
+  <w:abstractNum w:abstractNumId="44764096">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95482147">
+    <w:lvl w:ilvl="0" w:tplc="91640861">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12071884">
-    <w:abstractNumId w:val="12071884"/>
+  <w:num w:numId="44764096">
+    <w:abstractNumId w:val="44764096"/>
   </w:num>
-  <w:num w:numId="12071885">
-    <w:abstractNumId w:val="12071885"/>
+  <w:num w:numId="44764097">
+    <w:abstractNumId w:val="44764097"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId836571283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId466006252" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8728695f217fab090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId7491695f217fab0f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId2627695f217facff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId3624695f217fad118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId7250695f217fad1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId8244695f217fad2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId2889695f217fad8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3894695f217fac233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3894695f217fac233.jpg"/><Relationship Id="rId2031695f217fada6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2031695f217fada6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId823762946" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId295070592" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1130697a5a64e3eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId8198697a5a64e3f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId2233697a5a64e622c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId8396697a5a64e6352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId2602697a5a64e6405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId9512697a5a64e64b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId4604697a5a64e6a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4107697a5a64e5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4107697a5a64e5555.jpg"/><Relationship Id="rId5521697a5a64e6c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5521697a5a64e6c45.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>