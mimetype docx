--- v5 (2026-01-28)
+++ v6 (2026-02-20)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Zimmermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1130697a5a64e3eff" w:history="1">
+            <w:hyperlink r:id="rId3180699849453bcd2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8198697a5a64e3f68" w:history="1">
+            <w:hyperlink r:id="rId8424699849453bd3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1536,63 +1536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a species native to and widely spread in Eastern North America, including Canada and the USA (Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66774799" name="name5962697a5a64e5557" descr="PSDPMI_distribution_map.jpg"/>
+            <wp:docPr id="26918456" name="name5238699849453d39f" descr="PSDPMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4107697a5a64e5555" cstate="print"/>
+                    <a:blip r:embed="rId1606699849453d39c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3124,51 +3124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2233697a5a64e622c" w:history="1">
+      <w:hyperlink r:id="rId4685699849453e1af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 08 June 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3299,51 +3299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30 Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8396697a5a64e6352" w:history="1">
+      <w:hyperlink r:id="rId7170699849453e2f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3409,51 +3409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2602697a5a64e6405" w:history="1">
+      <w:hyperlink r:id="rId6063699849453e3b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9512697a5a64e64b5" w:history="1">
+      <w:hyperlink r:id="rId2754699849453e491" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4604697a5a64e6a94" w:history="1">
+      <w:hyperlink r:id="rId2365699849453ead7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4615,63 +4615,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81061206" name="name8769697a5a64e6c46" descr="eu_funding_250.png"/>
+            <wp:docPr id="87396329" name="name8837699849453ecae" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5521697a5a64e6c45" cstate="print"/>
+                    <a:blip r:embed="rId3355699849453ecac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44764097">
+  <w:abstractNum w:abstractNumId="33533582">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44683538">
+    <w:lvl w:ilvl="0" w:tplc="26545920">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44683538" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26545920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44683538" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26545920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44683538" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26545920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44683538" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26545920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44683538" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26545920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44683538" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26545920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44683538" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26545920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44683538" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26545920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44764096">
+  <w:abstractNum w:abstractNumId="33533581">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91640861">
+    <w:lvl w:ilvl="0" w:tplc="60814248">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44764096">
-    <w:abstractNumId w:val="44764096"/>
+  <w:num w:numId="33533581">
+    <w:abstractNumId w:val="33533581"/>
   </w:num>
-  <w:num w:numId="44764097">
-    <w:abstractNumId w:val="44764097"/>
+  <w:num w:numId="33533582">
+    <w:abstractNumId w:val="33533582"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId823762946" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId295070592" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1130697a5a64e3eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId8198697a5a64e3f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId2233697a5a64e622c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId8396697a5a64e6352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId2602697a5a64e6405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId9512697a5a64e64b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId4604697a5a64e6a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4107697a5a64e5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4107697a5a64e5555.jpg"/><Relationship Id="rId5521697a5a64e6c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5521697a5a64e6c45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId938806071" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId149177907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3180699849453bcd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId8424699849453bd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId4685699849453e1af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId7170699849453e2f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId6063699849453e3b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId2754699849453e491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId2365699849453ead7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1606699849453d39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1606699849453d39c.jpg"/><Relationship Id="rId3355699849453ecac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3355699849453ecac.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>