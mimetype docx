--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Zimmermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3180699849453bcd2" w:history="1">
+            <w:hyperlink r:id="rId654869b2bda628c50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8424699849453bd3d" w:history="1">
+            <w:hyperlink r:id="rId758169b2bda628cba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1536,63 +1536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a species native to and widely spread in Eastern North America, including Canada and the USA (Wood and Bright, 1992; Bright, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26918456" name="name5238699849453d39f" descr="PSDPMI_distribution_map.jpg"/>
+            <wp:docPr id="65850776" name="name924969b2bda62a8ae" descr="PSDPMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDPMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1606699849453d39c" cstate="print"/>
+                    <a:blip r:embed="rId719269b2bda62a8ab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3124,51 +3124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–250.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson TH (2018) Bark and Ambrosia Beetles. Available Online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4685699849453e1af" w:history="1">
+      <w:hyperlink r:id="rId694169b2bda62b853" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.barkbeetles.info/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 08 June 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3299,51 +3299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30 Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7170699849453e2f3" w:history="1">
+      <w:hyperlink r:id="rId610069b2bda62b9c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3409,51 +3409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-27. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6063699849453e3b9" w:history="1">
+      <w:hyperlink r:id="rId122269b2bda62ba9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5513</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2754699849453e491" w:history="1">
+      <w:hyperlink r:id="rId351169b2bda62bb58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudopityophthorus minutissimus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2365699849453ead7" w:history="1">
+      <w:hyperlink r:id="rId517469b2bda62c291" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4615,63 +4615,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87396329" name="name8837699849453ecae" descr="eu_funding_250.png"/>
+            <wp:docPr id="40231551" name="name111469b2bda62c440" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3355699849453ecac" cstate="print"/>
+                    <a:blip r:embed="rId338369b2bda62c43f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33533582">
+  <w:abstractNum w:abstractNumId="17259686">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26545920">
+    <w:lvl w:ilvl="0" w:tplc="33613117">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26545920" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33613117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26545920" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33613117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26545920" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33613117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26545920" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33613117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26545920" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33613117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26545920" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33613117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26545920" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33613117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26545920" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33613117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33533581">
+  <w:abstractNum w:abstractNumId="17259685">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60814248">
+    <w:lvl w:ilvl="0" w:tplc="20917310">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33533581">
-    <w:abstractNumId w:val="33533581"/>
+  <w:num w:numId="17259685">
+    <w:abstractNumId w:val="17259685"/>
   </w:num>
-  <w:num w:numId="33533582">
-    <w:abstractNumId w:val="33533582"/>
+  <w:num w:numId="17259686">
+    <w:abstractNumId w:val="17259686"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId938806071" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId149177907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3180699849453bcd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId8424699849453bd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId4685699849453e1af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId7170699849453e2f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId6063699849453e3b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId2754699849453e491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId2365699849453ead7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1606699849453d39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1606699849453d39c.jpg"/><Relationship Id="rId3355699849453ecac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3355699849453ecac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId198869575" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId280403829" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId654869b2bda628c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/" TargetMode="External"/><Relationship Id="rId758169b2bda628cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDPMI/categorization" TargetMode="External"/><Relationship Id="rId694169b2bda62b853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.barkbeetles.info/index.php" TargetMode="External"/><Relationship Id="rId610069b2bda62b9c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId122269b2bda62ba9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5513" TargetMode="External"/><Relationship Id="rId351169b2bda62bb58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId517469b2bda62c291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId719269b2bda62a8ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId719269b2bda62a8ab.jpg"/><Relationship Id="rId338369b2bda62c43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId338369b2bda62c43f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>