--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -431,51 +431,51 @@
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>