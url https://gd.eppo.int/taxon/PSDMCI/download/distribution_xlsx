--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -491,51 +491,51 @@
   <si>
     <t>Kriti</t>
   </si>
   <si>
     <t>ct</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>