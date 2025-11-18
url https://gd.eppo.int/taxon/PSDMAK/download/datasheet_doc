--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Pseudomonadales: Pseudomonadaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of kiwi fruit</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161368e77208b1906" w:history="1">
+            <w:hyperlink r:id="rId6257691c25f456a49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413468e77208b196e" w:history="1">
+            <w:hyperlink r:id="rId8430691c25f456ab4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59782961" name="name756968e77208b1a19" descr="8382.jpg"/>
+                  <wp:docPr id="69444915" name="name7877691c25f456ded" descr="8382.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8382.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId450968e77208b1a18" cstate="print"/>
+                          <a:blip r:embed="rId8957691c25f456deb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId699068e77208b1b17" w:history="1">
+            <w:hyperlink r:id="rId2866691c25f456f22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1739,63 +1739,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59966904" name="name709468e77208b338e" descr="PSDMAK_distribution_map.jpg"/>
+            <wp:docPr id="81360696" name="name5098691c25f4590ea" descr="PSDMAK_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAK_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId643768e77208b338b" cstate="print"/>
+                    <a:blip r:embed="rId9787691c25f4590e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5130,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">162</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 60–70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725468e77208b4b5e" w:history="1">
+      <w:hyperlink r:id="rId5776691c25f45a92f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5358,51 +5358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e57464. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732568e77208b4cd0" w:history="1">
+      <w:hyperlink r:id="rId9011691c25f45aac1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/0.1371/journal.pone.0057464</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1034-1044. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865868e77208b4d7e" w:history="1">
+      <w:hyperlink r:id="rId9003691c25f45ab73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-12-0064-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5578,51 +5578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 819–832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId342568e77208b4e2d" w:history="1">
+      <w:hyperlink r:id="rId5534691c25f45ac24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.13662</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5748,51 +5748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 582-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738468e77208b4f39" w:history="1">
+      <w:hyperlink r:id="rId7210691c25f45ad4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12297</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5838,51 +5838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1), 92–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354568e77208b4fca" w:history="1">
+      <w:hyperlink r:id="rId4304691c25f45adee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12476</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5928,51 +5928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId504068e77208b5059" w:history="1">
+      <w:hyperlink r:id="rId3405691c25f45ae91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants8080287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6038,51 +6038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511468e77208b5106" w:history="1">
+      <w:hyperlink r:id="rId5303691c25f45af45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-018-0058-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6168,51 +6168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194168e77208b51d0" w:history="1">
+      <w:hyperlink r:id="rId5142691c25f45b017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00248-019-01459-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6238,51 +6238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1986, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866668e77208b523f" w:history="1">
+      <w:hyperlink r:id="rId1830691c25f45b08a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6308,51 +6308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443168e77208b52ae" w:history="1">
+      <w:hyperlink r:id="rId1955691c25f45b0fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSDMAK/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6416,51 +6416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833368e77208b535f" w:history="1">
+      <w:hyperlink r:id="rId2696691c25f45b1b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6486,51 +6486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817868e77208b53d8" w:history="1">
+      <w:hyperlink r:id="rId2214691c25f45b228" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2020/885/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6596,51 +6596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67–71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212468e77208b548a" w:history="1">
+      <w:hyperlink r:id="rId9755691c25f45b2da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-011-0023-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7216,51 +7216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2216–2228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659468e77208b5855" w:history="1">
+      <w:hyperlink r:id="rId8937691c25f45b7a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00062-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7502,51 +7502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 351–361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243768e77208b5a34" w:history="1">
+      <w:hyperlink r:id="rId7374691c25f45b97e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.01.2017.0021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7728,51 +7728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 932–944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749168e77208b5ba4" w:history="1">
+      <w:hyperlink r:id="rId5034691c25f45baf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/gbe/evx055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8074,51 +8074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13–23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271468e77208b5dc9" w:history="1">
+      <w:hyperlink r:id="rId8351691c25f45bd35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-014-0328-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8224,51 +8224,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736968e77208b5eb7" w:history="1">
+      <w:hyperlink r:id="rId6639691c25f45be26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.01022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8412,51 +8412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526968e77208b5fee" w:history="1">
+      <w:hyperlink r:id="rId9634691c25f45bf56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9110,51 +9110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 631–640. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166568e77208b6435" w:history="1">
+      <w:hyperlink r:id="rId8467691c25f45c3ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9748,51 +9748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId612168e77208b6826" w:history="1">
+      <w:hyperlink r:id="rId1225691c25f45c7cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-019-0184-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10074,51 +10074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">405</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958168e77208b6a37" w:history="1">
+      <w:hyperlink r:id="rId4589691c25f45c9ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-015-2624-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10302,51 +10302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463168e77208b6baa" w:history="1">
+      <w:hyperlink r:id="rId3317691c25f45cb5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-13-0667-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10628,51 +10628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369968e77208b6dac" w:history="1">
+      <w:hyperlink r:id="rId8345691c25f45cd91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-11-0195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10776,51 +10776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 316–328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295268e77208b6e99" w:history="1">
+      <w:hyperlink r:id="rId9642691c25f45ce82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/nrmicro.2018.17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10886,51 +10886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae pv. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305268e77208b6f50" w:history="1">
+      <w:hyperlink r:id="rId6056691c25f45cf3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10943,63 +10943,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51477988" name="name628568e77208b7020" descr="eu_funding_250.png"/>
+            <wp:docPr id="45003453" name="name6272691c25f45cfe7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId708868e77208b701f" cstate="print"/>
+                    <a:blip r:embed="rId2877691c25f45cfe6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11097,137 +11097,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55213574">
+  <w:abstractNum w:abstractNumId="10386368">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15534431">
+    <w:lvl w:ilvl="0" w:tplc="53969750">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15534431" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53969750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15534431" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53969750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15534431" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53969750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15534431" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53969750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15534431" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53969750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15534431" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53969750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15534431" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53969750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15534431" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53969750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55213573">
+  <w:abstractNum w:abstractNumId="10386367">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80795884">
+    <w:lvl w:ilvl="0" w:tplc="15589160">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11979,55 +11979,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55213573">
-    <w:abstractNumId w:val="55213573"/>
+  <w:num w:numId="10386367">
+    <w:abstractNumId w:val="10386367"/>
   </w:num>
-  <w:num w:numId="55213574">
-    <w:abstractNumId w:val="55213574"/>
+  <w:num w:numId="10386368">
+    <w:abstractNumId w:val="10386368"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23577,51 +23577,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId428476578" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId457146183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId161368e77208b1906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId413468e77208b196e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId699068e77208b1b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId725468e77208b4b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId732568e77208b4cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId865868e77208b4d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId342568e77208b4e2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId738468e77208b4f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId354568e77208b4fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId504068e77208b5059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId511468e77208b5106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId194168e77208b51d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId866668e77208b523f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId443168e77208b52ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId833368e77208b535f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId817868e77208b53d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId212468e77208b548a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId659468e77208b5855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId243768e77208b5a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId749168e77208b5ba4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId271468e77208b5dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId736968e77208b5eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId526968e77208b5fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId166568e77208b6435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId612168e77208b6826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId958168e77208b6a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId463168e77208b6baa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId369968e77208b6dac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId295268e77208b6e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId305268e77208b6f50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId450968e77208b1a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId450968e77208b1a18.jpg"/><Relationship Id="rId643768e77208b338b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId643768e77208b338b.jpg"/><Relationship Id="rId708868e77208b701f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId708868e77208b701f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId556699232" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262851924" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6257691c25f456a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId8430691c25f456ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId2866691c25f456f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId5776691c25f45a92f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId9011691c25f45aac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId9003691c25f45ab73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId5534691c25f45ac24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId7210691c25f45ad4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId4304691c25f45adee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId3405691c25f45ae91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId5303691c25f45af45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId5142691c25f45b017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId1830691c25f45b08a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId1955691c25f45b0fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId2696691c25f45b1b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId2214691c25f45b228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId9755691c25f45b2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId8937691c25f45b7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId7374691c25f45b97e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId5034691c25f45baf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId8351691c25f45bd35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId6639691c25f45be26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId9634691c25f45bf56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId8467691c25f45c3ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId1225691c25f45c7cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId4589691c25f45c9ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId3317691c25f45cb5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId8345691c25f45cd91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId9642691c25f45ce82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId6056691c25f45cf3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8957691c25f456deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8957691c25f456deb.jpg"/><Relationship Id="rId9787691c25f4590e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9787691c25f4590e6.jpg"/><Relationship Id="rId2877691c25f45cfe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2877691c25f45cfe6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>