--- v1 (2025-11-18)
+++ v2 (2025-12-08)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Pseudomonadales: Pseudomonadaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of kiwi fruit</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6257691c25f456a49" w:history="1">
+            <w:hyperlink r:id="rId85536936c5979c2dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8430691c25f456ab4" w:history="1">
+            <w:hyperlink r:id="rId43116936c5979c345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69444915" name="name7877691c25f456ded" descr="8382.jpg"/>
+                  <wp:docPr id="46137039" name="name71816936c5979c426" descr="8382.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8382.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8957691c25f456deb" cstate="print"/>
+                          <a:blip r:embed="rId61336936c5979c424" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2866691c25f456f22" w:history="1">
+            <w:hyperlink r:id="rId47296936c5979c534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1739,63 +1739,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81360696" name="name5098691c25f4590ea" descr="PSDMAK_distribution_map.jpg"/>
+            <wp:docPr id="83686023" name="name43106936c5979dbaa" descr="PSDMAK_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAK_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9787691c25f4590e6" cstate="print"/>
+                    <a:blip r:embed="rId35376936c5979dba7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5130,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">162</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 60–70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5776691c25f45a92f" w:history="1">
+      <w:hyperlink r:id="rId69626936c5979f376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5358,51 +5358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e57464. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9011691c25f45aac1" w:history="1">
+      <w:hyperlink r:id="rId72846936c5979f4eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/0.1371/journal.pone.0057464</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1034-1044. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9003691c25f45ab73" w:history="1">
+      <w:hyperlink r:id="rId85136936c5979f59b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-12-0064-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5578,51 +5578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 819–832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5534691c25f45ac24" w:history="1">
+      <w:hyperlink r:id="rId85406936c5979f64b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.13662</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5748,51 +5748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 582-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7210691c25f45ad4d" w:history="1">
+      <w:hyperlink r:id="rId39546936c5979f755" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12297</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5838,51 +5838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1), 92–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4304691c25f45adee" w:history="1">
+      <w:hyperlink r:id="rId42876936c5979f7e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12476</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5928,51 +5928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3405691c25f45ae91" w:history="1">
+      <w:hyperlink r:id="rId93566936c5979f875" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants8080287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6038,51 +6038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5303691c25f45af45" w:history="1">
+      <w:hyperlink r:id="rId75076936c5979f922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-018-0058-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6168,51 +6168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5142691c25f45b017" w:history="1">
+      <w:hyperlink r:id="rId69396936c5979f9ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00248-019-01459-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6238,51 +6238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1986, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1830691c25f45b08a" w:history="1">
+      <w:hyperlink r:id="rId97736936c5979fa5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6308,51 +6308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1955691c25f45b0fc" w:history="1">
+      <w:hyperlink r:id="rId27956936c5979fae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSDMAK/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6416,51 +6416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2696691c25f45b1b5" w:history="1">
+      <w:hyperlink r:id="rId46836936c5979fb99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6486,51 +6486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2214691c25f45b228" w:history="1">
+      <w:hyperlink r:id="rId94466936c5979fc0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2020/885/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6596,51 +6596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67–71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9755691c25f45b2da" w:history="1">
+      <w:hyperlink r:id="rId54576936c5979fcb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-011-0023-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7216,51 +7216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2216–2228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8937691c25f45b7a9" w:history="1">
+      <w:hyperlink r:id="rId65466936c597a009c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00062-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7502,51 +7502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 351–361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7374691c25f45b97e" w:history="1">
+      <w:hyperlink r:id="rId31476936c597a0273" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.01.2017.0021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7728,51 +7728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 932–944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5034691c25f45baf0" w:history="1">
+      <w:hyperlink r:id="rId25196936c597a03e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/gbe/evx055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8074,51 +8074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13–23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8351691c25f45bd35" w:history="1">
+      <w:hyperlink r:id="rId42766936c597a0604" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-014-0328-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8224,51 +8224,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6639691c25f45be26" w:history="1">
+      <w:hyperlink r:id="rId49136936c597a06f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.01022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8412,51 +8412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9634691c25f45bf56" w:history="1">
+      <w:hyperlink r:id="rId81026936c597a081d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9110,51 +9110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 631–640. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8467691c25f45c3ca" w:history="1">
+      <w:hyperlink r:id="rId77426936c597a0c71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9748,51 +9748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1225691c25f45c7cf" w:history="1">
+      <w:hyperlink r:id="rId30946936c597a1061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-019-0184-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10074,51 +10074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">405</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4589691c25f45c9ef" w:history="1">
+      <w:hyperlink r:id="rId26186936c597a1284" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-015-2624-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10302,51 +10302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3317691c25f45cb5c" w:history="1">
+      <w:hyperlink r:id="rId65296936c597a13f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-13-0667-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10628,51 +10628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8345691c25f45cd91" w:history="1">
+      <w:hyperlink r:id="rId18076936c597a15ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-11-0195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10776,51 +10776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 316–328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9642691c25f45ce82" w:history="1">
+      <w:hyperlink r:id="rId23586936c597a16fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/nrmicro.2018.17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10886,51 +10886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae pv. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6056691c25f45cf3c" w:history="1">
+      <w:hyperlink r:id="rId70546936c597a17b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10943,63 +10943,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45003453" name="name6272691c25f45cfe7" descr="eu_funding_250.png"/>
+            <wp:docPr id="12168597" name="name18056936c597a185c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2877691c25f45cfe6" cstate="print"/>
+                    <a:blip r:embed="rId29226936c597a185b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11097,137 +11097,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10386368">
+  <w:abstractNum w:abstractNumId="63387294">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53969750">
+    <w:lvl w:ilvl="0" w:tplc="80126603">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53969750" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80126603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53969750" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80126603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53969750" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80126603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53969750" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80126603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53969750" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80126603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53969750" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80126603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53969750" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80126603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53969750" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80126603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10386367">
+  <w:abstractNum w:abstractNumId="63387293">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15589160">
+    <w:lvl w:ilvl="0" w:tplc="85358340">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11979,55 +11979,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10386367">
-    <w:abstractNumId w:val="10386367"/>
+  <w:num w:numId="63387293">
+    <w:abstractNumId w:val="63387293"/>
   </w:num>
-  <w:num w:numId="10386368">
-    <w:abstractNumId w:val="10386368"/>
+  <w:num w:numId="63387294">
+    <w:abstractNumId w:val="63387294"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23577,51 +23577,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId556699232" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262851924" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6257691c25f456a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId8430691c25f456ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId2866691c25f456f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId5776691c25f45a92f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId9011691c25f45aac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId9003691c25f45ab73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId5534691c25f45ac24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId7210691c25f45ad4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId4304691c25f45adee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId3405691c25f45ae91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId5303691c25f45af45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId5142691c25f45b017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId1830691c25f45b08a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId1955691c25f45b0fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId2696691c25f45b1b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId2214691c25f45b228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId9755691c25f45b2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId8937691c25f45b7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId7374691c25f45b97e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId5034691c25f45baf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId8351691c25f45bd35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId6639691c25f45be26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId9634691c25f45bf56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId8467691c25f45c3ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId1225691c25f45c7cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId4589691c25f45c9ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId3317691c25f45cb5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId8345691c25f45cd91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId9642691c25f45ce82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId6056691c25f45cf3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8957691c25f456deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8957691c25f456deb.jpg"/><Relationship Id="rId9787691c25f4590e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9787691c25f4590e6.jpg"/><Relationship Id="rId2877691c25f45cfe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2877691c25f45cfe6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId215423059" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId807480711" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId85536936c5979c2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId43116936c5979c345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId47296936c5979c534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId69626936c5979f376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId72846936c5979f4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId85136936c5979f59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId85406936c5979f64b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId39546936c5979f755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId42876936c5979f7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId93566936c5979f875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId75076936c5979f922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId69396936c5979f9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId97736936c5979fa5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId27956936c5979fae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId46836936c5979fb99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId94466936c5979fc0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId54576936c5979fcb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId65466936c597a009c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId31476936c597a0273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId25196936c597a03e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId42766936c597a0604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId49136936c597a06f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId81026936c597a081d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId77426936c597a0c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId30946936c597a1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId26186936c597a1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId65296936c597a13f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId18076936c597a15ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId23586936c597a16fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId70546936c597a17b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61336936c5979c424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61336936c5979c424.jpg"/><Relationship Id="rId35376936c5979dba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35376936c5979dba7.jpg"/><Relationship Id="rId29226936c597a185b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29226936c597a185b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>