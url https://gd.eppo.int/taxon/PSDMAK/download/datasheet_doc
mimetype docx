--- v2 (2025-12-08)
+++ v3 (2026-01-18)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Pseudomonadales: Pseudomonadaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of kiwi fruit</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85536936c5979c2dd" w:history="1">
+            <w:hyperlink r:id="rId7483696c24a067647" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43116936c5979c345" w:history="1">
+            <w:hyperlink r:id="rId3907696c24a0676ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46137039" name="name71816936c5979c426" descr="8382.jpg"/>
+                  <wp:docPr id="66165631" name="name4580696c24a067785" descr="8382.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8382.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId61336936c5979c424" cstate="print"/>
+                          <a:blip r:embed="rId2277696c24a067784" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId47296936c5979c534" w:history="1">
+            <w:hyperlink r:id="rId5016696c24a06786c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1739,63 +1739,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83686023" name="name43106936c5979dbaa" descr="PSDMAK_distribution_map.jpg"/>
+            <wp:docPr id="50762912" name="name1458696c24a069011" descr="PSDMAK_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAK_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35376936c5979dba7" cstate="print"/>
+                    <a:blip r:embed="rId5920696c24a06900e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5130,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">162</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 60–70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69626936c5979f376" w:history="1">
+      <w:hyperlink r:id="rId2436696c24a06a6c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5358,51 +5358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e57464. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72846936c5979f4eb" w:history="1">
+      <w:hyperlink r:id="rId1867696c24a06a845" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/0.1371/journal.pone.0057464</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1034-1044. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85136936c5979f59b" w:history="1">
+      <w:hyperlink r:id="rId5205696c24a06a8f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-12-0064-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5578,51 +5578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 819–832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85406936c5979f64b" w:history="1">
+      <w:hyperlink r:id="rId1243696c24a06a9aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.13662</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5748,51 +5748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 582-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39546936c5979f755" w:history="1">
+      <w:hyperlink r:id="rId2871696c24a06aab3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12297</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5838,51 +5838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1), 92–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42876936c5979f7e5" w:history="1">
+      <w:hyperlink r:id="rId7622696c24a06ab41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12476</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5928,51 +5928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93566936c5979f875" w:history="1">
+      <w:hyperlink r:id="rId6620696c24a06abcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants8080287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6038,51 +6038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75076936c5979f922" w:history="1">
+      <w:hyperlink r:id="rId9780696c24a06ac7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-018-0058-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6168,51 +6168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69396936c5979f9ee" w:history="1">
+      <w:hyperlink r:id="rId8683696c24a06ad43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00248-019-01459-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6238,51 +6238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1986, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97736936c5979fa5f" w:history="1">
+      <w:hyperlink r:id="rId6983696c24a06adb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6308,51 +6308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27956936c5979fae2" w:history="1">
+      <w:hyperlink r:id="rId7132696c24a06ae1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSDMAK/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6416,51 +6416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46836936c5979fb99" w:history="1">
+      <w:hyperlink r:id="rId1594696c24a06aece" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6486,51 +6486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94466936c5979fc0a" w:history="1">
+      <w:hyperlink r:id="rId8191696c24a06af3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2020/885/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6596,51 +6596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67–71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54576936c5979fcb8" w:history="1">
+      <w:hyperlink r:id="rId4800696c24a06afe8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-011-0023-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7216,51 +7216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2216–2228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65466936c597a009c" w:history="1">
+      <w:hyperlink r:id="rId9550696c24a06b3b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00062-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7502,51 +7502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 351–361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31476936c597a0273" w:history="1">
+      <w:hyperlink r:id="rId2568696c24a06b575" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.01.2017.0021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7728,51 +7728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 932–944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25196936c597a03e1" w:history="1">
+      <w:hyperlink r:id="rId1463696c24a06b6e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/gbe/evx055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8074,51 +8074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13–23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42766936c597a0604" w:history="1">
+      <w:hyperlink r:id="rId8722696c24a06b905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-014-0328-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8224,51 +8224,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49136936c597a06f1" w:history="1">
+      <w:hyperlink r:id="rId6445696c24a06b9ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.01022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8412,51 +8412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81026936c597a081d" w:history="1">
+      <w:hyperlink r:id="rId5182696c24a06bb13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9110,51 +9110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 631–640. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77426936c597a0c71" w:history="1">
+      <w:hyperlink r:id="rId8531696c24a06bf5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9748,51 +9748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30946936c597a1061" w:history="1">
+      <w:hyperlink r:id="rId1792696c24a06c340" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-019-0184-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10074,51 +10074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">405</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26186936c597a1284" w:history="1">
+      <w:hyperlink r:id="rId5130696c24a06c53c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-015-2624-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10302,51 +10302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65296936c597a13f4" w:history="1">
+      <w:hyperlink r:id="rId1742696c24a06c6b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-13-0667-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10628,51 +10628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18076936c597a15ff" w:history="1">
+      <w:hyperlink r:id="rId6204696c24a06c8b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-11-0195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10776,51 +10776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 316–328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23586936c597a16fb" w:history="1">
+      <w:hyperlink r:id="rId3906696c24a06c9ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/nrmicro.2018.17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10864,73 +10864,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae pv. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70546936c597a17b7" w:history="1">
+      <w:hyperlink r:id="rId5758696c24a06ca63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10943,63 +10943,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12168597" name="name18056936c597a185c" descr="eu_funding_250.png"/>
+            <wp:docPr id="46438640" name="name3610696c24a06cb1a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29226936c597a185b" cstate="print"/>
+                    <a:blip r:embed="rId2009696c24a06cb19" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11097,137 +11097,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63387294">
+  <w:abstractNum w:abstractNumId="10900399">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80126603">
+    <w:lvl w:ilvl="0" w:tplc="75243942">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80126603" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75243942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80126603" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75243942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80126603" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75243942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80126603" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75243942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80126603" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75243942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80126603" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75243942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80126603" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75243942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80126603" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75243942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63387293">
+  <w:abstractNum w:abstractNumId="10900398">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85358340">
+    <w:lvl w:ilvl="0" w:tplc="79848389">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11979,55 +11979,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63387293">
-    <w:abstractNumId w:val="63387293"/>
+  <w:num w:numId="10900398">
+    <w:abstractNumId w:val="10900398"/>
   </w:num>
-  <w:num w:numId="63387294">
-    <w:abstractNumId w:val="63387294"/>
+  <w:num w:numId="10900399">
+    <w:abstractNumId w:val="10900399"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23577,51 +23577,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId215423059" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId807480711" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId85536936c5979c2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId43116936c5979c345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId47296936c5979c534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId69626936c5979f376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId72846936c5979f4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId85136936c5979f59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId85406936c5979f64b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId39546936c5979f755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId42876936c5979f7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId93566936c5979f875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId75076936c5979f922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId69396936c5979f9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId97736936c5979fa5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId27956936c5979fae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId46836936c5979fb99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId94466936c5979fc0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId54576936c5979fcb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId65466936c597a009c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId31476936c597a0273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId25196936c597a03e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId42766936c597a0604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId49136936c597a06f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId81026936c597a081d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId77426936c597a0c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId30946936c597a1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId26186936c597a1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId65296936c597a13f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId18076936c597a15ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId23586936c597a16fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId70546936c597a17b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61336936c5979c424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61336936c5979c424.jpg"/><Relationship Id="rId35376936c5979dba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35376936c5979dba7.jpg"/><Relationship Id="rId29226936c597a185b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29226936c597a185b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695901887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId876468521" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7483696c24a067647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId3907696c24a0676ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId5016696c24a06786c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId2436696c24a06a6c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId1867696c24a06a845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId5205696c24a06a8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId1243696c24a06a9aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId2871696c24a06aab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId7622696c24a06ab41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId6620696c24a06abcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId9780696c24a06ac7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId8683696c24a06ad43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId6983696c24a06adb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId7132696c24a06ae1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId1594696c24a06aece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId8191696c24a06af3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId4800696c24a06afe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId9550696c24a06b3b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId2568696c24a06b575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId1463696c24a06b6e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId8722696c24a06b905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId6445696c24a06b9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId5182696c24a06bb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId8531696c24a06bf5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId1792696c24a06c340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId5130696c24a06c53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId1742696c24a06c6b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId6204696c24a06c8b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId3906696c24a06c9ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId5758696c24a06ca63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2277696c24a067784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2277696c24a067784.jpg"/><Relationship Id="rId5920696c24a06900e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5920696c24a06900e.jpg"/><Relationship Id="rId2009696c24a06cb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2009696c24a06cb19.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>