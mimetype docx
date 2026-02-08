--- v3 (2026-01-18)
+++ v4 (2026-02-08)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Pseudomonadales: Pseudomonadaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of kiwi fruit</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7483696c24a067647" w:history="1">
+            <w:hyperlink r:id="rId224269880de445889" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3907696c24a0676ae" w:history="1">
+            <w:hyperlink r:id="rId441169880de4458f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66165631" name="name4580696c24a067785" descr="8382.jpg"/>
+                  <wp:docPr id="22640217" name="name156469880de445df5" descr="8382.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8382.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2277696c24a067784" cstate="print"/>
+                          <a:blip r:embed="rId134569880de445df3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5016696c24a06786c" w:history="1">
+            <w:hyperlink r:id="rId520669880de445f27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1739,63 +1739,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50762912" name="name1458696c24a069011" descr="PSDMAK_distribution_map.jpg"/>
+            <wp:docPr id="94242813" name="name835669880de447170" descr="PSDMAK_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAK_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5920696c24a06900e" cstate="print"/>
+                    <a:blip r:embed="rId421969880de44716e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5130,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">162</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 60–70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2436696c24a06a6c4" w:history="1">
+      <w:hyperlink r:id="rId627369880de448a22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5358,51 +5358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e57464. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1867696c24a06a845" w:history="1">
+      <w:hyperlink r:id="rId973769880de448b92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/0.1371/journal.pone.0057464</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1034-1044. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5205696c24a06a8f9" w:history="1">
+      <w:hyperlink r:id="rId942669880de448c42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-12-0064-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5578,51 +5578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 819–832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1243696c24a06a9aa" w:history="1">
+      <w:hyperlink r:id="rId977569880de448d19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.13662</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5748,51 +5748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 582-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2871696c24a06aab3" w:history="1">
+      <w:hyperlink r:id="rId498069880de448e2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12297</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5838,51 +5838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1), 92–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7622696c24a06ab41" w:history="1">
+      <w:hyperlink r:id="rId791369880de448ebb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12476</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5928,51 +5928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6620696c24a06abcf" w:history="1">
+      <w:hyperlink r:id="rId414269880de448f54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants8080287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6038,51 +6038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9780696c24a06ac7b" w:history="1">
+      <w:hyperlink r:id="rId205469880de449007" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-018-0058-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6168,51 +6168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8683696c24a06ad43" w:history="1">
+      <w:hyperlink r:id="rId520069880de4490d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00248-019-01459-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6238,51 +6238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1986, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6983696c24a06adb2" w:history="1">
+      <w:hyperlink r:id="rId613169880de44914a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6308,51 +6308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7132696c24a06ae1f" w:history="1">
+      <w:hyperlink r:id="rId747269880de4491ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSDMAK/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6416,51 +6416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1594696c24a06aece" w:history="1">
+      <w:hyperlink r:id="rId963369880de44926e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6486,51 +6486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8191696c24a06af3e" w:history="1">
+      <w:hyperlink r:id="rId311169880de4492df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2020/885/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6596,51 +6596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67–71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4800696c24a06afe8" w:history="1">
+      <w:hyperlink r:id="rId890169880de44938d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-011-0023-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7216,51 +7216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2216–2228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9550696c24a06b3b7" w:history="1">
+      <w:hyperlink r:id="rId643869880de449785" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00062-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7502,51 +7502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 351–361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2568696c24a06b575" w:history="1">
+      <w:hyperlink r:id="rId928269880de44995a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.01.2017.0021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7728,51 +7728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 932–944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1463696c24a06b6e9" w:history="1">
+      <w:hyperlink r:id="rId726469880de449ac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/gbe/evx055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8074,51 +8074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13–23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8722696c24a06b905" w:history="1">
+      <w:hyperlink r:id="rId107669880de449ce1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-014-0328-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8224,51 +8224,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6445696c24a06b9ee" w:history="1">
+      <w:hyperlink r:id="rId776969880de449dcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.01022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8412,51 +8412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5182696c24a06bb13" w:history="1">
+      <w:hyperlink r:id="rId139769880de449ef6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9110,51 +9110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 631–640. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8531696c24a06bf5a" w:history="1">
+      <w:hyperlink r:id="rId631269880de44a33c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9748,51 +9748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1792696c24a06c340" w:history="1">
+      <w:hyperlink r:id="rId991669880de44a767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-019-0184-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10074,51 +10074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">405</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5130696c24a06c53c" w:history="1">
+      <w:hyperlink r:id="rId149069880de44a996" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-015-2624-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10302,51 +10302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1742696c24a06c6b2" w:history="1">
+      <w:hyperlink r:id="rId782069880de44ab02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-13-0667-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10628,51 +10628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6204696c24a06c8b7" w:history="1">
+      <w:hyperlink r:id="rId170969880de44ad0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-11-0195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10776,51 +10776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 316–328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3906696c24a06c9ad" w:history="1">
+      <w:hyperlink r:id="rId595969880de44adf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/nrmicro.2018.17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10886,51 +10886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae pv. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5758696c24a06ca63" w:history="1">
+      <w:hyperlink r:id="rId257069880de44aeb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10943,63 +10943,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46438640" name="name3610696c24a06cb1a" descr="eu_funding_250.png"/>
+            <wp:docPr id="690057" name="name589769880de44b24a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2009696c24a06cb19" cstate="print"/>
+                    <a:blip r:embed="rId850669880de44b249" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11097,137 +11097,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10900399">
+  <w:abstractNum w:abstractNumId="57978308">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75243942">
+    <w:lvl w:ilvl="0" w:tplc="52799274">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75243942" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52799274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75243942" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52799274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75243942" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52799274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75243942" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52799274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75243942" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52799274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75243942" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52799274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75243942" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52799274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75243942" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52799274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10900398">
+  <w:abstractNum w:abstractNumId="57978307">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79848389">
+    <w:lvl w:ilvl="0" w:tplc="99159686">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11979,55 +11979,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10900398">
-    <w:abstractNumId w:val="10900398"/>
+  <w:num w:numId="57978307">
+    <w:abstractNumId w:val="57978307"/>
   </w:num>
-  <w:num w:numId="10900399">
-    <w:abstractNumId w:val="10900399"/>
+  <w:num w:numId="57978308">
+    <w:abstractNumId w:val="57978308"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23577,51 +23577,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695901887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId876468521" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7483696c24a067647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId3907696c24a0676ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId5016696c24a06786c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId2436696c24a06a6c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId1867696c24a06a845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId5205696c24a06a8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId1243696c24a06a9aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId2871696c24a06aab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId7622696c24a06ab41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId6620696c24a06abcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId9780696c24a06ac7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId8683696c24a06ad43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId6983696c24a06adb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId7132696c24a06ae1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId1594696c24a06aece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId8191696c24a06af3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId4800696c24a06afe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId9550696c24a06b3b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId2568696c24a06b575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId1463696c24a06b6e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId8722696c24a06b905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId6445696c24a06b9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId5182696c24a06bb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId8531696c24a06bf5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId1792696c24a06c340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId5130696c24a06c53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId1742696c24a06c6b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId6204696c24a06c8b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId3906696c24a06c9ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId5758696c24a06ca63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2277696c24a067784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2277696c24a067784.jpg"/><Relationship Id="rId5920696c24a06900e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5920696c24a06900e.jpg"/><Relationship Id="rId2009696c24a06cb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2009696c24a06cb19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId605429552" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId116968491" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId224269880de445889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId441169880de4458f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId520669880de445f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId627369880de448a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId973769880de448b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId942669880de448c42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId977569880de448d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId498069880de448e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId791369880de448ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId414269880de448f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId205469880de449007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId520069880de4490d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId613169880de44914a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId747269880de4491ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId963369880de44926e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId311169880de4492df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId890169880de44938d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId643869880de449785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId928269880de44995a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId726469880de449ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId107669880de449ce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId776969880de449dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId139769880de449ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId631269880de44a33c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId991669880de44a767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId149069880de44a996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId782069880de44ab02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId170969880de44ad0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId595969880de44adf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId257069880de44aeb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId134569880de445df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId134569880de445df3.jpg"/><Relationship Id="rId421969880de44716e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId421969880de44716e.jpg"/><Relationship Id="rId850669880de44b249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId850669880de44b249.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>