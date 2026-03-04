--- v4 (2026-02-08)
+++ v5 (2026-03-04)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Pseudomonadales: Pseudomonadaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of kiwi fruit</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224269880de445889" w:history="1">
+            <w:hyperlink r:id="rId374169a7f2803dcd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441169880de4458f4" w:history="1">
+            <w:hyperlink r:id="rId431069a7f2803dd3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22640217" name="name156469880de445df5" descr="8382.jpg"/>
+                  <wp:docPr id="64145956" name="name810769a7f2803de50" descr="8382.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8382.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId134569880de445df3" cstate="print"/>
+                          <a:blip r:embed="rId516769a7f2803de4f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId520669880de445f27" w:history="1">
+            <w:hyperlink r:id="rId225669a7f2803dfa8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1739,63 +1739,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94242813" name="name835669880de447170" descr="PSDMAK_distribution_map.jpg"/>
+            <wp:docPr id="73481905" name="name483769a7f2803f745" descr="PSDMAK_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAK_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId421969880de44716e" cstate="print"/>
+                    <a:blip r:embed="rId864769a7f2803f742" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5130,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">162</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 60–70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627369880de448a22" w:history="1">
+      <w:hyperlink r:id="rId159169a7f28040f02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5358,51 +5358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e57464. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973769880de448b92" w:history="1">
+      <w:hyperlink r:id="rId590169a7f28041074" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/0.1371/journal.pone.0057464</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1034-1044. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942669880de448c42" w:history="1">
+      <w:hyperlink r:id="rId667369a7f28041122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-12-0064-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5578,51 +5578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 819–832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977569880de448d19" w:history="1">
+      <w:hyperlink r:id="rId367369a7f280411d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.13662</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5748,51 +5748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 582-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498069880de448e2a" w:history="1">
+      <w:hyperlink r:id="rId907169a7f280412dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12297</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5838,51 +5838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1), 92–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791369880de448ebb" w:history="1">
+      <w:hyperlink r:id="rId562869a7f2804136b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12476</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5928,51 +5928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414269880de448f54" w:history="1">
+      <w:hyperlink r:id="rId104069a7f280413fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants8080287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6038,51 +6038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205469880de449007" w:history="1">
+      <w:hyperlink r:id="rId510569a7f280414a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-018-0058-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6168,51 +6168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520069880de4490d8" w:history="1">
+      <w:hyperlink r:id="rId170169a7f28041574" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00248-019-01459-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6238,51 +6238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1986, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613169880de44914a" w:history="1">
+      <w:hyperlink r:id="rId128269a7f280415e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6308,51 +6308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747269880de4491ba" w:history="1">
+      <w:hyperlink r:id="rId381469a7f28041654" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSDMAK/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6416,51 +6416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963369880de44926e" w:history="1">
+      <w:hyperlink r:id="rId371369a7f2804171e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6486,51 +6486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311169880de4492df" w:history="1">
+      <w:hyperlink r:id="rId905969a7f28041790" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2020/885/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6596,51 +6596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67–71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId890169880de44938d" w:history="1">
+      <w:hyperlink r:id="rId674369a7f2804183e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-011-0023-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7216,51 +7216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2216–2228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643869880de449785" w:history="1">
+      <w:hyperlink r:id="rId529669a7f28041c25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00062-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7502,51 +7502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 351–361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928269880de44995a" w:history="1">
+      <w:hyperlink r:id="rId446969a7f28041deb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.01.2017.0021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7728,51 +7728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 932–944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId726469880de449ac4" w:history="1">
+      <w:hyperlink r:id="rId335769a7f28041f52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/gbe/evx055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8074,51 +8074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13–23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107669880de449ce1" w:history="1">
+      <w:hyperlink r:id="rId408469a7f28042171" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-014-0328-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8224,51 +8224,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776969880de449dcd" w:history="1">
+      <w:hyperlink r:id="rId981969a7f2804225c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.01022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8412,51 +8412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139769880de449ef6" w:history="1">
+      <w:hyperlink r:id="rId329869a7f28042385" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9110,51 +9110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 631–640. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631269880de44a33c" w:history="1">
+      <w:hyperlink r:id="rId143069a7f280427ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9748,51 +9748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991669880de44a767" w:history="1">
+      <w:hyperlink r:id="rId468569a7f28042be6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-019-0184-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10074,51 +10074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">405</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149069880de44a996" w:history="1">
+      <w:hyperlink r:id="rId996469a7f28042de9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-015-2624-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10302,51 +10302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782069880de44ab02" w:history="1">
+      <w:hyperlink r:id="rId288369a7f28042f4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-13-0667-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10628,51 +10628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170969880de44ad0a" w:history="1">
+      <w:hyperlink r:id="rId912569a7f28043158" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-11-0195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10776,51 +10776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 316–328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595969880de44adf8" w:history="1">
+      <w:hyperlink r:id="rId839069a7f28043250" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/nrmicro.2018.17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10886,51 +10886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae pv. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257069880de44aeb0" w:history="1">
+      <w:hyperlink r:id="rId829869a7f28043309" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10943,63 +10943,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="690057" name="name589769880de44b24a" descr="eu_funding_250.png"/>
+            <wp:docPr id="54839039" name="name444669a7f280433b2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId850669880de44b249" cstate="print"/>
+                    <a:blip r:embed="rId794969a7f280433b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11097,137 +11097,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57978308">
+  <w:abstractNum w:abstractNumId="38703785">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52799274">
+    <w:lvl w:ilvl="0" w:tplc="37083190">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52799274" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37083190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52799274" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37083190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52799274" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37083190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52799274" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37083190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52799274" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37083190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52799274" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37083190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52799274" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37083190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52799274" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37083190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57978307">
+  <w:abstractNum w:abstractNumId="38703784">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99159686">
+    <w:lvl w:ilvl="0" w:tplc="58998845">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11979,55 +11979,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57978307">
-    <w:abstractNumId w:val="57978307"/>
+  <w:num w:numId="38703784">
+    <w:abstractNumId w:val="38703784"/>
   </w:num>
-  <w:num w:numId="57978308">
-    <w:abstractNumId w:val="57978308"/>
+  <w:num w:numId="38703785">
+    <w:abstractNumId w:val="38703785"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23577,51 +23577,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId605429552" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId116968491" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId224269880de445889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId441169880de4458f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId520669880de445f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId627369880de448a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId973769880de448b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId942669880de448c42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId977569880de448d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId498069880de448e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId791369880de448ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId414269880de448f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId205469880de449007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId520069880de4490d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId613169880de44914a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId747269880de4491ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId963369880de44926e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId311169880de4492df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId890169880de44938d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId643869880de449785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId928269880de44995a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId726469880de449ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId107669880de449ce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId776969880de449dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId139769880de449ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId631269880de44a33c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId991669880de44a767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId149069880de44a996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId782069880de44ab02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId170969880de44ad0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId595969880de44adf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId257069880de44aeb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId134569880de445df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId134569880de445df3.jpg"/><Relationship Id="rId421969880de44716e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId421969880de44716e.jpg"/><Relationship Id="rId850669880de44b249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId850669880de44b249.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId899136960" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931280333" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId374169a7f2803dcd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId431069a7f2803dd3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId225669a7f2803dfa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId159169a7f28040f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId590169a7f28041074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId667369a7f28041122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId367369a7f280411d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId907169a7f280412dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId562869a7f2804136b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId104069a7f280413fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId510569a7f280414a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId170169a7f28041574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId128269a7f280415e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId381469a7f28041654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId371369a7f2804171e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId905969a7f28041790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId674369a7f2804183e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId529669a7f28041c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId446969a7f28041deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId335769a7f28041f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId408469a7f28042171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId981969a7f2804225c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId329869a7f28042385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId143069a7f280427ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId468569a7f28042be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId996469a7f28042de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId288369a7f28042f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId912569a7f28043158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId839069a7f28043250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId829869a7f28043309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId516769a7f2803de4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId516769a7f2803de4f.jpg"/><Relationship Id="rId864769a7f2803f742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId864769a7f2803f742.jpg"/><Relationship Id="rId794969a7f280433b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId794969a7f280433b1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>