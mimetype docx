--- v5 (2026-03-04)
+++ v6 (2026-03-29)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Pseudomonadales: Pseudomonadaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of kiwi fruit</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374169a7f2803dcd0" w:history="1">
+            <w:hyperlink r:id="rId267269c8bbe773216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431069a7f2803dd3b" w:history="1">
+            <w:hyperlink r:id="rId386669c8bbe773280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64145956" name="name810769a7f2803de50" descr="8382.jpg"/>
+                  <wp:docPr id="33714570" name="name945669c8bbe773a2d" descr="19903.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="8382.jpg"/>
+                          <pic:cNvPr id="0" name="19903.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId516769a7f2803de4f" cstate="print"/>
+                          <a:blip r:embed="rId146169c8bbe773a2b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId225669a7f2803dfa8" w:history="1">
+            <w:hyperlink r:id="rId293269c8bbe773b4a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1739,63 +1739,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73481905" name="name483769a7f2803f745" descr="PSDMAK_distribution_map.jpg"/>
+            <wp:docPr id="62914755" name="name496769c8bbe775392" descr="PSDMAK_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAK_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId864769a7f2803f742" cstate="print"/>
+                    <a:blip r:embed="rId696469c8bbe77538d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5130,51 +5130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">162</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 60–70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159169a7f28040f02" w:history="1">
+      <w:hyperlink r:id="rId222569c8bbe776b4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5358,51 +5358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e57464. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590169a7f28041074" w:history="1">
+      <w:hyperlink r:id="rId448269c8bbe776cbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/0.1371/journal.pone.0057464</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5468,51 +5468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1034-1044. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667369a7f28041122" w:history="1">
+      <w:hyperlink r:id="rId688469c8bbe776d6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-12-0064-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5578,51 +5578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 819–832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367369a7f280411d1" w:history="1">
+      <w:hyperlink r:id="rId351369c8bbe776e1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.13662</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5748,51 +5748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 582-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907169a7f280412dc" w:history="1">
+      <w:hyperlink r:id="rId480869c8bbe776f23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12297</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5838,51 +5838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1), 92–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId562869a7f2804136b" w:history="1">
+      <w:hyperlink r:id="rId413969c8bbe776fb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12476</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5928,51 +5928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104069a7f280413fb" w:history="1">
+      <w:hyperlink r:id="rId854569c8bbe777041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants8080287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6038,51 +6038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510569a7f280414a9" w:history="1">
+      <w:hyperlink r:id="rId269869c8bbe7770ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-018-0058-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6168,51 +6168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170169a7f28041574" w:history="1">
+      <w:hyperlink r:id="rId198169c8bbe7771c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00248-019-01459-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6238,51 +6238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication EN-1986, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId128269a7f280415e5" w:history="1">
+      <w:hyperlink r:id="rId621769c8bbe77724c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6308,51 +6308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId381469a7f28041654" w:history="1">
+      <w:hyperlink r:id="rId608469c8bbe7772c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSDMAK/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6416,51 +6416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371369a7f2804171e" w:history="1">
+      <w:hyperlink r:id="rId646369c8bbe777378" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6486,51 +6486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Takikawa, Serizawa, Ichikawa, Tsuyumu &amp; Goto. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905969a7f28041790" w:history="1">
+      <w:hyperlink r:id="rId927969c8bbe7773f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2020/885/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6596,51 +6596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67–71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674369a7f2804183e" w:history="1">
+      <w:hyperlink r:id="rId916069c8bbe7774a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-011-0023-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7216,51 +7216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2216–2228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529669a7f28041c25" w:history="1">
+      <w:hyperlink r:id="rId470769c8bbe77787a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00062-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7502,51 +7502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 351–361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId446969a7f28041deb" w:history="1">
+      <w:hyperlink r:id="rId516669c8bbe777a3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.01.2017.0021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7728,51 +7728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 932–944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335769a7f28041f52" w:history="1">
+      <w:hyperlink r:id="rId558769c8bbe777ba4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/gbe/evx055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8074,51 +8074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13–23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408469a7f28042171" w:history="1">
+      <w:hyperlink r:id="rId393269c8bbe777dbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-014-0328-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8224,51 +8224,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981969a7f2804225c" w:history="1">
+      <w:hyperlink r:id="rId625069c8bbe777eab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.01022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8412,51 +8412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1563. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329869a7f28042385" w:history="1">
+      <w:hyperlink r:id="rId822369c8bbe777fdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9110,51 +9110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 631–640. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId143069a7f280427ed" w:history="1">
+      <w:hyperlink r:id="rId596169c8bbe77843c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9748,51 +9748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468569a7f28042be6" w:history="1">
+      <w:hyperlink r:id="rId402769c8bbe77882d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41438-019-0184-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10074,51 +10074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">405</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996469a7f28042de9" w:history="1">
+      <w:hyperlink r:id="rId921469c8bbe778a3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-015-2624-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10302,51 +10302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288369a7f28042f4d" w:history="1">
+      <w:hyperlink r:id="rId421469c8bbe778baf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-13-0667-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10628,51 +10628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912569a7f28043158" w:history="1">
+      <w:hyperlink r:id="rId275769c8bbe778db6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-11-0195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10776,51 +10776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 316–328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839069a7f28043250" w:history="1">
+      <w:hyperlink r:id="rId100769c8bbe778ea2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/nrmicro.2018.17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10886,51 +10886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae pv. actinidiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829869a7f28043309" w:history="1">
+      <w:hyperlink r:id="rId510469c8bbe778f57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10943,63 +10943,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54839039" name="name444669a7f280433b2" descr="eu_funding_250.png"/>
+            <wp:docPr id="34010041" name="name574269c8bbe779162" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId794969a7f280433b1" cstate="print"/>
+                    <a:blip r:embed="rId770169c8bbe779161" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11097,137 +11097,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38703785">
+  <w:abstractNum w:abstractNumId="79945282">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37083190">
+    <w:lvl w:ilvl="0" w:tplc="72691388">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37083190" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72691388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37083190" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72691388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37083190" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72691388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37083190" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72691388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37083190" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72691388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37083190" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72691388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37083190" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72691388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37083190" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72691388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38703784">
+  <w:abstractNum w:abstractNumId="79945281">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58998845">
+    <w:lvl w:ilvl="0" w:tplc="77351061">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11979,55 +11979,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38703784">
-    <w:abstractNumId w:val="38703784"/>
+  <w:num w:numId="79945281">
+    <w:abstractNumId w:val="79945281"/>
   </w:num>
-  <w:num w:numId="38703785">
-    <w:abstractNumId w:val="38703785"/>
+  <w:num w:numId="79945282">
+    <w:abstractNumId w:val="79945282"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23577,51 +23577,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId899136960" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931280333" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId374169a7f2803dcd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId431069a7f2803dd3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId225669a7f2803dfa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId159169a7f28040f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId590169a7f28041074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId667369a7f28041122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId367369a7f280411d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId907169a7f280412dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId562869a7f2804136b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId104069a7f280413fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId510569a7f280414a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId170169a7f28041574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId128269a7f280415e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId381469a7f28041654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId371369a7f2804171e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId905969a7f28041790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId674369a7f2804183e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId529669a7f28041c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId446969a7f28041deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId335769a7f28041f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId408469a7f28042171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId981969a7f2804225c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId329869a7f28042385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId143069a7f280427ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId468569a7f28042be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId996469a7f28042de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId288369a7f28042f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId912569a7f28043158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId839069a7f28043250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId829869a7f28043309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId516769a7f2803de4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId516769a7f2803de4f.jpg"/><Relationship Id="rId864769a7f2803f742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId864769a7f2803f742.jpg"/><Relationship Id="rId794969a7f280433b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId794969a7f280433b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId134592713" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId469355495" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId267269c8bbe773216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/" TargetMode="External"/><Relationship Id="rId386669c8bbe773280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/categorization" TargetMode="External"/><Relationship Id="rId293269c8bbe773b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/photos" TargetMode="External"/><Relationship Id="rId222569c8bbe776b4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12001" TargetMode="External"/><Relationship Id="rId448269c8bbe776cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/0.1371/journal.pone.0057464" TargetMode="External"/><Relationship Id="rId688469c8bbe776d6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-12-0064-R" TargetMode="External"/><Relationship Id="rId351369c8bbe776e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.13662" TargetMode="External"/><Relationship Id="rId480869c8bbe776f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12297" TargetMode="External"/><Relationship Id="rId413969c8bbe776fb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12476" TargetMode="External"/><Relationship Id="rId854569c8bbe777041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants8080287" TargetMode="External"/><Relationship Id="rId269869c8bbe7770ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-018-0058-6" TargetMode="External"/><Relationship Id="rId198169c8bbe7771c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00248-019-01459-8" TargetMode="External"/><Relationship Id="rId621769c8bbe77724c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1986" TargetMode="External"/><Relationship Id="rId608469c8bbe7772c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAK/documents" TargetMode="External"/><Relationship Id="rId646369c8bbe777378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec_impl/2017/198/oj" TargetMode="External"/><Relationship Id="rId927969c8bbe7773f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2020/885/oj" TargetMode="External"/><Relationship Id="rId916069c8bbe7774a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-011-0023-9" TargetMode="External"/><Relationship Id="rId470769c8bbe77787a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00062-14" TargetMode="External"/><Relationship Id="rId516669c8bbe777a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.01.2017.0021" TargetMode="External"/><Relationship Id="rId558769c8bbe777ba4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/gbe/evx055" TargetMode="External"/><Relationship Id="rId393269c8bbe777dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-014-0328-1" TargetMode="External"/><Relationship Id="rId625069c8bbe777eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.01022" TargetMode="External"/><Relationship Id="rId822369c8bbe777fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01563" TargetMode="External"/><Relationship Id="rId596169c8bbe77843c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00788.x" TargetMode="External"/><Relationship Id="rId402769c8bbe77882d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41438-019-0184-9" TargetMode="External"/><Relationship Id="rId921469c8bbe778a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-015-2624-0" TargetMode="External"/><Relationship Id="rId421469c8bbe778baf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-13-0667-PDN" TargetMode="External"/><Relationship Id="rId275769c8bbe778db6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-11-0195" TargetMode="External"/><Relationship Id="rId100769c8bbe778ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nrmicro.2018.17" TargetMode="External"/><Relationship Id="rId510469c8bbe778f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId146169c8bbe773a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId146169c8bbe773a2b.jpg"/><Relationship Id="rId696469c8bbe77538d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId696469c8bbe77538d.jpg"/><Relationship Id="rId770169c8bbe779161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId770169c8bbe779161.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>