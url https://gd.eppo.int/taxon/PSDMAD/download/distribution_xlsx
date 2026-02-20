--- v0 (2025-10-04)
+++ v1 (2026-02-20)
@@ -527,51 +527,51 @@
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>