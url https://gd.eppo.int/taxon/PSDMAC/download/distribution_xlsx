--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -512,51 +512,51 @@
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sardegna</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>