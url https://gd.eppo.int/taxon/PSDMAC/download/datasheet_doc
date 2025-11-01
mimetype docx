--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial fruit blotch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176168e78aee76437" w:history="1">
+            <w:hyperlink r:id="rId87106905d4d19b201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452168e78aee7647a" w:history="1">
+            <w:hyperlink r:id="rId74306905d4d19b246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81171698" name="name504768e78aee76ad0" descr="3793.jpg"/>
+                  <wp:docPr id="22342612" name="name64696905d4d19b313" descr="3793.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3793.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId249968e78aee76ace" cstate="print"/>
+                          <a:blip r:embed="rId67046905d4d19b312" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId244768e78aee76bd0" w:history="1">
+            <w:hyperlink r:id="rId32436905d4d19b43e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1647,63 +1647,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008); sporadic outbreaks have also been reported from Turkey, Italy, North Macedonia and Serbia (Demir, 1996; Mirik, 2006; Mitrev &amp; Arsov, 2020; Popović &amp; Ivanović, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56568935" name="name226768e78aee78086" descr="PSDMAC_distribution_map.jpg"/>
+            <wp:docPr id="58459357" name="name73536905d4d19cd19" descr="PSDMAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId529268e78aee78083" cstate="print"/>
+                    <a:blip r:embed="rId73596905d4d19cd0f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3665,101 +3665,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 805–815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529768e78aee78f06" w:history="1">
+      <w:hyperlink r:id="rId94776905d4d19dbd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00810.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carvalho FCQ, Santos LA, Dias RCS, Mariano RLR, Souza EB (2012) Selection of watermelon genotypes for resistance to bacterial fruit blotch. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphytica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680668e78aee78f5d" w:history="1">
+      <w:hyperlink r:id="rId97846905d4d19dc2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-012-0766-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4001,51 +4001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458468e78aee7911a" w:history="1">
+      <w:hyperlink r:id="rId52806905d4d19ddef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-8-1065A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 529–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944968e78aee79531" w:history="1">
+      <w:hyperlink r:id="rId76226905d4d19e1ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-80–0529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cucurbits with bactericidal chemicals in irrigation water. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243268e78aee79683" w:history="1">
+      <w:hyperlink r:id="rId57806905d4d19e34f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0129-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5193,51 +5193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938968e78aee7987d" w:history="1">
+      <w:hyperlink r:id="rId35026905d4d19e55d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.2002.86.1.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5323,51 +5323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6): 694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687068e78aee79945" w:history="1">
+      <w:hyperlink r:id="rId40596905d4d19e62a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1997.81.6.694C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5433,51 +5433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 351–351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194768e78aee799ef" w:history="1">
+      <w:hyperlink r:id="rId33606905d4d19e6d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1998.82.3.351D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in seed of Cucurbit crops. In: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683668e78aee79a5c" w:history="1">
+      <w:hyperlink r:id="rId16046905d4d19e746" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Retrieved on May 25th, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5622,51 +5622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610968e78aee79b14" w:history="1">
+      <w:hyperlink r:id="rId35896905d4d19e7ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-14-0286-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408168e78aee79bdc" w:history="1">
+      <w:hyperlink r:id="rId51406905d4d19e8c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1999.83.2.199B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5918,51 +5918,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 331.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacLeod A, Anderson H, Follak S, Van Der Gaag DJ, Potting R, Pruvost O, Smith J, Steffek R, Vloutoglou I, Holt J, Karadjova O, Kehlenbeck H, Labonne G, Reynaud P, Viaene N, Anthoine G, Holeva M, Hostachy B, Ilieva Z, Karssen G, Krumov V, Limon P, Meffert J, Niere B, Petriva E, Peyre J, Pfeilstetter E, Roelofs W, Rothlisberger F, Sauvion N, Schenck N, Shrader G, Shroeder T, Steinmoller S, Tjou‐Tam‐Sin L, Ventsislavov V, Verhoeven K, Wesemael W (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999668e78aee79ce6" w:history="1">
+      <w:hyperlink r:id="rId67736905d4d19e9d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6028,51 +6028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId966568e78aee79d90" w:history="1">
+      <w:hyperlink r:id="rId77116905d4d19ea7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.12.1406A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6158,51 +6158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 965. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836068e78aee79e59" w:history="1">
+      <w:hyperlink r:id="rId27836905d4d19eb48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.10.965D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6346,51 +6346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Republic of North Macedonia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (published online).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580768e78aee79f7e" w:history="1">
+      <w:hyperlink r:id="rId47996905d4d19ec6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-20-0204-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6632,51 +6632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 509–512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305968e78aee7a155" w:history="1">
+      <w:hyperlink r:id="rId62776905d4d19ee2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-76–0509</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Walcott RR (2005) Bacterial fruit blotch of cucurbits. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599168e78aee7a343" w:history="1">
+      <w:hyperlink r:id="rId75066905d4d19f017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2005-1025-02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId794168e78aee7a488" w:history="1">
+      <w:hyperlink r:id="rId26216905d4d19f15c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2000-0602-01-HN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7488,51 +7488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207-212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104668e78aee7a6a0" w:history="1">
+      <w:hyperlink r:id="rId76656905d4d19f399" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.46.2.207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7836,51 +7836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545268e78aee7a8bc" w:history="1">
+      <w:hyperlink r:id="rId71366905d4d19f5ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-012-0152-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7946,51 +7946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acidovorax citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954768e78aee7a976" w:history="1">
+      <w:hyperlink r:id="rId51256905d4d19f671" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8003,63 +8003,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86271587" name="name257668e78aee7aa0a" descr="eu_funding_250.png"/>
+            <wp:docPr id="34693417" name="name30026905d4d19f710" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId120068e78aee7aa09" cstate="print"/>
+                    <a:blip r:embed="rId47396905d4d19f70f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43839657">
+  <w:abstractNum w:abstractNumId="40370776">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57299855">
+    <w:lvl w:ilvl="0" w:tplc="85193960">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57299855" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85193960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57299855" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85193960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57299855" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85193960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57299855" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85193960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57299855" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85193960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57299855" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85193960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57299855" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85193960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57299855" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85193960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43839656">
+  <w:abstractNum w:abstractNumId="40370775">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55407672">
+    <w:lvl w:ilvl="0" w:tplc="90147067">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43839656">
-    <w:abstractNumId w:val="43839656"/>
+  <w:num w:numId="40370775">
+    <w:abstractNumId w:val="40370775"/>
   </w:num>
-  <w:num w:numId="43839657">
-    <w:abstractNumId w:val="43839657"/>
+  <w:num w:numId="40370776">
+    <w:abstractNumId w:val="40370776"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId984723185" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId829890162" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId176168e78aee76437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId452168e78aee7647a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId244768e78aee76bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId529768e78aee78f06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId680668e78aee78f5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId458468e78aee7911a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId944968e78aee79531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId243268e78aee79683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId938968e78aee7987d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId687068e78aee79945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId194768e78aee799ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId683668e78aee79a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId610968e78aee79b14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId408168e78aee79bdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId999668e78aee79ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId966568e78aee79d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId836068e78aee79e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId580768e78aee79f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId305968e78aee7a155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId599168e78aee7a343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId794168e78aee7a488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId104668e78aee7a6a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId545268e78aee7a8bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId954768e78aee7a976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId249968e78aee76ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249968e78aee76ace.jpg"/><Relationship Id="rId529268e78aee78083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId529268e78aee78083.jpg"/><Relationship Id="rId120068e78aee7aa09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId120068e78aee7aa09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId273489864" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId710216881" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87106905d4d19b201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId74306905d4d19b246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId32436905d4d19b43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId94776905d4d19dbd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId97846905d4d19dc2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId52806905d4d19ddef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId76226905d4d19e1ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId57806905d4d19e34f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId35026905d4d19e55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId40596905d4d19e62a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId33606905d4d19e6d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId16046905d4d19e746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId35896905d4d19e7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId51406905d4d19e8c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId67736905d4d19e9d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId77116905d4d19ea7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId27836905d4d19eb48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId47996905d4d19ec6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId62776905d4d19ee2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId75066905d4d19f017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId26216905d4d19f15c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId76656905d4d19f399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId71366905d4d19f5ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId51256905d4d19f671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67046905d4d19b312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67046905d4d19b312.jpg"/><Relationship Id="rId73596905d4d19cd0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73596905d4d19cd0f.jpg"/><Relationship Id="rId47396905d4d19f70f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47396905d4d19f70f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>