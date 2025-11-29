--- v1 (2025-11-01)
+++ v2 (2025-11-29)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial fruit blotch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87106905d4d19b201" w:history="1">
+            <w:hyperlink r:id="rId2319692ac3c3c1903" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74306905d4d19b246" w:history="1">
+            <w:hyperlink r:id="rId9375692ac3c3c1949" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22342612" name="name64696905d4d19b313" descr="3793.jpg"/>
+                  <wp:docPr id="10271304" name="name1706692ac3c3c1a21" descr="3793.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3793.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId67046905d4d19b312" cstate="print"/>
+                          <a:blip r:embed="rId7584692ac3c3c1a20" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId32436905d4d19b43e" w:history="1">
+            <w:hyperlink r:id="rId8112692ac3c3c1b53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1647,63 +1647,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008); sporadic outbreaks have also been reported from Turkey, Italy, North Macedonia and Serbia (Demir, 1996; Mirik, 2006; Mitrev &amp; Arsov, 2020; Popović &amp; Ivanović, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58459357" name="name73536905d4d19cd19" descr="PSDMAC_distribution_map.jpg"/>
+            <wp:docPr id="55786312" name="name4481692ac3c3c2411" descr="PSDMAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73596905d4d19cd0f" cstate="print"/>
+                    <a:blip r:embed="rId8222692ac3c3c2410" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3665,101 +3665,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 805–815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94776905d4d19dbd7" w:history="1">
+      <w:hyperlink r:id="rId7142692ac3c3c331b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00810.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carvalho FCQ, Santos LA, Dias RCS, Mariano RLR, Souza EB (2012) Selection of watermelon genotypes for resistance to bacterial fruit blotch. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphytica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97846905d4d19dc2e" w:history="1">
+      <w:hyperlink r:id="rId9375692ac3c3c3374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-012-0766-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4001,51 +4001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52806905d4d19ddef" w:history="1">
+      <w:hyperlink r:id="rId7582692ac3c3c3552" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-8-1065A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 529–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76226905d4d19e1ef" w:history="1">
+      <w:hyperlink r:id="rId3320692ac3c3c3988" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-80–0529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cucurbits with bactericidal chemicals in irrigation water. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57806905d4d19e34f" w:history="1">
+      <w:hyperlink r:id="rId8610692ac3c3c3ae7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0129-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5193,51 +5193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35026905d4d19e55d" w:history="1">
+      <w:hyperlink r:id="rId6516692ac3c3c3cf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.2002.86.1.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5323,51 +5323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6): 694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40596905d4d19e62a" w:history="1">
+      <w:hyperlink r:id="rId4729692ac3c3c3dc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1997.81.6.694C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5433,51 +5433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 351–351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33606905d4d19e6d6" w:history="1">
+      <w:hyperlink r:id="rId7672692ac3c3c3e77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1998.82.3.351D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in seed of Cucurbit crops. In: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16046905d4d19e746" w:history="1">
+      <w:hyperlink r:id="rId9366692ac3c3c3eec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Retrieved on May 25th, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5622,51 +5622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35896905d4d19e7ff" w:history="1">
+      <w:hyperlink r:id="rId6366692ac3c3c3fad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-14-0286-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51406905d4d19e8c8" w:history="1">
+      <w:hyperlink r:id="rId8317692ac3c3c407d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1999.83.2.199B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5918,51 +5918,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 331.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacLeod A, Anderson H, Follak S, Van Der Gaag DJ, Potting R, Pruvost O, Smith J, Steffek R, Vloutoglou I, Holt J, Karadjova O, Kehlenbeck H, Labonne G, Reynaud P, Viaene N, Anthoine G, Holeva M, Hostachy B, Ilieva Z, Karssen G, Krumov V, Limon P, Meffert J, Niere B, Petriva E, Peyre J, Pfeilstetter E, Roelofs W, Rothlisberger F, Sauvion N, Schenck N, Shrader G, Shroeder T, Steinmoller S, Tjou‐Tam‐Sin L, Ventsislavov V, Verhoeven K, Wesemael W (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67736905d4d19e9d2" w:history="1">
+      <w:hyperlink r:id="rId9501692ac3c3c4190" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6028,51 +6028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77116905d4d19ea7e" w:history="1">
+      <w:hyperlink r:id="rId1558692ac3c3c4241" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.12.1406A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6158,51 +6158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 965. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27836905d4d19eb48" w:history="1">
+      <w:hyperlink r:id="rId6682692ac3c3c430f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.10.965D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6346,51 +6346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Republic of North Macedonia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (published online).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47996905d4d19ec6d" w:history="1">
+      <w:hyperlink r:id="rId3558692ac3c3c4448" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-20-0204-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6632,51 +6632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 509–512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62776905d4d19ee2a" w:history="1">
+      <w:hyperlink r:id="rId3707692ac3c3c464f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-76–0509</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Walcott RR (2005) Bacterial fruit blotch of cucurbits. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75066905d4d19f017" w:history="1">
+      <w:hyperlink r:id="rId4088692ac3c3c4840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2005-1025-02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26216905d4d19f15c" w:history="1">
+      <w:hyperlink r:id="rId9525692ac3c3c4991" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2000-0602-01-HN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7488,51 +7488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207-212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76656905d4d19f399" w:history="1">
+      <w:hyperlink r:id="rId2829692ac3c3c4bb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.46.2.207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7836,51 +7836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71366905d4d19f5ba" w:history="1">
+      <w:hyperlink r:id="rId1452692ac3c3c4de5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-012-0152-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7946,51 +7946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acidovorax citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51256905d4d19f671" w:history="1">
+      <w:hyperlink r:id="rId2382692ac3c3c4e9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8003,63 +8003,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34693417" name="name30026905d4d19f710" descr="eu_funding_250.png"/>
+            <wp:docPr id="74180054" name="name1546692ac3c3c4f40" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47396905d4d19f70f" cstate="print"/>
+                    <a:blip r:embed="rId3776692ac3c3c4f3f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40370776">
+  <w:abstractNum w:abstractNumId="94300843">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85193960">
+    <w:lvl w:ilvl="0" w:tplc="74947081">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85193960" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74947081" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85193960" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74947081" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85193960" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74947081" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85193960" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74947081" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85193960" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74947081" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85193960" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74947081" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85193960" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74947081" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85193960" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74947081" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40370775">
+  <w:abstractNum w:abstractNumId="94300842">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90147067">
+    <w:lvl w:ilvl="0" w:tplc="55927851">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40370775">
-    <w:abstractNumId w:val="40370775"/>
+  <w:num w:numId="94300842">
+    <w:abstractNumId w:val="94300842"/>
   </w:num>
-  <w:num w:numId="40370776">
-    <w:abstractNumId w:val="40370776"/>
+  <w:num w:numId="94300843">
+    <w:abstractNumId w:val="94300843"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId273489864" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId710216881" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87106905d4d19b201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId74306905d4d19b246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId32436905d4d19b43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId94776905d4d19dbd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId97846905d4d19dc2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId52806905d4d19ddef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId76226905d4d19e1ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId57806905d4d19e34f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId35026905d4d19e55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId40596905d4d19e62a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId33606905d4d19e6d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId16046905d4d19e746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId35896905d4d19e7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId51406905d4d19e8c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId67736905d4d19e9d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId77116905d4d19ea7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId27836905d4d19eb48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId47996905d4d19ec6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId62776905d4d19ee2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId75066905d4d19f017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId26216905d4d19f15c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId76656905d4d19f399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId71366905d4d19f5ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId51256905d4d19f671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67046905d4d19b312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67046905d4d19b312.jpg"/><Relationship Id="rId73596905d4d19cd0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73596905d4d19cd0f.jpg"/><Relationship Id="rId47396905d4d19f70f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47396905d4d19f70f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId999447830" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId987418034" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2319692ac3c3c1903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId9375692ac3c3c1949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId8112692ac3c3c1b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId7142692ac3c3c331b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId9375692ac3c3c3374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId7582692ac3c3c3552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId3320692ac3c3c3988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId8610692ac3c3c3ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId6516692ac3c3c3cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId4729692ac3c3c3dc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId7672692ac3c3c3e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId9366692ac3c3c3eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId6366692ac3c3c3fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId8317692ac3c3c407d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId9501692ac3c3c4190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId1558692ac3c3c4241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId6682692ac3c3c430f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId3558692ac3c3c4448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId3707692ac3c3c464f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId4088692ac3c3c4840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId9525692ac3c3c4991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId2829692ac3c3c4bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId1452692ac3c3c4de5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId2382692ac3c3c4e9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7584692ac3c3c1a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7584692ac3c3c1a20.jpg"/><Relationship Id="rId8222692ac3c3c2410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8222692ac3c3c2410.jpg"/><Relationship Id="rId3776692ac3c3c4f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3776692ac3c3c4f3f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>