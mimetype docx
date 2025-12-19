--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial fruit blotch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2319692ac3c3c1903" w:history="1">
+            <w:hyperlink r:id="rId13586945b2b11f26a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9375692ac3c3c1949" w:history="1">
+            <w:hyperlink r:id="rId65816945b2b11f2ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10271304" name="name1706692ac3c3c1a21" descr="3793.jpg"/>
+                  <wp:docPr id="81733986" name="name58446945b2b11fba9" descr="3793.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3793.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7584692ac3c3c1a20" cstate="print"/>
+                          <a:blip r:embed="rId34636945b2b11fba7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8112692ac3c3c1b53" w:history="1">
+            <w:hyperlink r:id="rId61146945b2b11fd1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1647,63 +1647,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008); sporadic outbreaks have also been reported from Turkey, Italy, North Macedonia and Serbia (Demir, 1996; Mirik, 2006; Mitrev &amp; Arsov, 2020; Popović &amp; Ivanović, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55786312" name="name4481692ac3c3c2411" descr="PSDMAC_distribution_map.jpg"/>
+            <wp:docPr id="85354996" name="name78936945b2b12128f" descr="PSDMAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8222692ac3c3c2410" cstate="print"/>
+                    <a:blip r:embed="rId85766945b2b12128c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3665,101 +3665,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 805–815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7142692ac3c3c331b" w:history="1">
+      <w:hyperlink r:id="rId66316945b2b122251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00810.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carvalho FCQ, Santos LA, Dias RCS, Mariano RLR, Souza EB (2012) Selection of watermelon genotypes for resistance to bacterial fruit blotch. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphytica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9375692ac3c3c3374" w:history="1">
+      <w:hyperlink r:id="rId51216945b2b1222ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-012-0766-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4001,51 +4001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7582692ac3c3c3552" w:history="1">
+      <w:hyperlink r:id="rId36926945b2b122481" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-8-1065A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 529–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3320692ac3c3c3988" w:history="1">
+      <w:hyperlink r:id="rId78446945b2b122919" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-80–0529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cucurbits with bactericidal chemicals in irrigation water. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8610692ac3c3c3ae7" w:history="1">
+      <w:hyperlink r:id="rId54436945b2b122a80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0129-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5193,51 +5193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6516692ac3c3c3cf4" w:history="1">
+      <w:hyperlink r:id="rId90316945b2b122cb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.2002.86.1.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5323,51 +5323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6): 694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4729692ac3c3c3dc8" w:history="1">
+      <w:hyperlink r:id="rId31826945b2b122d96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1997.81.6.694C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5433,51 +5433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 351–351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7672692ac3c3c3e77" w:history="1">
+      <w:hyperlink r:id="rId33656945b2b122e49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1998.82.3.351D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in seed of Cucurbit crops. In: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9366692ac3c3c3eec" w:history="1">
+      <w:hyperlink r:id="rId52486945b2b122ebb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Retrieved on May 25th, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5622,51 +5622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6366692ac3c3c3fad" w:history="1">
+      <w:hyperlink r:id="rId77646945b2b122f77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-14-0286-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8317692ac3c3c407d" w:history="1">
+      <w:hyperlink r:id="rId45006945b2b123043" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1999.83.2.199B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5918,51 +5918,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 331.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacLeod A, Anderson H, Follak S, Van Der Gaag DJ, Potting R, Pruvost O, Smith J, Steffek R, Vloutoglou I, Holt J, Karadjova O, Kehlenbeck H, Labonne G, Reynaud P, Viaene N, Anthoine G, Holeva M, Hostachy B, Ilieva Z, Karssen G, Krumov V, Limon P, Meffert J, Niere B, Petriva E, Peyre J, Pfeilstetter E, Roelofs W, Rothlisberger F, Sauvion N, Schenck N, Shrader G, Shroeder T, Steinmoller S, Tjou‐Tam‐Sin L, Ventsislavov V, Verhoeven K, Wesemael W (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9501692ac3c3c4190" w:history="1">
+      <w:hyperlink r:id="rId83686945b2b12314f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6028,51 +6028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1558692ac3c3c4241" w:history="1">
+      <w:hyperlink r:id="rId30926945b2b1231fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.12.1406A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6158,51 +6158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 965. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6682692ac3c3c430f" w:history="1">
+      <w:hyperlink r:id="rId70986945b2b1232dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.10.965D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6346,51 +6346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Republic of North Macedonia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (published online).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3558692ac3c3c4448" w:history="1">
+      <w:hyperlink r:id="rId10146945b2b12340c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-20-0204-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6632,51 +6632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 509–512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3707692ac3c3c464f" w:history="1">
+      <w:hyperlink r:id="rId74066945b2b1235de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-76–0509</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Walcott RR (2005) Bacterial fruit blotch of cucurbits. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4088692ac3c3c4840" w:history="1">
+      <w:hyperlink r:id="rId32456945b2b1237c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2005-1025-02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9525692ac3c3c4991" w:history="1">
+      <w:hyperlink r:id="rId64196945b2b123905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2000-0602-01-HN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7488,51 +7488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207-212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2829692ac3c3c4bb8" w:history="1">
+      <w:hyperlink r:id="rId64266945b2b123b20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.46.2.207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7836,51 +7836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1452692ac3c3c4de5" w:history="1">
+      <w:hyperlink r:id="rId17216945b2b123d3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-012-0152-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7946,51 +7946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acidovorax citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2382692ac3c3c4e9d" w:history="1">
+      <w:hyperlink r:id="rId13876945b2b123df1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8003,63 +8003,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74180054" name="name1546692ac3c3c4f40" descr="eu_funding_250.png"/>
+            <wp:docPr id="20840464" name="name56576945b2b1241da" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3776692ac3c3c4f3f" cstate="print"/>
+                    <a:blip r:embed="rId96646945b2b1241d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94300843">
+  <w:abstractNum w:abstractNumId="43954451">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74947081">
+    <w:lvl w:ilvl="0" w:tplc="95674015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74947081" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95674015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74947081" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95674015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74947081" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95674015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74947081" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95674015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74947081" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95674015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74947081" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95674015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74947081" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95674015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74947081" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95674015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94300842">
+  <w:abstractNum w:abstractNumId="43954450">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55927851">
+    <w:lvl w:ilvl="0" w:tplc="42819637">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94300842">
-    <w:abstractNumId w:val="94300842"/>
+  <w:num w:numId="43954450">
+    <w:abstractNumId w:val="43954450"/>
   </w:num>
-  <w:num w:numId="94300843">
-    <w:abstractNumId w:val="94300843"/>
+  <w:num w:numId="43954451">
+    <w:abstractNumId w:val="43954451"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId999447830" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId987418034" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2319692ac3c3c1903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId9375692ac3c3c1949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId8112692ac3c3c1b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId7142692ac3c3c331b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId9375692ac3c3c3374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId7582692ac3c3c3552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId3320692ac3c3c3988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId8610692ac3c3c3ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId6516692ac3c3c3cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId4729692ac3c3c3dc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId7672692ac3c3c3e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId9366692ac3c3c3eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId6366692ac3c3c3fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId8317692ac3c3c407d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId9501692ac3c3c4190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId1558692ac3c3c4241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId6682692ac3c3c430f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId3558692ac3c3c4448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId3707692ac3c3c464f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId4088692ac3c3c4840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId9525692ac3c3c4991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId2829692ac3c3c4bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId1452692ac3c3c4de5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId2382692ac3c3c4e9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7584692ac3c3c1a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7584692ac3c3c1a20.jpg"/><Relationship Id="rId8222692ac3c3c2410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8222692ac3c3c2410.jpg"/><Relationship Id="rId3776692ac3c3c4f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3776692ac3c3c4f3f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId545768615" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId914299316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId13586945b2b11f26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId65816945b2b11f2ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId61146945b2b11fd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId66316945b2b122251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId51216945b2b1222ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId36926945b2b122481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId78446945b2b122919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId54436945b2b122a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId90316945b2b122cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId31826945b2b122d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId33656945b2b122e49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId52486945b2b122ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId77646945b2b122f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId45006945b2b123043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId83686945b2b12314f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId30926945b2b1231fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId70986945b2b1232dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId10146945b2b12340c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId74066945b2b1235de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId32456945b2b1237c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId64196945b2b123905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId64266945b2b123b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId17216945b2b123d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId13876945b2b123df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34636945b2b11fba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34636945b2b11fba7.jpg"/><Relationship Id="rId85766945b2b12128c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85766945b2b12128c.jpg"/><Relationship Id="rId96646945b2b1241d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96646945b2b1241d8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>