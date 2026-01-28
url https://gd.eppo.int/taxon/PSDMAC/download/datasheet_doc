--- v3 (2025-12-19)
+++ v4 (2026-01-28)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial fruit blotch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13586945b2b11f26a" w:history="1">
+            <w:hyperlink r:id="rId43626979e7d6e0013" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65816945b2b11f2ae" w:history="1">
+            <w:hyperlink r:id="rId11796979e7d6e0056" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81733986" name="name58446945b2b11fba9" descr="3793.jpg"/>
+                  <wp:docPr id="1424472" name="name86876979e7d6e0146" descr="3793.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3793.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId34636945b2b11fba7" cstate="print"/>
+                          <a:blip r:embed="rId71886979e7d6e0145" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId61146945b2b11fd1e" w:history="1">
+            <w:hyperlink r:id="rId28976979e7d6e023f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1647,63 +1647,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008); sporadic outbreaks have also been reported from Turkey, Italy, North Macedonia and Serbia (Demir, 1996; Mirik, 2006; Mitrev &amp; Arsov, 2020; Popović &amp; Ivanović, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85354996" name="name78936945b2b12128f" descr="PSDMAC_distribution_map.jpg"/>
+            <wp:docPr id="48126991" name="name33926979e7d6e179d" descr="PSDMAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85766945b2b12128c" cstate="print"/>
+                    <a:blip r:embed="rId67016979e7d6e179a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3665,101 +3665,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 805–815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66316945b2b122251" w:history="1">
+      <w:hyperlink r:id="rId40936979e7d6e2706" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00810.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carvalho FCQ, Santos LA, Dias RCS, Mariano RLR, Souza EB (2012) Selection of watermelon genotypes for resistance to bacterial fruit blotch. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphytica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51216945b2b1222ba" w:history="1">
+      <w:hyperlink r:id="rId34716979e7d6e2760" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-012-0766-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4001,51 +4001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36926945b2b122481" w:history="1">
+      <w:hyperlink r:id="rId88806979e7d6e2944" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-8-1065A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 529–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78446945b2b122919" w:history="1">
+      <w:hyperlink r:id="rId67166979e7d6e2d75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-80–0529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cucurbits with bactericidal chemicals in irrigation water. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54436945b2b122a80" w:history="1">
+      <w:hyperlink r:id="rId68086979e7d6e2ed1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0129-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5193,51 +5193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90316945b2b122cb1" w:history="1">
+      <w:hyperlink r:id="rId58676979e7d6e30dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.2002.86.1.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5323,51 +5323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6): 694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31826945b2b122d96" w:history="1">
+      <w:hyperlink r:id="rId98046979e7d6e31ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1997.81.6.694C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5433,51 +5433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 351–351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33656945b2b122e49" w:history="1">
+      <w:hyperlink r:id="rId76836979e7d6e325d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1998.82.3.351D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in seed of Cucurbit crops. In: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52486945b2b122ebb" w:history="1">
+      <w:hyperlink r:id="rId15966979e7d6e32d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Retrieved on May 25th, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5622,51 +5622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77646945b2b122f77" w:history="1">
+      <w:hyperlink r:id="rId93626979e7d6e338e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-14-0286-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45006945b2b123043" w:history="1">
+      <w:hyperlink r:id="rId91966979e7d6e345c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1999.83.2.199B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5918,51 +5918,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 331.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacLeod A, Anderson H, Follak S, Van Der Gaag DJ, Potting R, Pruvost O, Smith J, Steffek R, Vloutoglou I, Holt J, Karadjova O, Kehlenbeck H, Labonne G, Reynaud P, Viaene N, Anthoine G, Holeva M, Hostachy B, Ilieva Z, Karssen G, Krumov V, Limon P, Meffert J, Niere B, Petriva E, Peyre J, Pfeilstetter E, Roelofs W, Rothlisberger F, Sauvion N, Schenck N, Shrader G, Shroeder T, Steinmoller S, Tjou‐Tam‐Sin L, Ventsislavov V, Verhoeven K, Wesemael W (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83686945b2b12314f" w:history="1">
+      <w:hyperlink r:id="rId41296979e7d6e356e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6028,51 +6028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30926945b2b1231fd" w:history="1">
+      <w:hyperlink r:id="rId38496979e7d6e361f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.12.1406A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6158,51 +6158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 965. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70986945b2b1232dc" w:history="1">
+      <w:hyperlink r:id="rId84456979e7d6e36ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.10.965D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6346,51 +6346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Republic of North Macedonia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (published online).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10146945b2b12340c" w:history="1">
+      <w:hyperlink r:id="rId35166979e7d6e3832" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-20-0204-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6632,51 +6632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 509–512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74066945b2b1235de" w:history="1">
+      <w:hyperlink r:id="rId84366979e7d6e3a14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-76–0509</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Walcott RR (2005) Bacterial fruit blotch of cucurbits. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32456945b2b1237c2" w:history="1">
+      <w:hyperlink r:id="rId21606979e7d6e3c0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2005-1025-02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64196945b2b123905" w:history="1">
+      <w:hyperlink r:id="rId15966979e7d6e3d58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2000-0602-01-HN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7488,51 +7488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207-212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64266945b2b123b20" w:history="1">
+      <w:hyperlink r:id="rId97466979e7d6e3f7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.46.2.207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7836,51 +7836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17216945b2b123d3d" w:history="1">
+      <w:hyperlink r:id="rId20956979e7d6e419c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-012-0152-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7924,73 +7924,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acidovorax citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13876945b2b123df1" w:history="1">
+      <w:hyperlink r:id="rId23846979e7d6e4252" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8003,63 +8003,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20840464" name="name56576945b2b1241da" descr="eu_funding_250.png"/>
+            <wp:docPr id="28621315" name="name48326979e7d6e4331" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96646945b2b1241d8" cstate="print"/>
+                    <a:blip r:embed="rId29256979e7d6e4330" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43954451">
+  <w:abstractNum w:abstractNumId="52251552">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95674015">
+    <w:lvl w:ilvl="0" w:tplc="63428907">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95674015" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63428907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95674015" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63428907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95674015" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63428907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95674015" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63428907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95674015" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63428907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95674015" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63428907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95674015" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63428907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95674015" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63428907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43954450">
+  <w:abstractNum w:abstractNumId="52251551">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42819637">
+    <w:lvl w:ilvl="0" w:tplc="70086993">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43954450">
-    <w:abstractNumId w:val="43954450"/>
+  <w:num w:numId="52251551">
+    <w:abstractNumId w:val="52251551"/>
   </w:num>
-  <w:num w:numId="43954451">
-    <w:abstractNumId w:val="43954451"/>
+  <w:num w:numId="52251552">
+    <w:abstractNumId w:val="52251552"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId545768615" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId914299316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId13586945b2b11f26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId65816945b2b11f2ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId61146945b2b11fd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId66316945b2b122251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId51216945b2b1222ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId36926945b2b122481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId78446945b2b122919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId54436945b2b122a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId90316945b2b122cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId31826945b2b122d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId33656945b2b122e49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId52486945b2b122ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId77646945b2b122f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId45006945b2b123043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId83686945b2b12314f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId30926945b2b1231fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId70986945b2b1232dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId10146945b2b12340c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId74066945b2b1235de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId32456945b2b1237c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId64196945b2b123905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId64266945b2b123b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId17216945b2b123d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId13876945b2b123df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34636945b2b11fba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34636945b2b11fba7.jpg"/><Relationship Id="rId85766945b2b12128c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85766945b2b12128c.jpg"/><Relationship Id="rId96646945b2b1241d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96646945b2b1241d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688159500" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId681950568" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43626979e7d6e0013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId11796979e7d6e0056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId28976979e7d6e023f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId40936979e7d6e2706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId34716979e7d6e2760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId88806979e7d6e2944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId67166979e7d6e2d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId68086979e7d6e2ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId58676979e7d6e30dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId98046979e7d6e31ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId76836979e7d6e325d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId15966979e7d6e32d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId93626979e7d6e338e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId91966979e7d6e345c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId41296979e7d6e356e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId38496979e7d6e361f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId84456979e7d6e36ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId35166979e7d6e3832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId84366979e7d6e3a14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId21606979e7d6e3c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId15966979e7d6e3d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId97466979e7d6e3f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId20956979e7d6e419c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId23846979e7d6e4252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71886979e7d6e0145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71886979e7d6e0145.jpg"/><Relationship Id="rId67016979e7d6e179a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67016979e7d6e179a.jpg"/><Relationship Id="rId29256979e7d6e4330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29256979e7d6e4330.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>