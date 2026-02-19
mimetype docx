--- v4 (2026-01-28)
+++ v5 (2026-02-19)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial fruit blotch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43626979e7d6e0013" w:history="1">
+            <w:hyperlink r:id="rId68986996ef7fdd49a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11796979e7d6e0056" w:history="1">
+            <w:hyperlink r:id="rId67946996ef7fdd4e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1424472" name="name86876979e7d6e0146" descr="3793.jpg"/>
+                  <wp:docPr id="64424558" name="name18076996ef7fdd87a" descr="3793.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3793.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId71886979e7d6e0145" cstate="print"/>
+                          <a:blip r:embed="rId55966996ef7fdd878" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28976979e7d6e023f" w:history="1">
+            <w:hyperlink r:id="rId75966996ef7fdd9b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1647,105 +1647,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008); sporadic outbreaks have also been reported from Turkey, Italy, North Macedonia and Serbia (Demir, 1996; Mirik, 2006; Mitrev &amp; Arsov, 2020; Popović &amp; Ivanović, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48126991" name="name33926979e7d6e179d" descr="PSDMAC_distribution_map.jpg"/>
+            <wp:docPr id="49715616" name="name51736996ef7fdf0b4" descr="PSDMAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67016979e7d6e179a" cstate="print"/>
+                    <a:blip r:embed="rId52736996ef7fdf0b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Greece (mainland), Hungary, North Macedonia, Russian Federation (the) (Central Russia, Southern Russia)</w:t>
+        <w:t xml:space="preserve"> Greece (mainland), Hungary, North Macedonia, Russian Federation (Central Russia, Southern Russia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Fujian, Gansu, Guangdong, Guangxi, Hainan, Hebei, Heilongjiang, Henan, Hunan, Jiangsu, Jiangxi, Jilin, Liaoning, Neimenggu, Ningxia, Shandong, Shanghai, Shanxi, Xinjiang, Yunnan, Zhejiang), Korea, Republic of, Malaysia (Sarawak), Taiwan, Thailand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3665,101 +3665,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 805–815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40936979e7d6e2706" w:history="1">
+      <w:hyperlink r:id="rId43656996ef7fe02c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00810.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carvalho FCQ, Santos LA, Dias RCS, Mariano RLR, Souza EB (2012) Selection of watermelon genotypes for resistance to bacterial fruit blotch. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphytica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34716979e7d6e2760" w:history="1">
+      <w:hyperlink r:id="rId60746996ef7fe031c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-012-0766-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4001,51 +4001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88806979e7d6e2944" w:history="1">
+      <w:hyperlink r:id="rId96516996ef7fe055b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-8-1065A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 529–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67166979e7d6e2d75" w:history="1">
+      <w:hyperlink r:id="rId13206996ef7fe09fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-80–0529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cucurbits with bactericidal chemicals in irrigation water. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68086979e7d6e2ed1" w:history="1">
+      <w:hyperlink r:id="rId27786996ef7fe0b73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0129-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5193,51 +5193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58676979e7d6e30dd" w:history="1">
+      <w:hyperlink r:id="rId27126996ef7fe0e4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.2002.86.1.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5323,51 +5323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6): 694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98046979e7d6e31ae" w:history="1">
+      <w:hyperlink r:id="rId41526996ef7fe1123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1997.81.6.694C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5433,51 +5433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 351–351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76836979e7d6e325d" w:history="1">
+      <w:hyperlink r:id="rId49466996ef7fe124e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1998.82.3.351D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in seed of Cucurbit crops. In: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15966979e7d6e32d0" w:history="1">
+      <w:hyperlink r:id="rId18306996ef7fe12ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Retrieved on May 25th, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5622,51 +5622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93626979e7d6e338e" w:history="1">
+      <w:hyperlink r:id="rId70616996ef7fe14e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-14-0286-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91966979e7d6e345c" w:history="1">
+      <w:hyperlink r:id="rId48806996ef7fe15e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1999.83.2.199B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5918,51 +5918,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 331.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacLeod A, Anderson H, Follak S, Van Der Gaag DJ, Potting R, Pruvost O, Smith J, Steffek R, Vloutoglou I, Holt J, Karadjova O, Kehlenbeck H, Labonne G, Reynaud P, Viaene N, Anthoine G, Holeva M, Hostachy B, Ilieva Z, Karssen G, Krumov V, Limon P, Meffert J, Niere B, Petriva E, Peyre J, Pfeilstetter E, Roelofs W, Rothlisberger F, Sauvion N, Schenck N, Shrader G, Shroeder T, Steinmoller S, Tjou‐Tam‐Sin L, Ventsislavov V, Verhoeven K, Wesemael W (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41296979e7d6e356e" w:history="1">
+      <w:hyperlink r:id="rId10126996ef7fe172a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6028,51 +6028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38496979e7d6e361f" w:history="1">
+      <w:hyperlink r:id="rId66186996ef7fe18d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.12.1406A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6158,51 +6158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 965. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84456979e7d6e36ee" w:history="1">
+      <w:hyperlink r:id="rId83736996ef7fe19d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.10.965D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6346,51 +6346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Republic of North Macedonia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (published online).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35166979e7d6e3832" w:history="1">
+      <w:hyperlink r:id="rId99536996ef7fe1b18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-20-0204-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6632,51 +6632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 509–512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84366979e7d6e3a14" w:history="1">
+      <w:hyperlink r:id="rId53606996ef7fe1d14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-76–0509</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Walcott RR (2005) Bacterial fruit blotch of cucurbits. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21606979e7d6e3c0c" w:history="1">
+      <w:hyperlink r:id="rId74926996ef7fe1eff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2005-1025-02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15966979e7d6e3d58" w:history="1">
+      <w:hyperlink r:id="rId65776996ef7fe2068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2000-0602-01-HN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7488,51 +7488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207-212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97466979e7d6e3f7a" w:history="1">
+      <w:hyperlink r:id="rId40876996ef7fe2290" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.46.2.207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7836,51 +7836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20956979e7d6e419c" w:history="1">
+      <w:hyperlink r:id="rId49266996ef7fe24b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-012-0152-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7946,51 +7946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acidovorax citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23846979e7d6e4252" w:history="1">
+      <w:hyperlink r:id="rId69166996ef7fe2573" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8003,63 +8003,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28621315" name="name48326979e7d6e4331" descr="eu_funding_250.png"/>
+            <wp:docPr id="32095084" name="name57706996ef7fe2650" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29256979e7d6e4330" cstate="print"/>
+                    <a:blip r:embed="rId60286996ef7fe264e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52251552">
+  <w:abstractNum w:abstractNumId="72457963">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63428907">
+    <w:lvl w:ilvl="0" w:tplc="61871813">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63428907" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61871813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63428907" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61871813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63428907" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61871813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63428907" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61871813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63428907" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61871813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63428907" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61871813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63428907" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61871813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63428907" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61871813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52251551">
+  <w:abstractNum w:abstractNumId="72457962">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70086993">
+    <w:lvl w:ilvl="0" w:tplc="71380671">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52251551">
-    <w:abstractNumId w:val="52251551"/>
+  <w:num w:numId="72457962">
+    <w:abstractNumId w:val="72457962"/>
   </w:num>
-  <w:num w:numId="52251552">
-    <w:abstractNumId w:val="52251552"/>
+  <w:num w:numId="72457963">
+    <w:abstractNumId w:val="72457963"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688159500" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId681950568" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43626979e7d6e0013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId11796979e7d6e0056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId28976979e7d6e023f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId40936979e7d6e2706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId34716979e7d6e2760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId88806979e7d6e2944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId67166979e7d6e2d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId68086979e7d6e2ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId58676979e7d6e30dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId98046979e7d6e31ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId76836979e7d6e325d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId15966979e7d6e32d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId93626979e7d6e338e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId91966979e7d6e345c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId41296979e7d6e356e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId38496979e7d6e361f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId84456979e7d6e36ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId35166979e7d6e3832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId84366979e7d6e3a14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId21606979e7d6e3c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId15966979e7d6e3d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId97466979e7d6e3f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId20956979e7d6e419c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId23846979e7d6e4252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71886979e7d6e0145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71886979e7d6e0145.jpg"/><Relationship Id="rId67016979e7d6e179a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67016979e7d6e179a.jpg"/><Relationship Id="rId29256979e7d6e4330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29256979e7d6e4330.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId771280409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId992071676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68986996ef7fdd49a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId67946996ef7fdd4e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId75966996ef7fdd9b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId43656996ef7fe02c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId60746996ef7fe031c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId96516996ef7fe055b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId13206996ef7fe09fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId27786996ef7fe0b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId27126996ef7fe0e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId41526996ef7fe1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId49466996ef7fe124e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId18306996ef7fe12ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId70616996ef7fe14e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId48806996ef7fe15e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId10126996ef7fe172a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId66186996ef7fe18d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId83736996ef7fe19d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId99536996ef7fe1b18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId53606996ef7fe1d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId74926996ef7fe1eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId65776996ef7fe2068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId40876996ef7fe2290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId49266996ef7fe24b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId69166996ef7fe2573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55966996ef7fdd878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55966996ef7fdd878.jpg"/><Relationship Id="rId52736996ef7fdf0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52736996ef7fdf0b1.jpg"/><Relationship Id="rId60286996ef7fe264e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60286996ef7fe264e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>