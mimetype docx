--- v5 (2026-02-19)
+++ v6 (2026-03-11)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial fruit blotch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68986996ef7fdd49a" w:history="1">
+            <w:hyperlink r:id="rId743569b1726adbe2d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67946996ef7fdd4e3" w:history="1">
+            <w:hyperlink r:id="rId624869b1726adbe73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64424558" name="name18076996ef7fdd87a" descr="3793.jpg"/>
+                  <wp:docPr id="10616250" name="name568269b1726adbf95" descr="3793.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3793.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId55966996ef7fdd878" cstate="print"/>
+                          <a:blip r:embed="rId791269b1726adbf94" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId75966996ef7fdd9b6" w:history="1">
+            <w:hyperlink r:id="rId968669b1726adc0b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1647,63 +1647,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008); sporadic outbreaks have also been reported from Turkey, Italy, North Macedonia and Serbia (Demir, 1996; Mirik, 2006; Mitrev &amp; Arsov, 2020; Popović &amp; Ivanović, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49715616" name="name51736996ef7fdf0b4" descr="PSDMAC_distribution_map.jpg"/>
+            <wp:docPr id="64450241" name="name423769b1726add844" descr="PSDMAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52736996ef7fdf0b1" cstate="print"/>
+                    <a:blip r:embed="rId420369b1726add840" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3665,101 +3665,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 805–815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43656996ef7fe02c0" w:history="1">
+      <w:hyperlink r:id="rId647469b1726ade776" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00810.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carvalho FCQ, Santos LA, Dias RCS, Mariano RLR, Souza EB (2012) Selection of watermelon genotypes for resistance to bacterial fruit blotch. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphytica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60746996ef7fe031c" w:history="1">
+      <w:hyperlink r:id="rId529169b1726ade7cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-012-0766-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4001,51 +4001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96516996ef7fe055b" w:history="1">
+      <w:hyperlink r:id="rId693369b1726ade98f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-8-1065A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 529–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13206996ef7fe09fe" w:history="1">
+      <w:hyperlink r:id="rId592169b1726adedb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-80–0529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cucurbits with bactericidal chemicals in irrigation water. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27786996ef7fe0b73" w:history="1">
+      <w:hyperlink r:id="rId569869b1726adef01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0129-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5193,51 +5193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27126996ef7fe0e4f" w:history="1">
+      <w:hyperlink r:id="rId503769b1726adf0ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.2002.86.1.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5323,51 +5323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6): 694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41526996ef7fe1123" w:history="1">
+      <w:hyperlink r:id="rId299669b1726adf1ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1997.81.6.694C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5433,51 +5433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 351–351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49466996ef7fe124e" w:history="1">
+      <w:hyperlink r:id="rId311669b1726adf274" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1998.82.3.351D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in seed of Cucurbit crops. In: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18306996ef7fe12ea" w:history="1">
+      <w:hyperlink r:id="rId227069b1726adf2e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Retrieved on May 25th, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5622,51 +5622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70616996ef7fe14e4" w:history="1">
+      <w:hyperlink r:id="rId687269b1726adf39d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-14-0286-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48806996ef7fe15e5" w:history="1">
+      <w:hyperlink r:id="rId824469b1726adf466" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1999.83.2.199B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5918,51 +5918,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 331.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacLeod A, Anderson H, Follak S, Van Der Gaag DJ, Potting R, Pruvost O, Smith J, Steffek R, Vloutoglou I, Holt J, Karadjova O, Kehlenbeck H, Labonne G, Reynaud P, Viaene N, Anthoine G, Holeva M, Hostachy B, Ilieva Z, Karssen G, Krumov V, Limon P, Meffert J, Niere B, Petriva E, Peyre J, Pfeilstetter E, Roelofs W, Rothlisberger F, Sauvion N, Schenck N, Shrader G, Shroeder T, Steinmoller S, Tjou‐Tam‐Sin L, Ventsislavov V, Verhoeven K, Wesemael W (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10126996ef7fe172a" w:history="1">
+      <w:hyperlink r:id="rId331969b1726adf56d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6028,51 +6028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66186996ef7fe18d1" w:history="1">
+      <w:hyperlink r:id="rId453169b1726adf620" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.12.1406A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6158,51 +6158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 965. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83736996ef7fe19d5" w:history="1">
+      <w:hyperlink r:id="rId183969b1726adf6ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.10.965D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6346,51 +6346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Republic of North Macedonia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (published online).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99536996ef7fe1b18" w:history="1">
+      <w:hyperlink r:id="rId918469b1726adf815" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-20-0204-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6632,51 +6632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 509–512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53606996ef7fe1d14" w:history="1">
+      <w:hyperlink r:id="rId132169b1726adf9ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-76–0509</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Walcott RR (2005) Bacterial fruit blotch of cucurbits. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74926996ef7fe1eff" w:history="1">
+      <w:hyperlink r:id="rId185269b1726adfbd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2005-1025-02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65776996ef7fe2068" w:history="1">
+      <w:hyperlink r:id="rId796369b1726adfd1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2000-0602-01-HN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7488,51 +7488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207-212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40876996ef7fe2290" w:history="1">
+      <w:hyperlink r:id="rId745269b1726adff39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.46.2.207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7836,51 +7836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49266996ef7fe24b2" w:history="1">
+      <w:hyperlink r:id="rId620469b1726ae0150" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-012-0152-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7946,51 +7946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acidovorax citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69166996ef7fe2573" w:history="1">
+      <w:hyperlink r:id="rId690269b1726ae0206" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8003,63 +8003,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32095084" name="name57706996ef7fe2650" descr="eu_funding_250.png"/>
+            <wp:docPr id="8667986" name="name764669b1726ae02d5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60286996ef7fe264e" cstate="print"/>
+                    <a:blip r:embed="rId498369b1726ae02d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72457963">
+  <w:abstractNum w:abstractNumId="96928164">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61871813">
+    <w:lvl w:ilvl="0" w:tplc="20826576">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61871813" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20826576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61871813" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20826576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61871813" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20826576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61871813" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20826576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61871813" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20826576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61871813" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20826576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61871813" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20826576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61871813" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20826576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72457962">
+  <w:abstractNum w:abstractNumId="96928163">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71380671">
+    <w:lvl w:ilvl="0" w:tplc="95791621">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72457962">
-    <w:abstractNumId w:val="72457962"/>
+  <w:num w:numId="96928163">
+    <w:abstractNumId w:val="96928163"/>
   </w:num>
-  <w:num w:numId="72457963">
-    <w:abstractNumId w:val="72457963"/>
+  <w:num w:numId="96928164">
+    <w:abstractNumId w:val="96928164"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId771280409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId992071676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68986996ef7fdd49a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId67946996ef7fdd4e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId75966996ef7fdd9b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId43656996ef7fe02c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId60746996ef7fe031c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId96516996ef7fe055b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId13206996ef7fe09fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId27786996ef7fe0b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId27126996ef7fe0e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId41526996ef7fe1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId49466996ef7fe124e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId18306996ef7fe12ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId70616996ef7fe14e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId48806996ef7fe15e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId10126996ef7fe172a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId66186996ef7fe18d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId83736996ef7fe19d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId99536996ef7fe1b18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId53606996ef7fe1d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId74926996ef7fe1eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId65776996ef7fe2068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId40876996ef7fe2290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId49266996ef7fe24b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId69166996ef7fe2573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55966996ef7fdd878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55966996ef7fdd878.jpg"/><Relationship Id="rId52736996ef7fdf0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52736996ef7fdf0b1.jpg"/><Relationship Id="rId60286996ef7fe264e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60286996ef7fe264e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId106904880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239813555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId743569b1726adbe2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId624869b1726adbe73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId968669b1726adc0b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId647469b1726ade776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId529169b1726ade7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId693369b1726ade98f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId592169b1726adedb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId569869b1726adef01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId503769b1726adf0ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId299669b1726adf1ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId311669b1726adf274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId227069b1726adf2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId687269b1726adf39d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId824469b1726adf466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId331969b1726adf56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId453169b1726adf620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId183969b1726adf6ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId918469b1726adf815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId132169b1726adf9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId185269b1726adfbd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId796369b1726adfd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId745269b1726adff39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId620469b1726ae0150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId690269b1726ae0206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId791269b1726adbf94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId791269b1726adbf94.jpg"/><Relationship Id="rId420369b1726add840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId420369b1726add840.jpg"/><Relationship Id="rId498369b1726ae02d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498369b1726ae02d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>