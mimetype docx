--- v6 (2026-03-11)
+++ v7 (2026-03-31)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial fruit blotch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId743569b1726adbe2d" w:history="1">
+            <w:hyperlink r:id="rId708069cc08e70bf87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId624869b1726adbe73" w:history="1">
+            <w:hyperlink r:id="rId932769cc08e70bfce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PSDMAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10616250" name="name568269b1726adbf95" descr="3793.jpg"/>
+                  <wp:docPr id="53488466" name="name121069cc08e70c578" descr="3793.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3793.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId791269b1726adbf94" cstate="print"/>
+                          <a:blip r:embed="rId619269cc08e70c577" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId968669b1726adc0b8" w:history="1">
+            <w:hyperlink r:id="rId722669cc08e70c6a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1647,63 +1647,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008); sporadic outbreaks have also been reported from Turkey, Italy, North Macedonia and Serbia (Demir, 1996; Mirik, 2006; Mitrev &amp; Arsov, 2020; Popović &amp; Ivanović, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64450241" name="name423769b1726add844" descr="PSDMAC_distribution_map.jpg"/>
+            <wp:docPr id="9397259" name="name727869cc08e70df49" descr="PSDMAC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PSDMAC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId420369b1726add840" cstate="print"/>
+                    <a:blip r:embed="rId813169cc08e70df45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3665,101 +3665,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 805–815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId647469b1726ade776" w:history="1">
+      <w:hyperlink r:id="rId160369cc08e70f4fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2012.00810.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carvalho FCQ, Santos LA, Dias RCS, Mariano RLR, Souza EB (2012) Selection of watermelon genotypes for resistance to bacterial fruit blotch. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphytica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529169b1726ade7cd" w:history="1">
+      <w:hyperlink r:id="rId198669cc08e70f556" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-012-0766-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4001,51 +4001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693369b1726ade98f" w:history="1">
+      <w:hyperlink r:id="rId133469cc08e70f724" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-8-1065A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 529–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592169b1726adedb6" w:history="1">
+      <w:hyperlink r:id="rId185769cc08e70fb89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-80–0529</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4867,51 +4867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cucurbits with bactericidal chemicals in irrigation water. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569869b1726adef01" w:history="1">
+      <w:hyperlink r:id="rId516069cc08e70fcd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0129-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5193,51 +5193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503769b1726adf0ff" w:history="1">
+      <w:hyperlink r:id="rId687969cc08e70fedd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.2002.86.1.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5323,51 +5323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6): 694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299669b1726adf1ca" w:history="1">
+      <w:hyperlink r:id="rId474969cc08e70ffac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1997.81.6.694C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5433,51 +5433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 351–351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311669b1726adf274" w:history="1">
+      <w:hyperlink r:id="rId491769cc08e710057" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1998.82.3.351D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in seed of Cucurbit crops. In: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227069b1726adf2e4" w:history="1">
+      <w:hyperlink r:id="rId364369cc08e7100ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Retrieved on May 25th, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5622,51 +5622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687269b1726adf39d" w:history="1">
+      <w:hyperlink r:id="rId168669cc08e710198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-14-0286-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 199. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824469b1726adf466" w:history="1">
+      <w:hyperlink r:id="rId756369cc08e710266" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1094/PDIS.1999.83.2.199B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5918,51 +5918,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 331.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacLeod A, Anderson H, Follak S, Van Der Gaag DJ, Potting R, Pruvost O, Smith J, Steffek R, Vloutoglou I, Holt J, Karadjova O, Kehlenbeck H, Labonne G, Reynaud P, Viaene N, Anthoine G, Holeva M, Hostachy B, Ilieva Z, Karssen G, Krumov V, Limon P, Meffert J, Niere B, Petriva E, Peyre J, Pfeilstetter E, Roelofs W, Rothlisberger F, Sauvion N, Schenck N, Shrader G, Shroeder T, Steinmoller S, Tjou‐Tam‐Sin L, Ventsislavov V, Verhoeven K, Wesemael W (2012) Pest risk assessment for the European Community plant health: A comparative approach with case studies. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId331969b1726adf56d" w:history="1">
+      <w:hyperlink r:id="rId403569cc08e710377" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6028,51 +6028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453169b1726adf620" w:history="1">
+      <w:hyperlink r:id="rId453269cc08e710427" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2002.86.12.1406A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6158,51 +6158,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 965. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183969b1726adf6ef" w:history="1">
+      <w:hyperlink r:id="rId208769cc08e7104f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.10.965D</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6346,51 +6346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Republic of North Macedonia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (published online).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918469b1726adf815" w:history="1">
+      <w:hyperlink r:id="rId722569cc08e710620" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-20-0204-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6632,51 +6632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 509–512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId132169b1726adf9ee" w:history="1">
+      <w:hyperlink r:id="rId751469cc08e7107e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-76–0509</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Walcott RR (2005) Bacterial fruit blotch of cucurbits. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185269b1726adfbd9" w:history="1">
+      <w:hyperlink r:id="rId782369cc08e7109e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2005-1025-02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796369b1726adfd1e" w:history="1">
+      <w:hyperlink r:id="rId536769cc08e710b2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2000-0602-01-HN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7488,51 +7488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207-212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745269b1726adff39" w:history="1">
+      <w:hyperlink r:id="rId444169cc08e710d5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.46.2.207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7836,51 +7836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620469b1726ae0150" w:history="1">
+      <w:hyperlink r:id="rId139069cc08e710f84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-012-0152-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7946,51 +7946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acidovorax citrulli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690269b1726ae0206" w:history="1">
+      <w:hyperlink r:id="rId152069cc08e711040" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8003,63 +8003,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8667986" name="name764669b1726ae02d5" descr="eu_funding_250.png"/>
+            <wp:docPr id="54519366" name="name649969cc08e7110ee" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId498369b1726ae02d3" cstate="print"/>
+                    <a:blip r:embed="rId295369cc08e7110ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96928164">
+  <w:abstractNum w:abstractNumId="39764872">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20826576">
+    <w:lvl w:ilvl="0" w:tplc="43343528">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20826576" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43343528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20826576" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43343528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20826576" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43343528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20826576" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43343528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20826576" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43343528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20826576" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43343528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20826576" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43343528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20826576" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43343528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96928163">
+  <w:abstractNum w:abstractNumId="39764871">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95791621">
+    <w:lvl w:ilvl="0" w:tplc="63356346">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96928163">
-    <w:abstractNumId w:val="96928163"/>
+  <w:num w:numId="39764871">
+    <w:abstractNumId w:val="39764871"/>
   </w:num>
-  <w:num w:numId="96928164">
-    <w:abstractNumId w:val="96928164"/>
+  <w:num w:numId="39764872">
+    <w:abstractNumId w:val="39764872"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId106904880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239813555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId743569b1726adbe2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId624869b1726adbe73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId968669b1726adc0b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId647469b1726ade776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId529169b1726ade7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId693369b1726ade98f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId592169b1726adedb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId569869b1726adef01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId503769b1726adf0ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId299669b1726adf1ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId311669b1726adf274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId227069b1726adf2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId687269b1726adf39d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId824469b1726adf466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId331969b1726adf56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId453169b1726adf620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId183969b1726adf6ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId918469b1726adf815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId132169b1726adf9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId185269b1726adfbd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId796369b1726adfd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId745269b1726adff39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId620469b1726ae0150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId690269b1726ae0206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId791269b1726adbf94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId791269b1726adbf94.jpg"/><Relationship Id="rId420369b1726add840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId420369b1726add840.jpg"/><Relationship Id="rId498369b1726ae02d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498369b1726ae02d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId740988223" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId511171772" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId708069cc08e70bf87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/" TargetMode="External"/><Relationship Id="rId932769cc08e70bfce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/categorization" TargetMode="External"/><Relationship Id="rId722669cc08e70c6a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSDMAC/photos" TargetMode="External"/><Relationship Id="rId160369cc08e70f4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2012.00810.x" TargetMode="External"/><Relationship Id="rId198669cc08e70f556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-012-0766-1" TargetMode="External"/><Relationship Id="rId133469cc08e70f724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-8-1065A" TargetMode="External"/><Relationship Id="rId185769cc08e70fb89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-80%E2%80%930529" TargetMode="External"/><Relationship Id="rId516069cc08e70fcd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0129-01-RS" TargetMode="External"/><Relationship Id="rId687969cc08e70fedd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.2002.86.1.61" TargetMode="External"/><Relationship Id="rId474969cc08e70ffac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1997.81.6.694C" TargetMode="External"/><Relationship Id="rId491769cc08e710057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1998.82.3.351D" TargetMode="External"/><Relationship Id="rId364369cc08e7100ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldseed.org/wp-content/uploads/2018/08/Cucurbits_Ac_Aug2018.pdf" TargetMode="External"/><Relationship Id="rId168669cc08e710198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-14-0286-PDN" TargetMode="External"/><Relationship Id="rId756369cc08e710266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1094/PDIS.1999.83.2.199B" TargetMode="External"/><Relationship Id="rId403569cc08e710377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efsa.europa.eu/sites/default/files/scientific_output/files/main_documents/319eax8.zip" TargetMode="External"/><Relationship Id="rId453269cc08e710427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2002.86.12.1406A" TargetMode="External"/><Relationship Id="rId208769cc08e7104f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.10.965D" TargetMode="External"/><Relationship Id="rId722569cc08e710620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-20-0204-PDN" TargetMode="External"/><Relationship Id="rId751469cc08e7107e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-76%E2%80%930509" TargetMode="External"/><Relationship Id="rId782369cc08e7109e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2005-1025-02" TargetMode="External"/><Relationship Id="rId536769cc08e710b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2000-0602-01-HN" TargetMode="External"/><Relationship Id="rId444169cc08e710d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.46.2.207" TargetMode="External"/><Relationship Id="rId139069cc08e710f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-012-0152-9" TargetMode="External"/><Relationship Id="rId152069cc08e711040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId619269cc08e70c577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId619269cc08e70c577.jpg"/><Relationship Id="rId813169cc08e70df45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId813169cc08e70df45.jpg"/><Relationship Id="rId295369cc08e7110ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId295369cc08e7110ed.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>