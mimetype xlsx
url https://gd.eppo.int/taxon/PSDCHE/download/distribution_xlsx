--- v0 (2025-10-04)
+++ v1 (2026-01-21)
@@ -230,54 +230,54 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Central Russia</t>
+  </si>
+  <si>
+    <t>cr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -1225,51 +1225,51 @@
       <c r="D31" t="s">
         <v>71</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32" t="s">
         <v>70</v>
       </c>
       <c r="C32" t="s">
         <v>72</v>
       </c>
       <c r="D32" t="s">
         <v>71</v>
       </c>
       <c r="E32" t="s">
         <v>73</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>74</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>76</v>
       </c>