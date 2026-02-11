--- v1 (2026-01-21)
+++ v2 (2026-02-11)
@@ -224,51 +224,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>