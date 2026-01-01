--- v0 (2025-10-01)
+++ v1 (2026-01-01)
@@ -36,51 +36,51 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>XYLOPY</t>
   </si>
   <si>
     <t>Xylotrechus pyrrhoderus</t>
   </si>
   <si>
     <t>* USDA. Pest Alert. Grape borer beetle (Xylotrechus pyrrhoderus Bates). https://www.aphis.usda.gov/publications/plant_health/alert-grape-borer-beetle.pdf (accessed in June 2023).
-* EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
+* EPPO (2025) EPPO Technical Document No. 1098. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris. Available at https://gd.eppo.int/taxon/XYLOPY/documents 
 ------- not possible to find confirmation of X. pyrrhoderus infesting this plant. Further details in EPPO PRA</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECSN</t>
   </si>
   <si>
     <t>Aleurocanthus spiniferus</t>
   </si>
   <si>
     <t>* Cioffi M, Cornara D, Corrado I, Jansen MGM &amp; Porcelli F (2013) The status of Aleurocanthus spiniferus from its unwanted introduction in Italy to date. Bulletin of Insectology 66, 273-281.</t>
   </si>
   <si>
     <t>APHIIL</t>
   </si>
   <si>
     <t>Aphis illinoisensis (as Parthenocissus)</t>
   </si>
   <si>
     <t>* Aphids on the world's plants (online). http://www.aphidsonworldsplants.info/d_APHIDS_A.htm#Aphis</t>
   </si>
   <si>
     <t>GRCPAT</t>