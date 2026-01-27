--- v0 (2025-10-13)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRTQU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>APHIIL</t>
   </si>
   <si>
     <t>Aphis illinoisensis (as Parthenocissus)</t>
   </si>
   <si>
     <t>* Aphids on the world's plants (online). http://www.aphidsonworldsplants.info/d_APHIDS_A.htm#Aphis</t>
   </si>
   <si>
@@ -97,50 +97,59 @@
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.
 * Park JD, Kim M-Y, Lee S-G, Shin S-C, Kim J, Park I-K (2009) Biological characteristics of Lycorma delicatula and the control effects of some Insecticides. Korean Journal of Applied Entomology 48(1), 53-57.
 -------  Adults / nymphs feeding and very serious damage were observed in Korea.</t>
   </si>
   <si>
     <t>ONCMNI</t>
   </si>
   <si>
     <t>Oncometopia nigricans</t>
   </si>
   <si>
     <t>* Adlerz WC (1980) Ecological observations on two leafhoppers that transmit the Pierce's disease bacterium. Proceedings of the Florida State Horticultural Society 93, 115-120.
 ------- as spring-summer host for adults and nymphs.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
+  </si>
+  <si>
+    <t>PRABMY</t>
+  </si>
+  <si>
+    <t>Parabemisia myricae</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Érsek L, Ripka G (2025) First occurrence of an alien whitefly species, Parabemisia myricae (Kuwana, 1927) (Hemiptera: Aleyrodidae) in Hungary. Növényvédelem 86(12), 549-555. </t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
   </si>
   <si>
     <t>Popillia japonica (as Parthenocissus)</t>
   </si>
   <si>
     <t>* INTERNET
 Regione Piemonte. Servizio fitosanitario. Lotte obbligatorie - Coleottero scarabeide del Giappone (Popillia japonica Newman). Popillia danni e difesa. https://www.regione.piemonte.it/web/sites/default/files/media/documenti/2019-06/popillia_danni_difesa.pdf
@@ -507,51 +516,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="349.058" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -666,111 +675,125 @@
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" t="s">
         <v>40</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>41</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>42</v>
       </c>
-      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15"/>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
         <v>43</v>
       </c>
-      <c r="C15" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="B16" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">