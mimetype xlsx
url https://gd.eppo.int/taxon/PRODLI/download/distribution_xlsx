--- v0 (2025-10-07)
+++ v1 (2025-12-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRODLI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
@@ -638,84 +638,81 @@
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
+    <t>Absent, confirmed by survey</t>
+  </si>
+  <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
-    <t>Present, few occurrences</t>
-[...1 lines deleted...]
-  <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
-  </si>
-[...1 lines deleted...]
-    <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>en</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
@@ -3058,647 +3055,647 @@
       <c r="B98" t="s">
         <v>204</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>205</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>198</v>
       </c>
       <c r="B99" t="s">
         <v>206</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>207</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>15</v>
+        <v>208</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>198</v>
       </c>
       <c r="B100" t="s">
         <v>206</v>
       </c>
       <c r="C100" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D100" t="s">
         <v>207</v>
       </c>
       <c r="E100" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F100" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>198</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101" t="s">
         <v>211</v>
       </c>
       <c r="D101" t="s">
         <v>207</v>
       </c>
       <c r="E101" t="s">
         <v>212</v>
       </c>
       <c r="F101" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>198</v>
       </c>
       <c r="B102" t="s">
         <v>206</v>
       </c>
       <c r="C102" t="s">
         <v>213</v>
       </c>
       <c r="D102" t="s">
         <v>207</v>
       </c>
       <c r="E102" t="s">
         <v>214</v>
       </c>
       <c r="F102" t="s">
-        <v>15</v>
+        <v>208</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>198</v>
       </c>
       <c r="B103" t="s">
         <v>206</v>
       </c>
       <c r="C103" t="s">
         <v>215</v>
       </c>
       <c r="D103" t="s">
         <v>207</v>
       </c>
       <c r="E103" t="s">
         <v>216</v>
       </c>
       <c r="F103" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>198</v>
       </c>
       <c r="B104" t="s">
         <v>217</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
         <v>218</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>198</v>
       </c>
       <c r="B105" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>198</v>
       </c>
       <c r="B106" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>198</v>
       </c>
       <c r="B107" t="s">
+        <v>222</v>
+      </c>
+      <c r="C107" t="s">
+        <v>224</v>
+      </c>
+      <c r="D107" t="s">
         <v>223</v>
       </c>
-      <c r="C107" t="s">
+      <c r="E107" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="F107" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
+        <v>226</v>
+      </c>
+      <c r="B108" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B109" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B110" t="s">
+        <v>229</v>
+      </c>
+      <c r="C110" t="s">
+        <v>231</v>
+      </c>
+      <c r="D110" t="s">
         <v>230</v>
       </c>
-      <c r="C110" t="s">
+      <c r="E110" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F110" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B111" t="s">
+        <v>229</v>
+      </c>
+      <c r="C111" t="s">
+        <v>233</v>
+      </c>
+      <c r="D111" t="s">
         <v>230</v>
       </c>
-      <c r="C111" t="s">
+      <c r="E111" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B112" t="s">
+        <v>229</v>
+      </c>
+      <c r="C112" t="s">
+        <v>235</v>
+      </c>
+      <c r="D112" t="s">
         <v>230</v>
       </c>
-      <c r="C112" t="s">
+      <c r="E112" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F112" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B113" t="s">
+        <v>229</v>
+      </c>
+      <c r="C113" t="s">
+        <v>237</v>
+      </c>
+      <c r="D113" t="s">
         <v>230</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" t="s">
         <v>238</v>
       </c>
-      <c r="D113" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F113" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B114" t="s">
+        <v>229</v>
+      </c>
+      <c r="C114" t="s">
+        <v>239</v>
+      </c>
+      <c r="D114" t="s">
         <v>230</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F114" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B115" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B116" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B117" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B118" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B119" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B120" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B121" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B122" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B123" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B124" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B125" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B126" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B127" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B128" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B129" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B130" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B131" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B132" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B133" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B134" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>