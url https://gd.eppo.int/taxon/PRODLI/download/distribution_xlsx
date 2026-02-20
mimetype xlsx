--- v1 (2025-12-01)
+++ v2 (2026-02-20)
@@ -632,51 +632,51 @@
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>