--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cluster caterpillar, cotton leafworm, cotton worm, rice cutworm, tobacco caterpillar, tobacco cutworm, tobacco leaf caterpillar, tropical armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId527468eb6be3a899c" w:history="1">
+            <w:hyperlink r:id="rId60906906aa6fe7316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId802368eb6be3a8a03" w:history="1">
+            <w:hyperlink r:id="rId18346906aa6fe7447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55744601" name="name966668eb6be3a902a" descr="1366.jpg"/>
+                  <wp:docPr id="80087532" name="name23226906aa6fe7537" descr="1366.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1366.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId827068eb6be3a9029" cstate="print"/>
+                          <a:blip r:embed="rId21076906aa6fe7536" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId814368eb6be3a912f" w:history="1">
+            <w:hyperlink r:id="rId47246906aa6fe763f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2088,63 +2088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cannot survive freezing temperatures and it is considered unlikely that the few occurrences reported from Russia are related to establishment outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1637096" name="name337368eb6be3aa7a7" descr="PRODLI_distribution_map.jpg"/>
+            <wp:docPr id="85109968" name="name89836906aa6fe8a6e" descr="PRODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId514468eb6be3aa7a5" cstate="print"/>
+                    <a:blip r:embed="rId85986906aa6fe8a6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5249,51 +5249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0124682. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId742968eb6be3abcfd" w:history="1">
+      <w:hyperlink r:id="rId51646906aa6fea037" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0124682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId950868eb6be3acb94" w:history="1">
+      <w:hyperlink r:id="rId78306906aa6feaeae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/44520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427068eb6be3acbe7" w:history="1">
+      <w:hyperlink r:id="rId17596906aa6feaf02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7741,51 +7741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865468eb6be3acc9e" w:history="1">
+      <w:hyperlink r:id="rId17766906aa6feafc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7976,90 +7976,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 142-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751268eb6be3ace36" w:history="1">
+      <w:hyperlink r:id="rId80866906aa6feb14a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02463.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46173823" name="name447568eb6be3ace9a" descr="eu_funding_250.png"/>
+            <wp:docPr id="1455748" name="name49696906aa6feb4ed" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId129568eb6be3ace99" cstate="print"/>
+                    <a:blip r:embed="rId63016906aa6feb4ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28659022">
+  <w:abstractNum w:abstractNumId="60337123">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30576495">
+    <w:lvl w:ilvl="0" w:tplc="92625900">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30576495" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92625900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30576495" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92625900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30576495" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92625900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30576495" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92625900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30576495" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92625900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30576495" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92625900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30576495" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92625900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30576495" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92625900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28659021">
+  <w:abstractNum w:abstractNumId="60337122">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42045731">
+    <w:lvl w:ilvl="0" w:tplc="79745344">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28659021">
-    <w:abstractNumId w:val="28659021"/>
+  <w:num w:numId="60337122">
+    <w:abstractNumId w:val="60337122"/>
   </w:num>
-  <w:num w:numId="28659022">
-    <w:abstractNumId w:val="28659022"/>
+  <w:num w:numId="60337123">
+    <w:abstractNumId w:val="60337123"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId788125422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123736516" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId527468eb6be3a899c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId802368eb6be3a8a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId814368eb6be3a912f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId742968eb6be3abcfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId950868eb6be3acb94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId427068eb6be3acbe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId865468eb6be3acc9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId751268eb6be3ace36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId827068eb6be3a9029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId827068eb6be3a9029.jpg"/><Relationship Id="rId514468eb6be3aa7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId514468eb6be3aa7a5.jpg"/><Relationship Id="rId129568eb6be3ace99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId129568eb6be3ace99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId988825813" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId185874953" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId60906906aa6fe7316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId18346906aa6fe7447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId47246906aa6fe763f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId51646906aa6fea037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId78306906aa6feaeae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId17596906aa6feaf02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId17766906aa6feafc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80866906aa6feb14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId21076906aa6fe7536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21076906aa6fe7536.jpg"/><Relationship Id="rId85986906aa6fe8a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85986906aa6fe8a6c.jpg"/><Relationship Id="rId63016906aa6feb4ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63016906aa6feb4ec.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>