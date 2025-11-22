--- v1 (2025-11-02)
+++ v2 (2025-11-22)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cluster caterpillar, cotton leafworm, cotton worm, rice cutworm, tobacco caterpillar, tobacco cutworm, tobacco leaf caterpillar, tropical armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60906906aa6fe7316" w:history="1">
+            <w:hyperlink r:id="rId22006921110bef12b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18346906aa6fe7447" w:history="1">
+            <w:hyperlink r:id="rId81286921110bef192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80087532" name="name23226906aa6fe7537" descr="1366.jpg"/>
+                  <wp:docPr id="70824042" name="name96866921110befa48" descr="1366.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1366.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21076906aa6fe7536" cstate="print"/>
+                          <a:blip r:embed="rId21126921110befa46" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId47246906aa6fe763f" w:history="1">
+            <w:hyperlink r:id="rId93616921110befb6b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2088,105 +2088,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cannot survive freezing temperatures and it is considered unlikely that the few occurrences reported from Russia are related to establishment outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85109968" name="name89836906aa6fe8a6e" descr="PRODLI_distribution_map.jpg"/>
+            <wp:docPr id="74725214" name="name27746921110bf1496" descr="PRODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85986906aa6fe8a6c" cstate="print"/>
+                    <a:blip r:embed="rId50396921110bf1493" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Central Russia, Far East, Southern Russia, Western Siberia), Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Reunion, Saint Helena</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5249,51 +5249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0124682. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51646906aa6fea037" w:history="1">
+      <w:hyperlink r:id="rId88286921110bf2ab0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0124682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78306906aa6feaeae" w:history="1">
+      <w:hyperlink r:id="rId95536921110bf393f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/44520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17596906aa6feaf02" w:history="1">
+      <w:hyperlink r:id="rId52046921110bf3994" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7741,51 +7741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17766906aa6feafc4" w:history="1">
+      <w:hyperlink r:id="rId32916921110bf3a4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7976,90 +7976,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 142-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80866906aa6feb14a" w:history="1">
+      <w:hyperlink r:id="rId73786921110bf3bd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02463.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1455748" name="name49696906aa6feb4ed" descr="eu_funding_250.png"/>
+            <wp:docPr id="86152043" name="name56126921110bf3c69" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63016906aa6feb4ec" cstate="print"/>
+                    <a:blip r:embed="rId14016921110bf3c68" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60337123">
+  <w:abstractNum w:abstractNumId="29108337">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92625900">
+    <w:lvl w:ilvl="0" w:tplc="13655521">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92625900" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13655521" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92625900" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13655521" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92625900" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13655521" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92625900" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13655521" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92625900" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13655521" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92625900" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13655521" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92625900" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13655521" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92625900" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13655521" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60337122">
+  <w:abstractNum w:abstractNumId="29108336">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79745344">
+    <w:lvl w:ilvl="0" w:tplc="89586419">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60337122">
-    <w:abstractNumId w:val="60337122"/>
+  <w:num w:numId="29108336">
+    <w:abstractNumId w:val="29108336"/>
   </w:num>
-  <w:num w:numId="60337123">
-    <w:abstractNumId w:val="60337123"/>
+  <w:num w:numId="29108337">
+    <w:abstractNumId w:val="29108337"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId988825813" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId185874953" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId60906906aa6fe7316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId18346906aa6fe7447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId47246906aa6fe763f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId51646906aa6fea037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId78306906aa6feaeae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId17596906aa6feaf02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId17766906aa6feafc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80866906aa6feb14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId21076906aa6fe7536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21076906aa6fe7536.jpg"/><Relationship Id="rId85986906aa6fe8a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85986906aa6fe8a6c.jpg"/><Relationship Id="rId63016906aa6feb4ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63016906aa6feb4ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId746783543" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900939734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22006921110bef12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId81286921110bef192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId93616921110befb6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId88286921110bf2ab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId95536921110bf393f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId52046921110bf3994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId32916921110bf3a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73786921110bf3bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId21126921110befa46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21126921110befa46.jpg"/><Relationship Id="rId50396921110bf1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50396921110bf1493.jpg"/><Relationship Id="rId14016921110bf3c68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14016921110bf3c68.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>