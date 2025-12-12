--- v2 (2025-11-22)
+++ v3 (2025-12-12)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cluster caterpillar, cotton leafworm, cotton worm, rice cutworm, tobacco caterpillar, tobacco cutworm, tobacco leaf caterpillar, tropical armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22006921110bef12b" w:history="1">
+            <w:hyperlink r:id="rId1004693c9fa62294b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81286921110bef192" w:history="1">
+            <w:hyperlink r:id="rId3965693c9fa6229b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70824042" name="name96866921110befa48" descr="1366.jpg"/>
+                  <wp:docPr id="6749135" name="name7194693c9fa622ae7" descr="1366.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1366.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21126921110befa46" cstate="print"/>
+                          <a:blip r:embed="rId8448693c9fa622ae5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId93616921110befb6b" w:history="1">
+            <w:hyperlink r:id="rId9580693c9fa622c04" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2088,63 +2088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cannot survive freezing temperatures and it is considered unlikely that the few occurrences reported from Russia are related to establishment outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74725214" name="name27746921110bf1496" descr="PRODLI_distribution_map.jpg"/>
+            <wp:docPr id="14206059" name="name5417693c9fa624575" descr="PRODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50396921110bf1493" cstate="print"/>
+                    <a:blip r:embed="rId2169693c9fa624572" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5249,51 +5249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0124682. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88286921110bf2ab0" w:history="1">
+      <w:hyperlink r:id="rId1708693c9fa625b1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0124682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95536921110bf393f" w:history="1">
+      <w:hyperlink r:id="rId8173693c9fa6269b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/44520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52046921110bf3994" w:history="1">
+      <w:hyperlink r:id="rId9966693c9fa626a0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7741,51 +7741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32916921110bf3a4a" w:history="1">
+      <w:hyperlink r:id="rId7798693c9fa626ac1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7976,90 +7976,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 142-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73786921110bf3bd5" w:history="1">
+      <w:hyperlink r:id="rId7171693c9fa626c4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02463.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86152043" name="name56126921110bf3c69" descr="eu_funding_250.png"/>
+            <wp:docPr id="65303307" name="name3455693c9fa626cdc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14016921110bf3c68" cstate="print"/>
+                    <a:blip r:embed="rId9830693c9fa626cdb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29108337">
+  <w:abstractNum w:abstractNumId="92535849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13655521">
+    <w:lvl w:ilvl="0" w:tplc="11641819">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13655521" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11641819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13655521" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11641819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13655521" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11641819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13655521" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11641819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13655521" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11641819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13655521" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11641819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13655521" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11641819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13655521" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11641819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29108336">
+  <w:abstractNum w:abstractNumId="92535848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89586419">
+    <w:lvl w:ilvl="0" w:tplc="75059287">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29108336">
-    <w:abstractNumId w:val="29108336"/>
+  <w:num w:numId="92535848">
+    <w:abstractNumId w:val="92535848"/>
   </w:num>
-  <w:num w:numId="29108337">
-    <w:abstractNumId w:val="29108337"/>
+  <w:num w:numId="92535849">
+    <w:abstractNumId w:val="92535849"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId746783543" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900939734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22006921110bef12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId81286921110bef192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId93616921110befb6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId88286921110bf2ab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId95536921110bf393f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId52046921110bf3994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId32916921110bf3a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73786921110bf3bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId21126921110befa46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21126921110befa46.jpg"/><Relationship Id="rId50396921110bf1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50396921110bf1493.jpg"/><Relationship Id="rId14016921110bf3c68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14016921110bf3c68.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId698180226" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId437622562" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1004693c9fa62294b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId3965693c9fa6229b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId9580693c9fa622c04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId1708693c9fa625b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId8173693c9fa6269b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId9966693c9fa626a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId7798693c9fa626ac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7171693c9fa626c4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId8448693c9fa622ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8448693c9fa622ae5.jpg"/><Relationship Id="rId2169693c9fa624572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2169693c9fa624572.jpg"/><Relationship Id="rId9830693c9fa626cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9830693c9fa626cdb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>