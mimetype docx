--- v3 (2025-12-12)
+++ v4 (2026-01-02)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cluster caterpillar, cotton leafworm, cotton worm, rice cutworm, tobacco caterpillar, tobacco cutworm, tobacco leaf caterpillar, tropical armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1004693c9fa62294b" w:history="1">
+            <w:hyperlink r:id="rId599269574d8d305f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3965693c9fa6229b5" w:history="1">
+            <w:hyperlink r:id="rId940569574d8d3065f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6749135" name="name7194693c9fa622ae7" descr="1366.jpg"/>
+                  <wp:docPr id="31542924" name="name753669574d8d30772" descr="1366.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1366.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8448693c9fa622ae5" cstate="print"/>
+                          <a:blip r:embed="rId801769574d8d30770" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9580693c9fa622c04" w:history="1">
+            <w:hyperlink r:id="rId972869574d8d30896" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2088,63 +2088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cannot survive freezing temperatures and it is considered unlikely that the few occurrences reported from Russia are related to establishment outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14206059" name="name5417693c9fa624575" descr="PRODLI_distribution_map.jpg"/>
+            <wp:docPr id="77072863" name="name459969574d8d324cb" descr="PRODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2169693c9fa624572" cstate="print"/>
+                    <a:blip r:embed="rId601769574d8d324c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5249,51 +5249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0124682. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1708693c9fa625b1b" w:history="1">
+      <w:hyperlink r:id="rId668969574d8d33b5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0124682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8173693c9fa6269b8" w:history="1">
+      <w:hyperlink r:id="rId660969574d8d34a2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/44520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9966693c9fa626a0b" w:history="1">
+      <w:hyperlink r:id="rId213069574d8d34a87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7719,73 +7719,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7798693c9fa626ac1" w:history="1">
+      <w:hyperlink r:id="rId870469574d8d34b40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7976,90 +7976,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 142-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7171693c9fa626c4b" w:history="1">
+      <w:hyperlink r:id="rId134069574d8d34ce8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02463.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65303307" name="name3455693c9fa626cdc" descr="eu_funding_250.png"/>
+            <wp:docPr id="16376318" name="name384269574d8d34d8d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9830693c9fa626cdb" cstate="print"/>
+                    <a:blip r:embed="rId440569574d8d34d8c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92535849">
+  <w:abstractNum w:abstractNumId="48301969">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11641819">
+    <w:lvl w:ilvl="0" w:tplc="16005283">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11641819" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16005283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11641819" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16005283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11641819" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16005283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11641819" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16005283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11641819" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16005283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11641819" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16005283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11641819" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16005283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11641819" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16005283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92535848">
+  <w:abstractNum w:abstractNumId="48301968">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75059287">
+    <w:lvl w:ilvl="0" w:tplc="41935014">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92535848">
-    <w:abstractNumId w:val="92535848"/>
+  <w:num w:numId="48301968">
+    <w:abstractNumId w:val="48301968"/>
   </w:num>
-  <w:num w:numId="92535849">
-    <w:abstractNumId w:val="92535849"/>
+  <w:num w:numId="48301969">
+    <w:abstractNumId w:val="48301969"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId698180226" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId437622562" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1004693c9fa62294b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId3965693c9fa6229b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId9580693c9fa622c04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId1708693c9fa625b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId8173693c9fa6269b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId9966693c9fa626a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId7798693c9fa626ac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7171693c9fa626c4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId8448693c9fa622ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8448693c9fa622ae5.jpg"/><Relationship Id="rId2169693c9fa624572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2169693c9fa624572.jpg"/><Relationship Id="rId9830693c9fa626cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9830693c9fa626cdb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117998276" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId999930091" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId599269574d8d305f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId940569574d8d3065f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId972869574d8d30896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId668969574d8d33b5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId660969574d8d34a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId213069574d8d34a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId870469574d8d34b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId134069574d8d34ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId801769574d8d30770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId801769574d8d30770.jpg"/><Relationship Id="rId601769574d8d324c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId601769574d8d324c7.jpg"/><Relationship Id="rId440569574d8d34d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId440569574d8d34d8c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>