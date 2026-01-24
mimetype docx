--- v4 (2026-01-02)
+++ v5 (2026-01-24)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cluster caterpillar, cotton leafworm, cotton worm, rice cutworm, tobacco caterpillar, tobacco cutworm, tobacco leaf caterpillar, tropical armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId599269574d8d305f4" w:history="1">
+            <w:hyperlink r:id="rId237569753a8ad9b8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId940569574d8d3065f" w:history="1">
+            <w:hyperlink r:id="rId442869753a8ad9bfb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31542924" name="name753669574d8d30772" descr="1366.jpg"/>
+                  <wp:docPr id="64642477" name="name682469753a8ada506" descr="1366.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1366.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId801769574d8d30770" cstate="print"/>
+                          <a:blip r:embed="rId516169753a8ada504" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId972869574d8d30896" w:history="1">
+            <w:hyperlink r:id="rId821369753a8ada644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2088,63 +2088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cannot survive freezing temperatures and it is considered unlikely that the few occurrences reported from Russia are related to establishment outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77072863" name="name459969574d8d324cb" descr="PRODLI_distribution_map.jpg"/>
+            <wp:docPr id="4848903" name="name591069753a8adc3ff" descr="PRODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId601769574d8d324c7" cstate="print"/>
+                    <a:blip r:embed="rId230869753a8adc3fb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5249,51 +5249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0124682. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668969574d8d33b5c" w:history="1">
+      <w:hyperlink r:id="rId349469753a8adda49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0124682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660969574d8d34a2d" w:history="1">
+      <w:hyperlink r:id="rId122769753a8adecc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/44520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213069574d8d34a87" w:history="1">
+      <w:hyperlink r:id="rId948569753a8aded22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7741,51 +7741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId870469574d8d34b40" w:history="1">
+      <w:hyperlink r:id="rId120969753a8adeddf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7976,90 +7976,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 142-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134069574d8d34ce8" w:history="1">
+      <w:hyperlink r:id="rId189569753a8adef6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02463.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16376318" name="name384269574d8d34d8d" descr="eu_funding_250.png"/>
+            <wp:docPr id="15869239" name="name799269753a8adf01c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId440569574d8d34d8c" cstate="print"/>
+                    <a:blip r:embed="rId879269753a8adf01b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48301969">
+  <w:abstractNum w:abstractNumId="17005007">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16005283">
+    <w:lvl w:ilvl="0" w:tplc="10256598">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16005283" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10256598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16005283" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10256598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16005283" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10256598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16005283" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10256598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16005283" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10256598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16005283" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10256598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16005283" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10256598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16005283" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10256598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48301968">
+  <w:abstractNum w:abstractNumId="17005006">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41935014">
+    <w:lvl w:ilvl="0" w:tplc="32321436">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48301968">
-    <w:abstractNumId w:val="48301968"/>
+  <w:num w:numId="17005006">
+    <w:abstractNumId w:val="17005006"/>
   </w:num>
-  <w:num w:numId="48301969">
-    <w:abstractNumId w:val="48301969"/>
+  <w:num w:numId="17005007">
+    <w:abstractNumId w:val="17005007"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117998276" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId999930091" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId599269574d8d305f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId940569574d8d3065f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId972869574d8d30896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId668969574d8d33b5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId660969574d8d34a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId213069574d8d34a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId870469574d8d34b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId134069574d8d34ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId801769574d8d30770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId801769574d8d30770.jpg"/><Relationship Id="rId601769574d8d324c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId601769574d8d324c7.jpg"/><Relationship Id="rId440569574d8d34d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId440569574d8d34d8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId814812608" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId662035419" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId237569753a8ad9b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId442869753a8ad9bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId821369753a8ada644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId349469753a8adda49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId122769753a8adecc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId948569753a8aded22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId120969753a8adeddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId189569753a8adef6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId516169753a8ada504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId516169753a8ada504.jpg"/><Relationship Id="rId230869753a8adc3fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId230869753a8adc3fb.jpg"/><Relationship Id="rId879269753a8adf01b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId879269753a8adf01b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>