--- v5 (2026-01-24)
+++ v6 (2026-02-14)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cluster caterpillar, cotton leafworm, cotton worm, rice cutworm, tobacco caterpillar, tobacco cutworm, tobacco leaf caterpillar, tropical armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237569753a8ad9b8d" w:history="1">
+            <w:hyperlink r:id="rId1077699050e5d5f8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442869753a8ad9bfb" w:history="1">
+            <w:hyperlink r:id="rId8446699050e5d5ff2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64642477" name="name682469753a8ada506" descr="1366.jpg"/>
+                  <wp:docPr id="80863483" name="name2751699050e5d66b3" descr="1366.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1366.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId516169753a8ada504" cstate="print"/>
+                          <a:blip r:embed="rId4745699050e5d66b2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId821369753a8ada644" w:history="1">
+            <w:hyperlink r:id="rId8763699050e5d67e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2088,63 +2088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cannot survive freezing temperatures and it is considered unlikely that the few occurrences reported from Russia are related to establishment outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4848903" name="name591069753a8adc3ff" descr="PRODLI_distribution_map.jpg"/>
+            <wp:docPr id="21588515" name="name5173699050e5d8146" descr="PRODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId230869753a8adc3fb" cstate="print"/>
+                    <a:blip r:embed="rId6370699050e5d8144" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5249,51 +5249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0124682. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349469753a8adda49" w:history="1">
+      <w:hyperlink r:id="rId5778699050e5d9724" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0124682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122769753a8adecc8" w:history="1">
+      <w:hyperlink r:id="rId1172699050e5da5ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/44520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId948569753a8aded22" w:history="1">
+      <w:hyperlink r:id="rId6915699050e5da642" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7741,51 +7741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120969753a8adeddf" w:history="1">
+      <w:hyperlink r:id="rId6733699050e5da6fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7976,90 +7976,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 142-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189569753a8adef6f" w:history="1">
+      <w:hyperlink r:id="rId8358699050e5da88b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02463.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15869239" name="name799269753a8adf01c" descr="eu_funding_250.png"/>
+            <wp:docPr id="82190394" name="name8326699050e5daa6d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId879269753a8adf01b" cstate="print"/>
+                    <a:blip r:embed="rId9716699050e5daa6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17005007">
+  <w:abstractNum w:abstractNumId="30028718">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10256598">
+    <w:lvl w:ilvl="0" w:tplc="71297509">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10256598" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71297509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10256598" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71297509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10256598" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71297509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10256598" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71297509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10256598" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71297509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10256598" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71297509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10256598" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71297509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10256598" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71297509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17005006">
+  <w:abstractNum w:abstractNumId="30028717">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32321436">
+    <w:lvl w:ilvl="0" w:tplc="85469795">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17005006">
-    <w:abstractNumId w:val="17005006"/>
+  <w:num w:numId="30028717">
+    <w:abstractNumId w:val="30028717"/>
   </w:num>
-  <w:num w:numId="17005007">
-    <w:abstractNumId w:val="17005007"/>
+  <w:num w:numId="30028718">
+    <w:abstractNumId w:val="30028718"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId814812608" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId662035419" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId237569753a8ad9b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId442869753a8ad9bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId821369753a8ada644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId349469753a8adda49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId122769753a8adecc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId948569753a8aded22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId120969753a8adeddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId189569753a8adef6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId516169753a8ada504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId516169753a8ada504.jpg"/><Relationship Id="rId230869753a8adc3fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId230869753a8adc3fb.jpg"/><Relationship Id="rId879269753a8adf01b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId879269753a8adf01b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId637294750" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId223901573" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1077699050e5d5f8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId8446699050e5d5ff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId8763699050e5d67e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId5778699050e5d9724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId1172699050e5da5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId6915699050e5da642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId6733699050e5da6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8358699050e5da88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId4745699050e5d66b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4745699050e5d66b2.jpg"/><Relationship Id="rId6370699050e5d8144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6370699050e5d8144.jpg"/><Relationship Id="rId9716699050e5daa6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9716699050e5daa6b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>