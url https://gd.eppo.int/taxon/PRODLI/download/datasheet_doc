--- v6 (2026-02-14)
+++ v7 (2026-03-07)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cluster caterpillar, cotton leafworm, cotton worm, rice cutworm, tobacco caterpillar, tobacco cutworm, tobacco leaf caterpillar, tropical armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1077699050e5d5f8a" w:history="1">
+            <w:hyperlink r:id="rId592569abaaba87ee0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8446699050e5d5ff2" w:history="1">
+            <w:hyperlink r:id="rId156869abaaba87f4a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80863483" name="name2751699050e5d66b3" descr="1366.jpg"/>
+                  <wp:docPr id="72005833" name="name914369abaaba88493" descr="1366.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1366.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4745699050e5d66b2" cstate="print"/>
+                          <a:blip r:embed="rId403869abaaba88491" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8763699050e5d67e8" w:history="1">
+            <w:hyperlink r:id="rId719169abaaba885ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2088,63 +2088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cannot survive freezing temperatures and it is considered unlikely that the few occurrences reported from Russia are related to establishment outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21588515" name="name5173699050e5d8146" descr="PRODLI_distribution_map.jpg"/>
+            <wp:docPr id="8442875" name="name698869abaaba89eea" descr="PRODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6370699050e5d8144" cstate="print"/>
+                    <a:blip r:embed="rId457269abaaba89ee1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5249,51 +5249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0124682. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5778699050e5d9724" w:history="1">
+      <w:hyperlink r:id="rId915969abaaba8bee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0124682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1172699050e5da5ec" w:history="1">
+      <w:hyperlink r:id="rId259869abaaba8cd6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/44520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6915699050e5da642" w:history="1">
+      <w:hyperlink r:id="rId683869abaaba8cdc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7741,51 +7741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6733699050e5da6fa" w:history="1">
+      <w:hyperlink r:id="rId766769abaaba8ce79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7976,90 +7976,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 142-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8358699050e5da88b" w:history="1">
+      <w:hyperlink r:id="rId582269abaaba8d005" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02463.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82190394" name="name8326699050e5daa6d" descr="eu_funding_250.png"/>
+            <wp:docPr id="34859362" name="name132069abaaba8d07d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9716699050e5daa6b" cstate="print"/>
+                    <a:blip r:embed="rId927269abaaba8d07c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30028718">
+  <w:abstractNum w:abstractNumId="67787336">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71297509">
+    <w:lvl w:ilvl="0" w:tplc="47139224">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71297509" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47139224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71297509" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47139224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71297509" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47139224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71297509" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47139224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71297509" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47139224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71297509" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47139224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71297509" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47139224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71297509" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47139224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30028717">
+  <w:abstractNum w:abstractNumId="67787335">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85469795">
+    <w:lvl w:ilvl="0" w:tplc="89017749">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30028717">
-    <w:abstractNumId w:val="30028717"/>
+  <w:num w:numId="67787335">
+    <w:abstractNumId w:val="67787335"/>
   </w:num>
-  <w:num w:numId="30028718">
-    <w:abstractNumId w:val="30028718"/>
+  <w:num w:numId="67787336">
+    <w:abstractNumId w:val="67787336"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId637294750" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId223901573" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1077699050e5d5f8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId8446699050e5d5ff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId8763699050e5d67e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId5778699050e5d9724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId1172699050e5da5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId6915699050e5da642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId6733699050e5da6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8358699050e5da88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId4745699050e5d66b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4745699050e5d66b2.jpg"/><Relationship Id="rId6370699050e5d8144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6370699050e5d8144.jpg"/><Relationship Id="rId9716699050e5daa6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9716699050e5daa6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401430563" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId119739618" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId592569abaaba87ee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId156869abaaba87f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId719169abaaba885ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId915969abaaba8bee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId259869abaaba8cd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId683869abaaba8cdc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId766769abaaba8ce79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId582269abaaba8d005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId403869abaaba88491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId403869abaaba88491.jpg"/><Relationship Id="rId457269abaaba89ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId457269abaaba89ee1.jpg"/><Relationship Id="rId927269abaaba8d07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId927269abaaba8d07c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>