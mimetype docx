--- v7 (2026-03-07)
+++ v8 (2026-03-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cluster caterpillar, cotton leafworm, cotton worm, rice cutworm, tobacco caterpillar, tobacco cutworm, tobacco leaf caterpillar, tropical armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId592569abaaba87ee0" w:history="1">
+            <w:hyperlink r:id="rId339069c763a2a5440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156869abaaba87f4a" w:history="1">
+            <w:hyperlink r:id="rId134369c763a2a54a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72005833" name="name914369abaaba88493" descr="1366.jpg"/>
+                  <wp:docPr id="11144897" name="name416169c763a2a59a4" descr="1366.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1366.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId403869abaaba88491" cstate="print"/>
+                          <a:blip r:embed="rId929869c763a2a59a2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId719169abaaba885ab" w:history="1">
+            <w:hyperlink r:id="rId859869c763a2a5ad1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2088,63 +2088,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cannot survive freezing temperatures and it is considered unlikely that the few occurrences reported from Russia are related to establishment outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8442875" name="name698869abaaba89eea" descr="PRODLI_distribution_map.jpg"/>
+            <wp:docPr id="16876424" name="name252769c763a2a70aa" descr="PRODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId457269abaaba89ee1" cstate="print"/>
+                    <a:blip r:embed="rId745869c763a2a70a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5249,51 +5249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0124682. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915969abaaba8bee8" w:history="1">
+      <w:hyperlink r:id="rId821869c763a2a86b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0124682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId259869abaaba8cd6c" w:history="1">
+      <w:hyperlink r:id="rId468769c763a2a9568" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/44520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683869abaaba8cdc1" w:history="1">
+      <w:hyperlink r:id="rId370069c763a2a95bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7741,51 +7741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera litura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766769abaaba8ce79" w:history="1">
+      <w:hyperlink r:id="rId206069c763a2a9672" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7976,90 +7976,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 142-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582269abaaba8d005" w:history="1">
+      <w:hyperlink r:id="rId626469c763a2a9801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02463.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34859362" name="name132069abaaba8d07d" descr="eu_funding_250.png"/>
+            <wp:docPr id="17228873" name="name714569c763a2a9872" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId927269abaaba8d07c" cstate="print"/>
+                    <a:blip r:embed="rId144069c763a2a9871" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8157,137 +8157,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67787336">
+  <w:abstractNum w:abstractNumId="44510700">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47139224">
+    <w:lvl w:ilvl="0" w:tplc="53804712">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47139224" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53804712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47139224" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53804712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47139224" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53804712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47139224" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53804712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47139224" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53804712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47139224" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53804712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47139224" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53804712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47139224" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53804712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67787335">
+  <w:abstractNum w:abstractNumId="44510699">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89017749">
+    <w:lvl w:ilvl="0" w:tplc="26235249">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9039,55 +9039,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67787335">
-    <w:abstractNumId w:val="67787335"/>
+  <w:num w:numId="44510699">
+    <w:abstractNumId w:val="44510699"/>
   </w:num>
-  <w:num w:numId="67787336">
-    <w:abstractNumId w:val="67787336"/>
+  <w:num w:numId="44510700">
+    <w:abstractNumId w:val="44510700"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20637,51 +20637,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401430563" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId119739618" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId592569abaaba87ee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId156869abaaba87f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId719169abaaba885ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId915969abaaba8bee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId259869abaaba8cd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId683869abaaba8cdc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId766769abaaba8ce79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId582269abaaba8d005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId403869abaaba88491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId403869abaaba88491.jpg"/><Relationship Id="rId457269abaaba89ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId457269abaaba89ee1.jpg"/><Relationship Id="rId927269abaaba8d07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId927269abaaba8d07c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId310002499" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId268598880" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId339069c763a2a5440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/" TargetMode="External"/><Relationship Id="rId134369c763a2a54a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/categorization" TargetMode="External"/><Relationship Id="rId859869c763a2a5ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODLI/photos" TargetMode="External"/><Relationship Id="rId821869c763a2a86b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0124682" TargetMode="External"/><Relationship Id="rId468769c763a2a9568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/44520" TargetMode="External"/><Relationship Id="rId370069c763a2a95bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5765" TargetMode="External"/><Relationship Id="rId206069c763a2a9672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId626469c763a2a9801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02463.x" TargetMode="External"/><Relationship Id="rId929869c763a2a59a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId929869c763a2a59a2.jpg"/><Relationship Id="rId745869c763a2a70a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId745869c763a2a70a7.jpg"/><Relationship Id="rId144069c763a2a9871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId144069c763a2a9871.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>